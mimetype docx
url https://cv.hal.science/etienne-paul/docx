--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1217,230 +1217,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated modelling of WRRF coupled to LCA for combining centralised and decentralised approaches at the city scale</w:t>
+                <w:t xml:space="preserve">Quantifier et évaluer les stratégies de collecte de biodéchets urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Sperandio</w:t>
+                <w:t xml:space="preserve">Anne-Céline Moutia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WRRmod2022+ IWA conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Stellenbosch, South Africa</w:t>
+              <w:t xml:space="preserve">102ème congrès de l'ASTEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04794254v1</w:t>
+                <w:t xml:space="preserve">hal-04867730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifier et évaluer les stratégies de collecte de biodéchets urbains</w:t>
+                <w:t xml:space="preserve">Integrated modelling of WRRF coupled to LCA for combining centralised and decentralised approaches at the city scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Céline Moutia</w:t>
+                <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sperandio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">102ème congrès de l'ASTEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">WRRmod2022+ IWA conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867730v1</w:t>
+                <w:t xml:space="preserve">hal-04794254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Thermophilic Aerobic Reactor (TAR) with Mesophilic Anaerobic digestion (MAD) to improve sludge reduction and pharmaceuticals degradation</w:t>
               </w:r>
@@ -1545,510 +1545,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECONOMIE CIRCULAIRE APPLIQUEE AUX EAUX USEES : PRODUIRE DES ALGINATES A PARTIR DE BOUES GRANULAIRES</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sidonie Durieux</w:t>
+                <w:t xml:space="preserve">Évaluation de biopolymères, produits par des cultures mixtes sélectionnées, comme floculants pour le traitement des eaux usées urbaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Simon</w:t>
+                <w:t xml:space="preserve">Jean Noel Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Néréa Chiramberro</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B Pagliaccia</w:t>
+                <w:t xml:space="preserve">Ana Morgado-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Bounouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème congrès international du Groupement de Recherche Universitaire sur les Techniques de Traitement et d'Epuration des Eaux (GRUTTEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Congrès 2022 SFGP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française en Génie des Procédés, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738672v1</w:t>
+                <w:t xml:space="preserve">hal-04738679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MIXED MICROBIAL CULTURE ENRICHMENT FOR H2/CO2 CONVERSION TO ACETATE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léa Laguillaumie</w:t>
+                <w:t xml:space="preserve">ECONOMIE CIRCULAIRE APPLIQUEE AUX EAUX USEES : PRODUIRE DES ALGINATES A PARTIR DE BOUES GRANULAIRES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Néréa Chiramberro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Grimalt-Alemany</w:t>
+                <w:t xml:space="preserve">A Bou-Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I V Skiadas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne Paul</w:t>
+                <w:t xml:space="preserve">B Pagliaccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WasteEng 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">14ème congrès international du Groupement de Recherche Universitaire sur les Techniques de Traitement et d'Epuration des Eaux (GRUTTEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872987v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the impact of urbanism on source separation system by life cycle assessment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
+                <w:t xml:space="preserve">MIXED MICROBIAL CULTURE ENRICHMENT FOR H2/CO2 CONVERSION TO ACETATE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Laguillaumie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Grimalt-Alemany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I V Skiadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H N Gavala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWA Wastewater, Water and Resource Recovery Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IWA, 2022, Poznan, Poland</w:t>
+              <w:t xml:space="preserve">WasteEng 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04931863v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de biopolymères, produits par des cultures mixtes sélectionnées, comme floculants pour le traitement des eaux usées urbaines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the impact of urbanism on source separation system by life cycle assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sperandio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès 2022 SFGP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française en Génie des Procédés, Nov 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IWA Wastewater, Water and Resource Recovery Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IWA, 2022, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738679v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production de molécules plateformes par réduction microbienne du CO 2</w:t>
               </w:r>
@@ -2060,51 +2060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laguillaumie Léa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis V Skiadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H N Gavala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Grimalt-Alemany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2297,77 +2297,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichissement d'une culture microbienne mixte pour la valorisation du biogaz (H2/CO2) en acétate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Laguillaumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Grimalt-Alemany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I V Skiadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H N Gavala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2403,277 +2403,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of biopolymers with flocculant properties from WW cellulosic residues and for WW flocculation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selection and enrichment of chemolithotrophic microbial mixed cultures (MMC) in a H2/CO2 fermentation CSTR process for value-added chemicals synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laguillaumie Léa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Morgado-Ferreira</w:t>
+                <w:t xml:space="preserve">Yan Rafrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Bounouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Noël Louvet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D Delagnes</w:t>
+                <w:t xml:space="preserve">Elisabeth Moya-Leclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IWA Resource Recovery Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Water Association, Sep 2021, Online, Turkey</w:t>
+              <w:t xml:space="preserve">4th IWA Resource Recovery Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04931587v1</w:t>
+                <w:t xml:space="preserve">hal-04872900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection and enrichment of chemolithotrophic microbial mixed cultures (MMC) in a H2/CO2 fermentation CSTR process for value-added chemicals synthesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laguillaumie Léa</w:t>
+                <w:t xml:space="preserve">Production of biopolymers with flocculant properties from WW cellulosic residues and for WW flocculation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Morgado-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Rafrafi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mansour Bounouba</w:t>
+                <w:t xml:space="preserve">L Cavaillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Moya-Leclair</w:t>
+                <w:t xml:space="preserve">D Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IWA Resource Recovery Conference 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, Turkey</w:t>
+              <w:t xml:space="preserve">4th IWA Resource Recovery Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Water Association, Sep 2021, Online, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04872900v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04931587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INFLUENCE OF EXOGENOUS INOCULATION ON ACIDOGENIC FERMENTATION OF THE SOLID WASTE IN VARIOUS PH CONDITIONS</w:t>
               </w:r>
@@ -2918,51 +2918,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Aguas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2998,277 +2998,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ORIENTATION OF BIOGAS RECOVERY TOWARDS THE PRODUCTION OF METHANE OR ORGANIC ACIDS IN ANAEROBIC MIXED CULTURE</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Granular biofilm for the production of exopolymer substances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mengelle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Dubos</w:t>
+                <w:t xml:space="preserve">S Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Chiramberro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bou-Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Pagliaccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SARDINIA 2021 International Symposium on Waste Management and Sustainable Landfill</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Cagliari (Sardaigne), Italy</w:t>
+              <w:t xml:space="preserve">IWA Biofilm Reactor conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IWA, Dec 2021, Notre Dame, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04960390v1</w:t>
+                <w:t xml:space="preserve">hal-04738727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular biofilm for the production of exopolymer substances</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Simon</w:t>
+                <w:t xml:space="preserve">ORIENTATION OF BIOGAS RECOVERY TOWARDS THE PRODUCTION OF METHANE OR ORGANIC ACIDS IN ANAEROBIC MIXED CULTURE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Laguillaumie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Rafrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Chiramberro</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B Pagliaccia</w:t>
+                <w:t xml:space="preserve">E. Mengelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWA Biofilm Reactor conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IWA, Dec 2021, Notre Dame, United States</w:t>
+              <w:t xml:space="preserve">SARDINIA 2021 International Symposium on Waste Management and Sustainable Landfill</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Cagliari (Sardaigne), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738727v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04960390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prix de thèse 2021 : Modélisation et évaluation environnementale de scénarios de séparation à la source à l'échelle du quartier</w:t>
               </w:r>
@@ -3343,911 +3343,911 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P(HB-co-HV) production under carbon and phosphorus-limited conditions in non-axenic two-stage continuous culture</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement d'un outil de modélisation pour l'évaluation environnementale de scénarios de séparation à la source à l'échelle du quartier : l'outil MUSES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sperandio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Mixed Microbial Culture PHA, Properties and Applications Workshop. Presented at the 7th Mixed Microbial Culture PHA, properties and applications Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">Journée thématique du LBE 2021 « Outils numériques pour la REUSE »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LBE, 2021, Narbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962913v1</w:t>
+                <w:t xml:space="preserve">hal-04960056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un outil de modélisation pour l'évaluation environnementale de scénarios de séparation à la source à l'échelle du quartier : l'outil MUSES</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P(HB-co-HV) production under carbon and phosphorus-limited conditions in non-axenic two-stage continuous culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Castiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Pouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Bounouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée thématique du LBE 2021 « Outils numériques pour la REUSE »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LBE, 2021, Narbonne, France</w:t>
+              <w:t xml:space="preserve">7th Mixed Microbial Culture PHA, Properties and Applications Workshop. Presented at the 7th Mixed Microbial Culture PHA, properties and applications Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04960056v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life cycle assessment of wastewater source separation scenario: case study on a new district in Bordeaux, France</w:t>
+                <w:t xml:space="preserve">Où et comment implanter la séparation des eaux usées à la source ? La modélisation intégrée à l'analyse de cycle de vie pour une évaluation globale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Aguas</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligia Tiruta-Barna</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Sperandio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International Conference Water, Megacities and Global Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">99ème congrès de l'ASTEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340985v1</w:t>
+                <w:t xml:space="preserve">hal-03340982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Où et comment implanter la séparation des eaux usées à la source ? La modélisation intégrée à l'analyse de cycle de vie pour une évaluation globale.</w:t>
+                <w:t xml:space="preserve">Life cycle assessment of wastewater source separation scenario: case study on a new district in Bordeaux, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Aguas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Tiruta-Barna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">99ème congrès de l'ASTEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Lyon, France</w:t>
+              <w:t xml:space="preserve">Second International Conference Water, Megacities and Global Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03340982v1</w:t>
+                <w:t xml:space="preserve">hal-03340985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on a methodology to characterize the gel-forming ability of structural extracellular polymeric substances (EPS) from aerobic granular sludge (AGS)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégies d'orientation de consortia microbiens pour la production de CH 4 ou de biomolécules à partir de CO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Laguillaumie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Rafrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pagliaccia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Abdo Bou-Sarkis</w:t>
+                <w:t xml:space="preserve">Beatriz Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWA Biofilms 2020 Virtual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
+              <w:t xml:space="preserve">Webinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04754428v1</w:t>
+                <w:t xml:space="preserve">hal-02967402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d'orientation de consortia microbiens pour la production de CH 4 ou de biomolécules à partir de CO2</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stratégies d’orientation de la valorisation du biogaz vers la production de méthane ou d’acides organiques en culture mixte anaérobie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Laguillaumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Rafrafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Gonzalez</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evrard Mengelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire</w:t>
+              <w:t xml:space="preserve">Journées Recherche Innovation Biogaz et Méthanisation 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02967402v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégies d’orientation de la valorisation du biogaz vers la production de méthane ou d’acides organiques en culture mixte anaérobie</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Simon Dubos</w:t>
+                <w:t xml:space="preserve">Insights on a methodology to characterize the gel-forming ability of structural extracellular polymeric substances (EPS) from aerobic granular sludge (AGS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pagliaccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bounouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo Bou-Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Recherche Innovation Biogaz et Méthanisation 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IWA Biofilms 2020 Virtual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02967413v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METHANE OR ORGANIC ACIDS PRODUCTION? IDENTIFICATION OF KEY PARAMETERS FOR DRIVEN BIOLOGICAL METHANATION PROCESSES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Rafrafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Laguillaumie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4322,950 +4322,950 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorization of solid wastes into energy and biobased products : taming microbial consortia to desired products</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining Thermophilic Aerobic Reactor (TAR) with Mesophilic Anaerobic digestion (MAD) improves the degradation of pharmaceutical compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolaine Bessiere</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Pommier</w:t>
+                <w:t xml:space="preserve">Irene Gonzalez Salgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Cavaillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Mengelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Khim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">16th IWA world conference on anaerobic digestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IWA, Jun 2019, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02483853v1</w:t>
+                <w:t xml:space="preserve">hal-04795016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séparation à la source: une alternative pour une meilleure gestion de l'eau en ville</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selection of a microbial population in continuous culture: a way to produce biopolymers for industrial applications?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Morgado-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.N. Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cavaillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JTED 2019 Gestion durable et eaux usées :sur la Réutilisation et les Pratiques alternatives était co-organisée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">10th European Symposium on Biopolymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Straubing, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03340894v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AN IMPROVED HYDRODYNAMIC MODEL FOR PERCOLATION AND DRAINAGE DYNAMICS IN LEACH BED REACTORS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gérald Debenest</w:t>
+                <w:t xml:space="preserve">Valorization of solid wastes into energy and biobased products : taming microbial consortia to desired products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sperandio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pommier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sardinia Symposium 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Santa Maria di Pula, Italy</w:t>
+              <w:t xml:space="preserve">International Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02967417v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection of a microbial population in continuous culture: a way to produce biopolymers for industrial applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Séparation à la source: une alternative pour une meilleure gestion de l'eau en ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Spérandio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Tiruta-Barna</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Symposium on Biopolymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Straubing, Germany</w:t>
+              <w:t xml:space="preserve">JTED 2019 Gestion durable et eaux usées :sur la Réutilisation et les Pratiques alternatives était co-organisée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962882v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated environmental assessment of source separation scenarios for water resource recovery</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selection of a microbial population in continuous culture: a way to produce biopolymers for industrial applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Morgado-Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Cavaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Watermatex 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">10th European Symposium on Biopolymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Straubing, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03340962v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04962882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection of a microbial population in continuous culture: a way to produce biopolymers for industrial applications?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrated environmental assessment of source separation scenarios for water resource recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Tiruta-Barna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Morgado-Ferreira</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.N. Louvet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Spérandio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Symposium on Biopolymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Straubing, Germany</w:t>
+              <w:t xml:space="preserve">Watermatex 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04962910v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03340962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Thermophilic Aerobic Reactor (TAR) with Mesophilic Anaerobic digestion (MAD) improves the degradation of pharmaceutical compounds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S Dubos</w:t>
+                <w:t xml:space="preserve">AN IMPROVED HYDRODYNAMIC MODEL FOR PERCOLATION AND DRAINAGE DYNAMICS IN LEACH BED REACTORS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Digan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Mengelle</w:t>
+                <w:t xml:space="preserve">Pierre Horgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Khim</w:t>
+                <w:t xml:space="preserve">Gérald Debenest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IWA world conference on anaerobic digestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IWA, Jun 2019, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">Sardinia Symposium 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Santa Maria di Pula, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795016v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of biopolymers produced by selected mixed cultures from sieving residues as flocculants for urban wastewater treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Morgado-Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansour Bounouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5333,51 +5333,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How source separation solutions can help sanitation system to become a water resources recovery facility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5441,51 +5441,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production de bioplastique à partie de déchets : Modélisation de la production de Polyhydroxybutyrate (PHB) par des consortia microbiens sélectionnés dans en cultures continues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sophie Lepeuple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5562,51 +5562,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combiner un réacteur thermophile microaéré (TAR) à un digesteur mésophile anaérobie (MAD) améliore la dégradation de composés pharmaceutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Gonzalez-Salgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6058,51 +6058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6317,51 +6317,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Spérandio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWA S2Small2017 Conference on Small Water &amp; Wastewater Systems and Resources Oriented Sanitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t>
@@ -6403,77 +6403,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydraulic and chemical characterization of household wastes leach bed reactor for VFA production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Digan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Horgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Debenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6554,51 +6554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Queinnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6675,51 +6675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Queinnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6783,51 +6783,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Queinnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6891,51 +6891,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling hydrodynamics and bio-chemical treatment: an alternative to improve thick biofilm removal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Emmanuelle Marcato-Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7016,51 +7016,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving fighting against biofilms by combining hydrodynamic and enzymatic treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Emmanuelle Marcato-Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7521,273 +7521,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resource Recovery from aerobic granular sludges : Gel-forming biopolymers extraction, fractionation and gelling capacity</w:t>
+                <w:t xml:space="preserve">Production of granular biofilms for the recovery of gel forming extracellular polymeric substances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo Bou-Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yolaine Bessière</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6 th IWA International Conference on Eco-technologies for wastewater treatment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Gérone, Spain. </w:t>
+              <w:t xml:space="preserve">FEMS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Hamburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738293v1</w:t>
+                <w:t xml:space="preserve">hal-04754663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of granular biofilms for the recovery of gel forming extracellular polymeric substances</w:t>
+                <w:t xml:space="preserve">Resource Recovery from aerobic granular sludges : Gel-forming biopolymers extraction, fractionation and gelling capacity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo Bou-Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Bessiere</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Girbal-Neuhauser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Hamburg, Germany</w:t>
+              <w:t xml:space="preserve">6 th IWA International Conference on Eco-technologies for wastewater treatment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Gérone, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04754663v1</w:t>
+                <w:t xml:space="preserve">hal-04738293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the impact of cell lysis on polymeric substances recovered from biological aggregates</w:t>
               </w:r>
@@ -7907,77 +7907,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse environnementale de scénario de séparation à la source pour une valorisation des ressources des eaux usées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sperandio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8283,51 +8283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Queinnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8812,51 +8812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo Bou-Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9040,554 +9040,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights on the hydrogel-forming ability and post-gelling mechanical properties of structural extracellular polymeric substances (sEPS) from aerobic granular sludge (AGS): A comparison with model biopolymers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdo Bou Sarkis</w:t>
+                <w:t xml:space="preserve">Stability of ex situ biological methanation of H2/CO2 with a mixed microbial culture in a pilot scale bubble column reactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Laguillaumie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Rafrafi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Moya-Leclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Water Process Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jwpe.2022.103076⟩</w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 354, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2022.127180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03800778v1</w:t>
+                <w:t xml:space="preserve">hal-03836933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of ex situ biological methanation of H2/CO2 with a mixed microbial culture in a pilot scale bubble column reactor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Simon Dubos</w:t>
+                <w:t xml:space="preserve">Insights on the hydrogel-forming ability and post-gelling mechanical properties of structural extracellular polymeric substances (sEPS) from aerobic granular sludge (AGS): A comparison with model biopolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedetta Pagliaccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Bounouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo Bou Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 354, </w:t>
+              <w:t xml:space="preserve">Journal of Water Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49, </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2022.127180⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jwpe.2022.103076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836933v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of shear stress, organic loading rates and HRT on the biofilm structure and on the competition between different biological aggregate morphotypes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Queinnec</w:t>
+                <w:t xml:space="preserve">Mieux répondre aux défis de l’eau et de l’environnement : renforcer les liens entre les acteurs opérationnels et la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rulleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bertrand-Krajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Chambolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perceval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.15-21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03627633v1</w:t>
+                <w:t xml:space="preserve">hal-03841278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux répondre aux défis de l’eau et de l’environnement : renforcer les liens entre les acteurs opérationnels et la recherche</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Perceval</w:t>
+                <w:t xml:space="preserve">Influence of shear stress, organic loading rates and HRT on the biofilm structure and on the competition between different biological aggregate morphotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Pechaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Ochoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Queinnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (3), pp.107597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2022.107597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03841278v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03627633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of alkaline solvents and heating temperatures on the solubilization and degradation of gel-forming Extracellular Polymeric Substances (EPS) extracted from aerobic granular sludge</w:t>
               </w:r>
@@ -9943,338 +9943,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laboratory Test to Evaluate the Resistance of Cementitious Materials to Biodeterioration in Sewer Network Conditions</w:t>
+                <w:t xml:space="preserve">Start-up strategies for nitrification and manganese oxidation on a single stage RSF for drinking water production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amr Aboulela</w:t>
+                <w:t xml:space="preserve">Thomas Etcheberry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury Buvignier</w:t>
+                <w:t xml:space="preserve">Rosalia Trias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Fourré</w:t>
+                <w:t xml:space="preserve">Stéphane Brunner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Schiettekatte</w:t>
+                <w:t xml:space="preserve">Juan Torres Zuluaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (3), pp.686. </w:t>
+              <w:t xml:space="preserve">Water Science and Technology: Water Supply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma14030686⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2166/ws.2021.369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03132030v1</w:t>
+                <w:t xml:space="preserve">hal-03428190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current trends and advances in analytical techniques for the characterization and quantification of biologically recalcitrant organic species in sludge and wastewater: A review</w:t>
+                <w:t xml:space="preserve">Laboratory Test to Evaluate the Resistance of Cementitious Materials to Biodeterioration in Sewer Network Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Faixo</w:t>
+                <w:t xml:space="preserve">Amr Aboulela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Gehin</w:t>
+                <w:t xml:space="preserve">Amaury Buvignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Balayssac</w:t>
+                <w:t xml:space="preserve">Marlène Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Gilard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Mazeghrane</w:t>
+                <w:t xml:space="preserve">Maud Schiettekatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338284⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (3), pp.686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma14030686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195665v1</w:t>
+                <w:t xml:space="preserve">hal-03132030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séparation à la source pour une récupération des ressources: outil d'évaluation environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10289,191 +10289,191 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Start-up strategies for nitrification and manganese oxidation on a single stage RSF for drinking water production</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Current trends and advances in analytical techniques for the characterization and quantification of biologically recalcitrant organic species in sludge and wastewater: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Faixo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Etcheberry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
+                <w:t xml:space="preserve">Nicolas Gehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosalia Trias</w:t>
+                <w:t xml:space="preserve">Stéphane Balayssac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Brunner</w:t>
+                <w:t xml:space="preserve">Véronique Gilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Torres Zuluaga</w:t>
+                <w:t xml:space="preserve">Sofiane Mazeghrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Science and Technology: Water Supply</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1152, pp.338284. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2166/ws.2021.369⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03428190v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopolymers Production from Wastes and Wastewaters by Mixed Microbial Cultures: Strategies for Microbial Selection</w:t>
               </w:r>
@@ -10602,77 +10602,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ligia Tiruta-Barna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Spérandio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 301, </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10808,364 +10808,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03217408v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attempts, Successes, and Failures of Distance Learning in the Time of COVID-19</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemical and physical properties of alginate-like exopolymers of aerobic granules and flocs produced from different wastewaters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kalyani Kentheswaran</w:t>
+                <w:t xml:space="preserve">Cássio Moraes Schambeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aras Ahmadi</w:t>
+                <w:t xml:space="preserve">Rejane Helena Ribeiro da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Girbal-Neuhauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanne Teychené</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yolaine Bessière</w:t>
+                <w:t xml:space="preserve">Lukas Böni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jchemed.0c00717⟩</w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 312, pp.123632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.123632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02968201v1</w:t>
+                <w:t xml:space="preserve">hal-02899565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical and physical properties of alginate-like exopolymers of aerobic granules and flocs produced from different wastewaters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cássio Moraes Schambeck</w:t>
+                <w:t xml:space="preserve">Attempts, Successes, and Failures of Distance Learning in the Time of COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dietrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rejane Helena Ribeiro da Costa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Girbal-Neuhauser</w:t>
+                <w:t xml:space="preserve">Kalyani Kentheswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lukas Böni</w:t>
+                <w:t xml:space="preserve">Aras Ahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Fischer</w:t>
+                <w:t xml:space="preserve">Johanne Teychené</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 312, pp.123632. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 97 (9), pp.2448-2457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2020.123632⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jchemed.0c00717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02899565v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining thermophilic aerobic reactor (TAR) with mesophilic anaerobic digestion (MAD) improves the degradation of pharmaceutical compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Gonzalez-Salgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cavaillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Mengelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11216,51 +11216,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of dissolved aluminum concentration on sulfur-oxidizing bacterial activity in the biodeterioration of concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Buvignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Peyre-Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11478,360 +11478,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance to biodeterioration of aluminium-rich binders in sewer network environment: Study of the possible bacteriostatic effect and role of phase reactivity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne Paul</w:t>
+                <w:t xml:space="preserve">An improved hydrodynamic model for percolation and drainage dynamics for household and agricultural waste beds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Digan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Horgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bertron</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gerald Debenest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 123, pp.105785. </w:t>
+              <w:t xml:space="preserve">Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 98, pp.69-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2019.105785⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.wasman.2019.07.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02169122v1</w:t>
+                <w:t xml:space="preserve">hal-02538675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An improved hydrodynamic model for percolation and drainage dynamics for household and agricultural waste beds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Horgue</w:t>
+                <w:t xml:space="preserve">Resistance to biodeterioration of aluminium-rich binders in sewer network environment: Study of the possible bacteriostatic effect and role of phase reactivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Buvignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Patapy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerald Debenest</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandra Bertron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 98, pp.69-80. </w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123, pp.105785. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wasman.2019.07.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2019.105785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02538675v1</w:t>
+                <w:t xml:space="preserve">hal-02169122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of Solute Transfer Between Static and Dynamic Water During Percolation Through a Solid Leach Bed in Dry Batch Anaerobic Digestion Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Shewani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Horgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Debenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11921,64 +11921,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younès Bareha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansour Bounouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sperandio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 125, pp.400-409. </w:t>
@@ -12029,51 +12029,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative approach to simulating the biodeterioration of industrial cementitious products in sewer environment. Part II: Validation on CAC and BFSC linings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bertron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Botanch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12162,51 +12162,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding of polyhydroxybutyrate production under carbon and phosphorus-limited growth conditions in non-axenic continuous culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Albuquerque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12321,51 +12321,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative approach to reproduce the biodeterioration of industrial cementitious products in a sewer environment. Part I: Test design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Bertron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12448,355 +12448,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01849778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling nitrogen and carbon interactions in composting of animal manure in naturally aerated piles</w:t>
+                <w:t xml:space="preserve">Accelerated test design for biodeterioration of cementitious materials and products in sewer environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Oudart</w:t>
+                <w:t xml:space="preserve">M. Peyre Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Bertron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Patapy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Robin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne Paul</w:t>
+                <w:t xml:space="preserve">X. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 103 (2), pp.UNSP 204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/mattech/2015018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.wasman.2015.07.044⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01461088v1</w:t>
+                <w:t xml:space="preserve">hal-01849782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accelerated test design for biodeterioration of cementitious materials and products in sewer environments</w:t>
+                <w:t xml:space="preserve">Modelling nitrogen and carbon interactions in composting of animal manure in naturally aerated piles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Peyre Lavigne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cédric Patapy</w:t>
+                <w:t xml:space="preserve">Didier Oudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Lefebvre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Paul</w:t>
+                <w:t xml:space="preserve">Paul Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Paillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux et Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/mattech/2015018⟩</w:t>
+              <w:t xml:space="preserve">Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46, pp.588-598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wasman.2015.07.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01849782v1</w:t>
+                <w:t xml:space="preserve">hal-01461088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of percolation through a solid leach bed in dry batch anaerobic digestion processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Shewani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Horgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Debenest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12987,492 +12987,492 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of porous structure and biofilm on the hydrodynamics of two types of trickle filters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haoran Pang</w:t>
+                <w:t xml:space="preserve">Impact of sustaining a controlled residual growth on polyhydroxybutyrate yield and production kinetics in Cupriavidus necator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Grousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Letisse Valerie</w:t>
+                <w:t xml:space="preserve">Stephane Deleris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria G. E. Albuquerque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 231, pp.163-171. </w:t>
+              <w:t xml:space="preserve">Bioresource Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 148, pp.30 - 38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2013.06.115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biortech.2013.08.120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02648920v1</w:t>
+                <w:t xml:space="preserve">hal-01268473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the degradation of endogenous residue and 'unbiodegradable' influent organic suspended solids to predict sludge production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Sperandio</w:t>
+                <w:t xml:space="preserve">The influence of porous structure and biofilm on the hydrodynamics of two types of trickle filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haoran Pang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Andre Labelle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Gadbois</w:t>
+                <w:t xml:space="preserve">Letisse Valerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hébrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2166/wst.2012.629⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 231, pp.163-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2013.06.115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268216v1</w:t>
+                <w:t xml:space="preserve">hal-02648920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution and hydrophobic properties of Extracellular Polymeric Substances in biofilms in relation towards cohesion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the degradation of endogenous residue and 'unbiodegradable' influent organic suspended solids to predict sludge production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sperandio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Andre Labelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ras</w:t>
+                <w:t xml:space="preserve">Abdellah Ramdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Lefebvre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bernet</w:t>
+                <w:t xml:space="preserve">Alain Gadbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2013.03.001⟩</w:t>
+              <w:t xml:space="preserve">Water Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 67 (4), pp.789 - 796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2166/wst.2012.629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02649958v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyhydroxybutyrate production by direct use of waste activated sludge in phosphorus-limited fed-batch culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cavaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Grousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Lepeuple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13481,234 +13481,234 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Uribelarrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 149, pp.301-309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biortech.2013.09.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02645379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sustaining a controlled residual growth on polyhydroxybutyrate yield and production kinetics in Cupriavidus necator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elise Blanchet</w:t>
+                <w:t xml:space="preserve">Distribution and hydrophobic properties of Extracellular Polymeric Substances in biofilms in relation towards cohesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Derlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme J. Hamelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Deleris</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Etienne Paul</w:t>
+                <w:t xml:space="preserve">Nicolas Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioresource Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 148, pp.30 - 38. </w:t>
+              <w:t xml:space="preserve">Journal of Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 165 (2), pp.85 - 92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biortech.2013.08.120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2013.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268473v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in tolerance to herbicide toxicity throughout development stages of phototrophic biofilms</w:t>
               </w:r>
@@ -13945,90 +13945,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling organic matter stabilization during windrow composting of livestock effluents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Oudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Paillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 33 (19), pp.2235-2243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14056,315 +14056,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining hydrodynamic and enzymatic treatments to improve multi-species thick biofilm removal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of shear stress and growth conditions on detachment and physical properties of biofilms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Ochoa Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Liné</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2012.06.014⟩</w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 46 (17), pp.5499 - 5508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2012.07.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00914414v1</w:t>
+                <w:t xml:space="preserve">hal-01268274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of shear stress and growth conditions on detachment and physical properties of biofilms</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining hydrodynamic and enzymatic treatments to improve multi-species thick biofilm removal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Emmanuelle Marcato-Romain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Girbal-Neuhauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Queinnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolaine Bessiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 46 (17), pp.5499 - 5508. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 80, pp.109-118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2012.07.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2012.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268274v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of microbial multi-species biofilms from the paper industry by enzymatic treatments</w:t>
               </w:r>
@@ -14493,51 +14493,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracellular polymeric substances diversity of biofilms grown under contrasted environmental conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Derlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14635,51 +14635,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le couplage entre traitements hydrodynamiques et bio-chimiques &amp;quot; verts &amp;quot; : un moyen pour limiter l'impact environnemental lié à l'utilisation de biocides dans l'industrie papetière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Pechaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Peyre Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14916,51 +14916,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud R. Escudie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15942,51 +15942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sperandio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INSA Toulouse. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -16079,64 +16079,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolaine Bessière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Morgado-Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2020183103. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -16190,77 +16190,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MATHEMATICAL MODELING OF WEIGHT AND THERMAL BALANCES DURING WINDROW COMPOSTING OF LIVESTOCK EFFLUENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Oudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Marie Paillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16506,51 +16506,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of biological treatment systems for food-processing wastewaters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16894,51 +16894,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Bessi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Filali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Pechaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Besson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Fardet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bijon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ducro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Bagagnan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931599v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Derlon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Queinnec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Paul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873138v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Laguillaumie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dubos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Bounouba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre-Lavigne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873064v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pommier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962918v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Pagliaccia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo Bou-Sarkis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962915v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pa&#239;ss&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Castiello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morgado Ferreira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gonzalez Vazquez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ander Castro Fernandez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931595v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paul" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Durieux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sperandio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794254v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tiruta-Barna" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867730v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Moutia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738407v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Bessiere" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gonzalez Vasquez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Perreira Pantoja" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Asadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Simon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;r&#233;a Chiramberro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bou-Sarkis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pagliaccia" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872987v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grimalt-Alemany" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I V Skiadas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H N Gavala" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931863v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738679v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noel Louvet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Morgado-Ferreira" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873008v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laguillaumie L&#233;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis V Skiadas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Grimalt-Alemany" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962888v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Castiello" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouch Q." TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872957v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931587v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morgado-Ferreira" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Louvet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cavaill&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Delagnes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872900v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Rafrafi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Moya-Leclair" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934777v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Digan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrard Mengelle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pag&#232;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794923v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931841v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Aguas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Berger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960390v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mengelle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738727v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Durieux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Simon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Chiramberro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931854v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962913v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castiello" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Pouch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960056v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340985v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Tiruta-Barna" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340982v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sperandio" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754428v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pagliaccia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bessiere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bounouba" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967402v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gonzalez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872939v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Contreras" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lefebvre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483853v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Bessiere" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340894v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sp&#233;randio" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967417v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Horgue" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Debenest" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962882v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavaille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Delagnes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340962v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962910v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morgado-Ferreira" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Louvet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cavaill&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delagnes" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795016v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gonzalez Salgado" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dubos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Mengelle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Khim" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794980v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Blanchet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785022v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931592v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Lepeuple" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931556v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gonzalez-Salgado" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanta Kim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794950v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M Schambeck" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B&#246;ni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Fischer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Girbal-Neuhauser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154338v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pages" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trably" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483836v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790894v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605607v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux De-Balmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341033v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bisinella de Faria" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sp&#233;randio" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605676v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394435v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre Lavigne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914422v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derlon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914526v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914455v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Emmanuelle Marcato-Romain" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dossat-Letisse" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914502v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914515v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Ochoa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lin&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777622v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Coufort-Saudejaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alfenore" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lin&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357961v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fonseca Nascimento" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Girbal-Neuhauser" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Etienne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738293v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754663v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931584v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bourque" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Xin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340923v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268041v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Perez Fabiel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ad13.org/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916718v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoran Pang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dossat-L&#233;tisse" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles H&#233;brard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914520v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914537v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Milferstedt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652605v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gonz&#225;lez V&#225;zquez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Choubert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Canler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2024.105796" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891013v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tremier Anne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Barrault" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02841-5" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695229v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113648" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058865v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels9020157" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03800778v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo Bou Sarkis" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2022.103076" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836933v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2022.127180" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03627633v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.107597" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841278v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rulleau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bertrand-Krajewski" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Chambolle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perceval" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753553v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ric" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2022.108500" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632533v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202203049" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692916v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Albasi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carrere" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Causserand" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cimetiere" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132030v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Aboulela" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Buvignier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Fourr&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Schiettekatte" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14030686" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195665v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faixo" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gehin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balayssac" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gilard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Mazeghrane" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338284" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784684v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03428190v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Etcheberry" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Trias" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brunner" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Torres Zuluaga" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2021.369" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967490v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-020-01252-6" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340311v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126868" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217408v2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gonz&#225;lez V&#225;zquez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Canler" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968201v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyani Kentheswaran" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aras Ahmadi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Teychen&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.0c00717" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02899565v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Moraes Schambeck" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rejane Helena Ribeiro da Costa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas B&#246;ni" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Fischer" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.123632" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02899576v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gonzalez-Salgado" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubos" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kim" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2020.116033" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169123v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Robin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00302-19" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02904359v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Seviour" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Simonsen Dueholm" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Curt Flemming" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.11.020" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169122v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.105785" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538675v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Debenest" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.07.027" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795178v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Shewani" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-017-0011-1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886443v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benneouala" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bareha" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2017.08.058" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01849687v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Botanch" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermina Hernandez-Raquet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.10.002" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6Z432BH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886362v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Albuquerque" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Grousseau" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lepeuple" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Uribelarrea" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2015.11.003" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGKGXTVM-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01849778v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Foussard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.10.025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXN26CR9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461088v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Oudart" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Paillat" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2015.07.044" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01849782v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peyre Lavigne" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lefebvre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2015018" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-HX6NHS1G-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131165v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2014.10.017" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268545v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Blanchet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane D&#233;l&#233;ris" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. E. Albuquerque" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.11.072" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFHTR9SN-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648920v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letisse Valerie" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2013.06.115" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TW17Q5JZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268216v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andre Labelle" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ramdani" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gadbois" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2012.629" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649958v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ras" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefebvre" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Hamelin" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernet" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2013.03.001" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37FT8P65-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645379v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pocquet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.09.044" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J527PB9N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268473v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Deleris" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.08.120" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N9TR7L5T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913088v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Paule" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roubeix" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmas" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.09.024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875873v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2012.11.061" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209099v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2012.728736" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914414v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.06.014" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MB9VQ45-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268274v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Ochoa Chavez" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.07.029" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QCRN3L1-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914408v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2012.673122" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647487v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ras" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2010.11.021" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1B0BQ1M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914439v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908977v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ten-Hage" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morchain" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.09.007" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665355v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Masse" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Escudie" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2007.11.016" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9QKCS5N0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662215v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carr&#232;re" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666861v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Ochoa" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.03.023" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJWXQ6J4-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178195v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lafforgue" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.2218" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142178v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mulard" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fages" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Goma" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04046488v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hariklia N. Gavala" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis V. Skiadas" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03642044v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafrafi Yan" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moya-Leclair Elisabeth" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delagnes Delphine" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubos Simon" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250367v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197389v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Descamps" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931539v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461135v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Paillat" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806964v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Batstone" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118309643.ch12" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808659v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118309643.ch11" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02875321v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01816672v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Delgenes" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Arlabosse" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau-Steyer" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Paul" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Bessi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Durieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Filali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Pechaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Besson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Fardet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bijon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ducro" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Bagagnan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931599v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Derlon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Queinnec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Paul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873138v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Laguillaumie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dubos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Bounouba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre-Lavigne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873064v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pommier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962918v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Pagliaccia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo Bou-Sarkis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962915v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pa&#239;ss&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Castiello" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morgado Ferreira" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962893v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gonzalez Vazquez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ander Castro Fernandez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931595v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paul" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Pechaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Durieux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sperandio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867730v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Moutia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794254v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tiruta-Barna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738407v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Bessiere" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gonzalez Vasquez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Perreira Pantoja" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Asadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738679v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noel Louvet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Morgado-Ferreira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738672v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Simon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#233;r&#233;a Chiramberro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bou-Sarkis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pagliaccia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872987v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grimalt-Alemany" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I V Skiadas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H N Gavala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931863v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873008v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laguillaumie L&#233;a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis V Skiadas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Grimalt-Alemany" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962888v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Castiello" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouch Q." TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872957v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872900v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Rafrafi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Moya-Leclair" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931587v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Morgado-Ferreira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Louvet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cavaill&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Delagnes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934777v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Digan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrard Mengelle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pag&#232;s" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794923v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931841v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Aguas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Berger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738727v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Durieux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Simon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Chiramberro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960390v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mengelle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931854v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960056v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962913v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Castiello" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Pouch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340982v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sperandio" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340985v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Tiruta-Barna" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967402v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gonzalez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967413v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754428v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pagliaccia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bessiere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bounouba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872939v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Contreras" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lefebvre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795016v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gonzalez Salgado" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dubos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Mengelle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Khim" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962910v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morgado-Ferreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Louvet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cavaill&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delagnes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483853v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Bessiere" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340894v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sp&#233;randio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cavaille" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Delagnes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340962v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967417v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Horgue" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Debenest" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794980v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Blanchet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785022v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931592v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Lepeuple" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931556v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Gonzalez-Salgado" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanta Kim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794950v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M Schambeck" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B&#246;ni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Fischer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Girbal-Neuhauser" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154338v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pages" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trably" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483836v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790894v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605607v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux De-Balmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341033v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bisinella de Faria" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Sp&#233;randio" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605676v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394435v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Peyre Lavigne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914422v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derlon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914526v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914455v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Emmanuelle Marcato-Romain" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dossat-Letisse" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914502v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914515v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Ochoa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Liu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lin&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777622v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Coufort-Saudejaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alfenore" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lin&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357961v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fonseca Nascimento" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Girbal-Neuhauser" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Etienne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754663v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738293v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931584v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Bourque" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Xin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340923v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268041v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Perez Fabiel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ad13.org/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916718v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoran Pang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Dossat-L&#233;tisse" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dietrich" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles H&#233;brard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914520v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914537v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Milferstedt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652605v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gonz&#225;lez V&#225;zquez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Choubert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Canler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2024.105796" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891013v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tremier Anne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Barrault" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02841-5" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695229v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2024.113648" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058865v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/gels9020157" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03836933v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2022.127180" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03800778v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo Bou Sarkis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jwpe.2022.103076" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841278v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rulleau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bertrand-Krajewski" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Chambolle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perceval" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03627633v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2022.107597" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753553v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ric" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bej.2022.108500" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632533v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202203049" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692916v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Albasi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carrere" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Causserand" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cimetiere" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03428190v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Etcheberry" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Trias" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brunner" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Torres Zuluaga" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/ws.2021.369" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132030v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amr Aboulela" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Buvignier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Fourr&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Schiettekatte" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14030686" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784684v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195665v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Faixo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gehin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balayssac" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gilard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Mazeghrane" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338284" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967490v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-020-01252-6" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03340311v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126868" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217408v2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gonz&#225;lez V&#225;zquez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Choubert" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Canler" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02899565v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#225;ssio Moraes Schambeck" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rejane Helena Ribeiro da Costa" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas B&#246;ni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Fischer" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2020.123632" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968201v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyani Kentheswaran" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aras Ahmadi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Teychen&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.0c00717" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02899576v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gonzalez-Salgado" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubos" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kim" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2020.116033" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169123v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Robin" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Patapy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00302-19" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02904359v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Seviour" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Simonsen Dueholm" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Curt Flemming" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2018.11.020" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538675v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Debenest" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.07.027" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169122v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bertron" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2019.105785" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795178v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Shewani" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-017-0011-1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886443v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benneouala" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bareha" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2017.08.058" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01849687v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Botanch" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermina Hernandez-Raquet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2015.10.002" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q6Z432BH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886362v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Albuquerque" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Grousseau" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lepeuple" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Uribelarrea" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2015.11.003" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGKGXTVM-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01849778v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Noel Foussard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2014.10.025" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXN26CR9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01849782v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peyre Lavigne" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lefebvre" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/2015018" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-HX6NHS1G-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461088v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Oudart" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Paillat" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2015.07.044" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131165v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2014.10.017" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268545v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Blanchet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane D&#233;l&#233;ris" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. E. Albuquerque" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.11.072" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFHTR9SN-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268473v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Deleris" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.08.120" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N9TR7L5T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648920v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letisse Valerie" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2013.06.115" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TW17Q5JZ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268216v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andre Labelle" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ramdani" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gadbois" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2012.629" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645379v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pocquet" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.09.044" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J527PB9N-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649958v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ras" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefebvre" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Hamelin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernet" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2013.03.001" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37FT8P65-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913088v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Paule" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roubeix" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lauga" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Duran" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmas" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.09.024" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875873v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2012.11.061" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209099v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2012.728736" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268274v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Ochoa Chavez" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2012.07.029" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0QCRN3L1-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914414v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.06.014" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6MB9VQ45-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914408v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2012.673122" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647487v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Ras" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2010.11.021" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1B0BQ1M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914439v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908977v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ten-Hage" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morchain" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.09.007" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665355v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Masse" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud R. Escudie" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2007.11.016" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9QKCS5N0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662215v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carr&#232;re" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666861v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Ochoa" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.03.023" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJWXQ6J4-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178195v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lafforgue" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.2218" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142178v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mulard" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fages" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Goma" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04046488v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hariklia N. Gavala" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis V. Skiadas" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03642044v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafrafi Yan" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moya-Leclair Elisabeth" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delagnes Delphine" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubos Simon" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250367v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197389v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Descamps" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931539v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461135v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Paillat" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806964v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Batstone" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118309643.ch12" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808659v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118309643.ch11" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02875321v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01816672v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Delgenes" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Arlabosse" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau-Steyer" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>