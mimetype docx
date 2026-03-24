--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.26109660574px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Etienne Peillard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maitre de Conférences à IMT Atlantique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">etienne-peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4429-670X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253893097</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am Associate Professor at IMT Atlantique. I am a member of the Inuit team from the Lab-Sticc lab.In nov. 2020, I defended my PhD thesis, entitled “Toward a Characterization of Perceptual Biases in Mixed Reality: A Study of Factors Inducing Distance Misperception”, conducted in cooperation between Centrale Nantes, the Inria Hybrid team as well as the AAU Crenau, and supervised by Guillaume Moreau, Ferran Argelaguet and Jean-Marie Normand.Before this, I obtained an engineering degree at Centrale Nantes in 2017.My current research interests include human perception issues in Virtual and Augmented Reality, spatial perception in virtual and augmented environments, and more generally, the effect of perceptual biases in mixed environments.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Augmented Reality Support for Swarm Monitoring: Evaluating Visual Cues to Prevent Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVCG.2025.3616840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Whether the Mass of a Tool Replica Influences Virtual Training Learning Outcomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cauquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dominjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (5), pp.2411-2421. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVCG.2024.3372041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unifying method-based classification of robot swarm spatial self-organisation behaviours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.105971232311639. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/10597123231163948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04044975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of virtual objects' shadows and lighting coherence on distance perception in optical see‐through augmented reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Society for Information Display</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (2), pp.117-135. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsid.832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02200576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examining the impact of AR Weather Customization on Trust in Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thanh Hoa Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badr Hirchoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Walsh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop on Seamless Reality (WSR 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Daejeon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302813v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embodied Interaction and Habituation in Virtual Reality: A Digital Anthropological Inquiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilas Privateer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Loetscher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RC33 Eleventh International Conference on Social Science Methodology (11ICSSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hands Off, Avatars On: Towards a Modular Approach for Real-Time Body Modification in AR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Aline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2025: 24th IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Daejon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and Safety in Autonomous Vehicles: Evaluating Contextual Visualizations for Highlighting, Prediction, and Anchoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thanh Hoa Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAT-EGVE2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Karlskrona, Sweden. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2312/egve.20251351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration du modèle MUCAS basé sur les Boids de Reynolds pour l'obtention de différents comportements collectifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones sur les Systèmes Multi-Agents (JFSMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05361608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Perception of Swarm Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IEEE International Conference on Human-Robot Interaction (HRI ’24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Boulder (Colorado), United States. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3610977.3634961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402976v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of a Prop Mass on Task Performance in Virtual Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Thomesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cauquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dominjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAT 2024: 34th International Conference on Artificial Reality and Telexistence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Hasegawa, N. Sakata and V. Sundstedt (Editors), Dec 2024, Tsukuba, Japan. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study on Improving Attention Redirection in Complex Systems Using Augmented Reality Cues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Cunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Artificial Reality and Telexistence (ICAT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Hasegawa, N. Sakata and V. Sundstedt (Editors), Dec 2024, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Grasp the Complexity of Self-Organised Robot Swarms?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FRCCS 2023: French Regional Conference on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Le Havre, France. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7957531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118620v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Identification with AR Face Filters to Predict Explicit & Implicit Gender Bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jarrell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2023: IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Sydney, Australia. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMAR59233.2023.00019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirror, Mirror on My Phone: Investigating Dimensions of Self-Face Perception Induced by Augmented Reality Filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Fribourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Mcdonnell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Symposium on Mixed and Augmented Reality (ISMAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bari, Italy. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMAR52148.2021.00064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Retinal Projection Displays Improve Spatial Perception in Augmented Reality?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuta Itoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferran Argelaguet Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2020 - 19th IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Recife, Brazil. pp.124-133, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMAR50242.2020.00028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyramid Escape: Design of Novel Passive Haptics Interactions for an Immersive and Modular Scenario</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Brument</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Fribourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Gallagher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas M. Howard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Lécuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VR 2019 - 26th IEEE Conference on Virtual Reality and 3D User Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Osaka, Japan. pp.1409-1410, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VR.2019.8797848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284129v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Exocentric Distance Perception in Optical See-Through Augmented Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferran Argelaguet Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Lécuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2019 - 18th IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Beijing, China. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02200822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Objects Look Farther on the Sides: The Anisotropy of Distance Perception in Virtual Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thebaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferran Argelaguet Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VR 2019 - 26th IEEE Conference on Virtual Reality and 3D User Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Osaka, Japan. pp.227-236, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VR.2019.8797826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02084069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un patrimoine numérique des connaissances historiques : le projet Nantes 1900</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CollabAVR - A collaborative application in Augmented and Virtual Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dominjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RA-Go : a SAR Go Interface (ISMAR Demo session)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Servières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisations des mécanismes micro pour appréhender la complexité des systèmes distribués auto-organisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Henard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299370v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of augmented visualisations to prevent the fragmentation of robot swarm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Characterization of Perceptual Biases in Mixed Reality : A Study of Factors Inducing Distance Misperception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graphics [cs.GR]. École centrale de Nantes, 2020. English. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2020ECDN0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03162186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId87"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100.26109660574px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Etienne Peillard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maitre de Conférences à IMT Atlantique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">etienne-peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4429-670X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253893097</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am Associate Professor at IMT Atlantique. I am a member of the Inuit team from the Lab-Sticc lab.In nov. 2020, I defended my PhD thesis, entitled “Toward a Characterization of Perceptual Biases in Mixed Reality: A Study of Factors Inducing Distance Misperception”, conducted in cooperation between Centrale Nantes, the Inria Hybrid team as well as the AAU Crenau, and supervised by Guillaume Moreau, Ferran Argelaguet and Jean-Marie Normand.Before this, I obtained an engineering degree at Centrale Nantes in 2017.My current research interests include human perception issues in Virtual and Augmented Reality, spatial perception in virtual and augmented environments, and more generally, the effect of perceptual biases in mixed environments.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of virtual character actions and emotional expressions on trust in autonomous vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thanh Hoa Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10055-026-01334-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Augmented Reality Support for Swarm Monitoring: Evaluating Visual Cues to Prevent Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVCG.2025.3616840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Whether the Mass of a Tool Replica Influences Virtual Training Learning Outcomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cauquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dominjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (5), pp.2411-2421. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TVCG.2024.3372041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04427994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unifying method-based classification of robot swarm spatial self-organisation behaviours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adaptive Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.105971232311639. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/10597123231163948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04044975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of virtual objects' shadows and lighting coherence on distance perception in optical see‐through augmented reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuan Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Society for Information Display</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (2), pp.117-135. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsid.832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02200576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration du modèle MUCAS basé sur les Boids de Reynolds pour l'obtention de différents comportements collectifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones sur les Systèmes Multi-Agents (JFSMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05361608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Examining the impact of AR Weather Customization on Trust in Autonomous Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Lamine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thanh Hoa Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Badr Hirchoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Walsh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop on Seamless Reality (WSR 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Daejeon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05302813v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embodied Interaction and Habituation in Virtual Reality: A Digital Anthropological Inquiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilas Privateer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Loetscher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RC33 Eleventh International Conference on Social Science Methodology (11ICSSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hands Off, Avatars On: Towards a Modular Approach for Real-Time Body Modification in AR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Aline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2025: 24th IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Daejon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trust and Safety in Autonomous Vehicles: Evaluating Contextual Visualizations for Highlighting, Prediction, and Anchoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thanh Hoa Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAT-EGVE2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Karlskrona, Sweden. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2312/egve.20251351⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study on Improving Attention Redirection in Complex Systems Using Augmented Reality Cues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Cunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Duval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Artificial Reality and Telexistence (ICAT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Hasegawa, N. Sakata and V. Sundstedt (Editors), Dec 2024, Tsukuba, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Perception of Swarm Fragmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM/IEEE International Conference on Human-Robot Interaction (HRI ’24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Boulder (Colorado), United States. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3610977.3634961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402976v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of a Prop Mass on Task Performance in Virtual Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Thomesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cauquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dominjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAT 2024: 34th International Conference on Artificial Reality and Telexistence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Hasegawa, N. Sakata and V. Sundstedt (Editors), Dec 2024, Tsukuba, Japan. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Grasp the Complexity of Self-Organised Robot Swarms?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FRCCS 2023: French Regional Conference on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Le Havre, France. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7957531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118620v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Identification with AR Face Filters to Predict Explicit & Implicit Gender Bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jarrell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2023: IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Sydney, Australia. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMAR59233.2023.00019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirror, Mirror on My Phone: Investigating Dimensions of Self-Face Perception Induced by Augmented Reality Filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Fribourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Mcdonnell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Symposium on Mixed and Augmented Reality (ISMAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bari, Italy. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMAR52148.2021.00064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03378222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Retinal Projection Displays Improve Spatial Perception in Augmented Reality?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuta Itoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferran Argelaguet Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2020 - 19th IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Recife, Brazil. pp.124-133, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMAR50242.2020.00028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyramid Escape: Design of Novel Passive Haptics Interactions for an Immersive and Modular Scenario</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Brument</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Fribourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Gallagher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas M. Howard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Lécuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VR 2019 - 26th IEEE Conference on Virtual Reality and 3D User Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Osaka, Japan. pp.1409-1410, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VR.2019.8797848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284129v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying Exocentric Distance Perception in Optical See-Through Augmented Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferran Argelaguet Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Lécuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMAR 2019 - 18th IEEE International Symposium on Mixed and Augmented Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Beijing, China. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02200822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Objects Look Farther on the Sides: The Anisotropy of Distance Perception in Virtual Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Thebaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferran Argelaguet Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VR 2019 - 26th IEEE Conference on Virtual Reality and 3D User Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Osaka, Japan. pp.227-236, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VR.2019.8797826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02084069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un patrimoine numérique des connaissances historiques : le projet Nantes 1900</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Week</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01398323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RA-Go : a SAR Go Interface (ISMAR Demo session)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Servières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Normand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CollabAVR - A collaborative application in Augmented and Virtual Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dominjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bouchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualisations des mécanismes micro pour appréhender la complexité des systèmes distribués auto-organisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Henard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299370v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of augmented visualisations to prevent the fragmentation of robot swarm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Kubicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Coppin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04541882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Characterization of Perceptual Biases in Mixed Reality : A Study of Factors Inducing Distance Misperception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Peillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graphics [cs.GR]. École centrale de Nantes, 2020. English. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2020ECDN0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03162186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId89"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="21AFDCA1"/>
+    <w:nsid w:val="859E489A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-peillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4429-670X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253893097" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245362v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric H&#233;nard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Peillard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rivi&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kubicki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Coppin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2025.3616840" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427994v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cauquis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Peillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dominjon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duval" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Moreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2024.3372041" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044975v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10597123231163948" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200576v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Gao" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Normand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Liu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsid.832" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302813v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Lamine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thanh Hoa Tran" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Hirchoua" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Walsh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05278464v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilas Privateer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Loetscher" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245211v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Aline" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396377v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Thomas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egve.20251351" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361608v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402976v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3610977.3634961" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775036v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Thomesse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775038v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cunin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118620v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7957531" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185171v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jarrell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR59233.2023.00019" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378222v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Fribourg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Mcdonnell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR52148.2021.00064" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911740v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Itoh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Argelaguet Sanz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR50242.2020.00028" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02284129v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Brument" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gallagher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Howard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien L&#233;cuyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2019.8797848" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200822v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole L&#233;cuyer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084069v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thebaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2019.8797826" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398323v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764031v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouchet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715814v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Servi&#232;res" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299370v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Henard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541882v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03162186v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020ECDN0030" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-peillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4429-670X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253893097" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542793v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thanh Hoa Tran" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Peillard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Walsh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Moreau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Thomas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-026-01334-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245362v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric H&#233;nard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Peillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rivi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kubicki" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Coppin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2025.3616840" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427994v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cauquis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dominjon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Duval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2024.3372041" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044975v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10597123231163948" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200576v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Gao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Normand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsid.832" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361608v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302813v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Lamine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Hirchoua" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05278464v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilas Privateer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Loetscher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245211v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Aline" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396377v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/egve.20251351" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775038v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cunin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402976v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3610977.3634961" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775036v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Thomesse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118620v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7957531" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185171v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jarrell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR59233.2023.00019" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378222v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Fribourg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Mcdonnell" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR52148.2021.00064" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911740v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Itoh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Argelaguet Sanz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR50242.2020.00028" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02284129v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Brument" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Gallagher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Howard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien L&#233;cuyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2019.8797848" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02200822v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole L&#233;cuyer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084069v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Thebaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VR.2019.8797826" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398323v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715814v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Servi&#232;res" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764031v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouchet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299370v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Henard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541882v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03162186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020ECDN0030" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>