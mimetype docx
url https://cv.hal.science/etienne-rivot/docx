--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -589,680 +589,680 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Change of support for zero-inflated data: deriving fine-scale species distribution inferences from spatially aggregated data</w:t>
+                <w:t xml:space="preserve">Modelling the impact of hypoxia on critical essential fish habitats throughout the life cycle of exploited marine species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Alglave</w:t>
+                <w:t xml:space="preserve">Juliette Champagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Mourguiart</w:t>
+                <w:t xml:space="preserve">Elliot John Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kasper Kristensen</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jrsssc/qlaf056⟩</w:t>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 82, (5), pp.fsae178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fsae178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05361179v1</w:t>
+                <w:t xml:space="preserve">hal-05086177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SalmoGlob – Un nouveau modèle pour l’évaluation des stocks de saumon atlantique à l’échelle de l’Atlantique Nord</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Rivot</w:t>
+                <w:t xml:space="preserve">Proper account of auto-correlations improves decoding performances of state-space (semi) Markov models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Olmos</w:t>
+                <w:t xml:space="preserve">Pierre Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Lemaire-Patin</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Hernvann</w:t>
+                <w:t xml:space="preserve">Sophie Lanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Nevoux</w:t>
+                <w:t xml:space="preserve">Rocío Joo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 47, pp.9154. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/revue-set.2025.47.9154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.535⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04963326v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547315v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the impact of hypoxia on critical essential fish habitats throughout the life cycle of exploited marine species</w:t>
+                <w:t xml:space="preserve">Change of support for zero-inflated data: deriving fine-scale species distribution inferences from spatially aggregated data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Champagnat</w:t>
+                <w:t xml:space="preserve">Baptiste Alglave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elliot John Brown</w:t>
+                <w:t xml:space="preserve">Bastien Mourguiart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper Kristensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Woillez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fsae178⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Statistical Society: Series C Applied Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.qlaf056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jrsssc/qlaf056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05086177v1</w:t>
+                <w:t xml:space="preserve">hal-05361179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proper account of auto-correlations improves decoding performances of state-space (semi) Markov models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le projet PastSatAb pour reconstruire des séries temporelles d’abondance et de taux d’exploitation du saumon atlantique en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gloaguen</w:t>
+                <w:t xml:space="preserve">Clément Lebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Pierre Etienne</w:t>
+                <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Lanco</w:t>
+                <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rocío Joo</w:t>
+                <w:t xml:space="preserve">Mathieu Buoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e38. </w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.535⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/revue-set.2025.47.8498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04547315v4</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05107836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet PastSatAb pour reconstruire des séries temporelles d’abondance et de taux d’exploitation du saumon atlantique en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SalmoGlob – Un nouveau modèle pour l’évaluation des stocks de saumon atlantique à l’échelle de l’Atlantique Nord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Lebot</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Maxime Olmos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Lemaire-Patin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Hernvann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Buoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 47, </w:t>
+              <w:t xml:space="preserve">, 2025, 47, pp.9154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/revue-set.2025.47.8498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/revue-set.2025.47.9154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05107836v1</w:t>
+                <w:t xml:space="preserve">hal-04963326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme MigrenMer : synthèse et valorisation des connaissances disponibles sur les migrateurs amphihalins en mer</w:t>
               </w:r>
@@ -1395,51 +1395,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rénovation de la gestion du saumon en Bretagne : le projet RENOSAUM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lebot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaulaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1644,265 +1644,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pôle pour la gestion des migrateurs amphihalins dans leur environnement (MIAME) Bilan d'activité 2019-2024</w:t>
+                <w:t xml:space="preserve">Analyzing the precision of discrete kernel regression by Bayesian modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Roussel</w:t>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Acolas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/Revue-SET.2025.47.9420⟩</w:t>
+              <w:t xml:space="preserve">Communications in Statistics: Case Studies, Data Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23737484.2025.2541241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05086444v1</w:t>
+                <w:t xml:space="preserve">hal-05208858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing the precision of discrete kernel regression by Bayesian modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le pôle pour la gestion des migrateurs amphihalins dans leur environnement (MIAME) Bilan d'activité 2019-2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Acolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Acou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Rivot</w:t>
+                <w:t xml:space="preserve">Guillaume Evanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jaeger</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quentin Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Statistics: Case Studies, Data Analysis and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-24. </w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, La gestion des migrateurs amphihalins dans leur environnement en France, 47, pp.9420. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/23737484.2025.2541241⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-SET.2025.47.9420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208858v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05086444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi‐population approach supports common patterns in marine growth and maturation decision in Atlantic salmon ( Salmo salar L.) from southern Europe</w:t>
               </w:r>
@@ -2126,90 +2126,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating fish reproduction phenology and essential habitats by identifying the main spatio-temporal patterns of fish distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Alglave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Casemajor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2388,144 +2388,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential impacts of the restoration of coastal and estuarine nurseries on the stock dynamics of fisheries species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifying mature fish aggregation areas during spawning season by combining catch declarations and scientific survey data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Alglave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maël Gernez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliette Champagnat</w:t>
+                <w:t xml:space="preserve">Youen Vermard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Le Pape</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Woillez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 295, pp.108557. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 80 (5), pp.cjfas-2022-0110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecss.2023.108557⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/cjfas-2022-0110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04282535v1</w:t>
+                <w:t xml:space="preserve">hal-04037065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the distribution of rare and data-poor diadromous fish at sea for protected area management</w:t>
               </w:r>
@@ -2643,157 +2656,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying mature fish aggregation areas during spawning season by combining catch declarations and scientific survey data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potential impacts of the restoration of coastal and estuarine nurseries on the stock dynamics of fisheries species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Gernez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Alglave</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Youen Vermard</w:t>
+                <w:t xml:space="preserve">Juliette Champagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Woillez</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 80 (5), pp.cjfas-2022-0110. </w:t>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 295, pp.108557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/cjfas-2022-0110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2023.108557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04037065v1</w:t>
+                <w:t xml:space="preserve">hal-04282535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fisheries-dependent and -Independent data used to model the distribution of diadromous fish at-sea</w:t>
               </w:r>
@@ -2911,546 +2911,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting how environmental conditions and smolt body length when entering the marine environment impact individual Atlantic salmon Salmo salar adult return rates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Taking full advantage of the diverse assemblage of data at hand to produce time series of abundance. A case study on Atlantic salmon populations of Brittany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Lebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Andrée Arago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beaulaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Meredith Simmons</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Gaëlle Germis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Riley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jfb.14946⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 79 (4), pp.533-547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/cjfas-2020-0368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03760745v1</w:t>
+                <w:t xml:space="preserve">hal-03401246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining scientific survey and commercial catch data to map fish distribution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Alglave</w:t>
+                <w:t xml:space="preserve">Bayesian inference in based-kernel regression: comparison of count data of condition factor of fish in pond systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jaeger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fsac032⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (3), pp.676-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02664763.2020.1830953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03614713v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02974908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking full advantage of the diverse assemblage of data at hand to produce time series of abundance. A case study on Atlantic salmon populations of Brittany</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Nevoux</w:t>
+                <w:t xml:space="preserve">Combining scientific survey and commercial catch data to map fish distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Alglave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Woillez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Thorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/cjfas-2020-0368⟩</w:t>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 79 (4), pp.1133-1149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fsac032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03401246v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian inference in based-kernel regression: comparison of count data of condition factor of fish in pond systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Jaeger</w:t>
+                <w:t xml:space="preserve">Predicting how environmental conditions and smolt body length when entering the marine environment impact individual Atlantic salmon Salmo salar adult return rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Meredith Simmons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Robert Britton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillipa Gillingham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Aubin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">William Riley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 49 (3), pp.676-693. </w:t>
+              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 101 (2), pp.378-388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02664763.2020.1830953⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jfb.14946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02974908v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The likely suspects framework: the need for a life cycle approach for managing Atlantic salmon ( Salmo salar ) stocks across multiple scales</w:t>
               </w:r>
@@ -3704,51 +3704,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EcoDiet: A hierarchical Bayesian model to combine stomach, biotracer, and literature data into diet matrix estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Hernvann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4102,51 +4102,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidisciplinary assessment of nearshore nursery habitat restoration for an exploited population of marine fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Champagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4344,90 +4344,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial synchrony in the response of a long range migratory species ( Salmo salar ) to climate change in the North Atlantic Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark R Payne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4491,90 +4491,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-space modeling of multidecadal mark–recapture data reveals low adult dispersal in a nursery-dependent fish metapopulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Baillif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Vermard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 77 (2), pp.342-354. </w:t>
@@ -4606,291 +4606,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for spatial coherence in time trends of marine life history traits of Atlantic salmon in the North Atlantic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining multiple data sets to unravel the spatio-temporal dynamics of a data-limited fish stock.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Massiot-Granier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gerald Chaput</w:t>
+                <w:t xml:space="preserve">Cecilia Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian R Bradbury</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morgane Travers-Trolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jed Macdonald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youen Vermard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fish and Fisheries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/faf.12345⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 76 (8), pp.1338-1349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/cjfas-2018-0149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144031v1</w:t>
+                <w:t xml:space="preserve">hal-01891429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining multiple data sets to unravel the spatio-temporal dynamics of a data-limited fish stock.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cecilia Pinto</w:t>
+                <w:t xml:space="preserve">Evidence for spatial coherence in time trends of marine life history traits of Atlantic salmon in the North Atlantic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Travers-Trolet</w:t>
+                <w:t xml:space="preserve">Félix Massiot-Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jed Macdonald</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ian R Bradbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Fisheries and Aquatic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 76 (8), pp.1338-1349. </w:t>
+              <w:t xml:space="preserve">Fish and Fisheries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (2), pp.322-342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/cjfas-2018-0149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/faf.12345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01891429v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02144031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlantic salmon return rate increases with smolt length</w:t>
               </w:r>
@@ -4902,64 +4902,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Gregory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Ibbotson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Riley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasmus Lauridsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5062,51 +5062,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Du Pontavice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 142, pp.91 - 100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5179,51 +5179,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Savina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 201, pp.95-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5568,51 +5568,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Montorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Baglinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5793,90 +5793,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is speed through water a better proxy for fishing activities than speed over ground?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gloaguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Woillez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Mahevas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Vermard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5936,77 +5936,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adult-mediated connectivity affects inferences on population dynamics and stock assessment of nursery-dependent fish populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Baulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Vermard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6444,1000 +6444,1000 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density-dependence can be revealed by modelling the variance in the stock-recruitment process: an application to flatfish</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bousquet</w:t>
+                <w:t xml:space="preserve">A hierarchical bayesian model to quantify uncertainty of stream water temperature forecasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Baglinière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fst203⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (12), pp.e115659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0115659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01123122v1</w:t>
+                <w:t xml:space="preserve">hal-01210251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedding stock assessment within an integrated hierarchical Bayesian life cycle modelling framework : an application to Atlantic salmon in the Northeast Atlantic</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Density-dependence can be revealed by modelling the variance in the stock-recruitment process: an application to flatfish</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Archambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 71 (7), pp.1653-1670. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fst240⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 71 (8), pp.2127-2140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fst203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210198v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hierarchical bayesian model to quantify uncertainty of stream water temperature forecasts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Baglinière</w:t>
+                <w:t xml:space="preserve">Embedding stock assessment within an integrated hierarchical Bayesian life cycle modelling framework : an application to Atlantic salmon in the Northeast Atlantic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Massiot-Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Prévost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ted Potter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan White</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gordon Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (12), pp.e115659. </w:t>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 71 (7), pp.1653-1670. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0115659⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fst240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210251v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing stocks in data-poor African fisheries: a case study on the white grouper [i]Epinephelus aeneus[/i] of Mauritania</w:t>
+                <w:t xml:space="preserve">A hierarchical Bayesian model for embedding larval drift and habitat models in integrated life cycles for exploited fish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier D. Gascuel</w:t>
+                <w:t xml:space="preserve">Sébastien Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Journal of Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 35 (2), pp.253-267. </w:t>
+              <w:t xml:space="preserve">Ecological Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (7), pp.1659-1676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2989/1814232x.2013.798244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1890/12-0336.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210193v1</w:t>
+                <w:t xml:space="preserve">hal-01210194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hierarchical Bayesian model for embedding larval drift and habitat models in integrated life cycles for exploited fish</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accounting for age uncertainty in growth modeling, the case study of yellowfin tuna (Thunnus albacares) of the Indian Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Dortel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Rochette</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Vigneau</w:t>
+                <w:t xml:space="preserve">F. Massiot-Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Million</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1890/12-0336.1⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (4), pp.e60886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210194v1</w:t>
+                <w:t xml:space="preserve">ird-00833540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accounting for age uncertainty in growth modeling, the case study of yellowfin tuna (Thunnus albacares) of the Indian Ocean</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Massiot-Granier</w:t>
+                <w:t xml:space="preserve">Assessing stocks in data-poor African fisheries: a case study on the white grouper [i]Epinephelus aeneus[/i] of Mauritania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 8 (4), pp.e60886. </w:t>
+              <w:t xml:space="preserve">African Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 35 (2), pp.253-267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0060886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2989/1814232x.2013.798244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-00833540v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model performance analysis for Bayesian biomass dynamics models using bias, precision and reliability metrics</w:t>
+                <w:t xml:space="preserve">Collapse of allis shad, Alosa alosa, in the Gironde system (southwest France): environmental change, fishing mortality, or Allee effect?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Ono</w:t>
+                <w:t xml:space="preserve">Thibault Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ae. Punt</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilaire Drouineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Castelnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fisheries Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fishres.2012.02.022⟩</w:t>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 69 (69), pp.1802-1811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fss149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00840507v1</w:t>
+                <w:t xml:space="preserve">hal-00841115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collapse of allis shad, Alosa alosa, in the Gironde system (southwest France): environmental change, fishing mortality, or Allee effect?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Model performance analysis for Bayesian biomass dynamics models using bias, precision and reliability metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hilaire Drouineau</w:t>
+                <w:t xml:space="preserve">K. Ono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Girardin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ae. Punt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fisheries Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 125-126 (125-126), pp.173-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fishres.2012.02.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fss149⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00841115v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00840507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling hydrodynamic and individual-based models to simulate long-term larval supply to costal nursery areas</w:t>
               </w:r>
@@ -7462,51 +7462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Huret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fisheries Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 21 (4), pp.229-242. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7534,307 +7534,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00840500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitat carrying capacity is reached for the European eel in a small coastal catchment: evidence and implications for managing eel stocks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne Rivot</w:t>
+                <w:t xml:space="preserve">A future for marine fisheries in Europe (Manifesto of the Association Francaise d'Halieumetrie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Gascuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan A van Gils</w:t>
+                <w:t xml:space="preserve">André Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Legault</w:t>
+                <w:t xml:space="preserve">Patrice Guillotreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Ysnel</w:t>
+                <w:t xml:space="preserve">Francis Laloe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 56 (5), pp.952-968. </w:t>
+              <w:t xml:space="preserve">Fisheries Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109 (1), pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2427.2010.02540.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fishres.2011.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00808029v1</w:t>
+                <w:t xml:space="preserve">hal-00730149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A future for marine fisheries in Europe (Manifesto of the Association Francaise d'Halieumetrie)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bez</w:t>
+                <w:t xml:space="preserve">Habitat carrying capacity is reached for the European eel in a small coastal catchment: evidence and implications for managing eel stocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Acou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan A van Gils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Forest</w:t>
+                <w:t xml:space="preserve">Antoine Legault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Guillotreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francis Laloe</w:t>
+                <w:t xml:space="preserve">Frédéric Ysnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fisheries Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 56 (5), pp.952-968. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2427.2010.02540.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fishres.2011.02.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00730149v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of water temperature and density of juvenile salmonids on growth of young-of-the-year Atlantic salmon Salmo salar</w:t>
               </w:r>
@@ -7846,51 +7846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Piou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7956,436 +7956,436 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévoir les pucerons : un modèle et des pièges</w:t>
+                <w:t xml:space="preserve">Hierarchical Bayesian Modelling of plant colonisation by winged aphids: Inferring dispersal processes by linking aerial and field count data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-Antoine Dedryver</w:t>
+                <w:t xml:space="preserve">F. Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Hullé</w:t>
+                <w:t xml:space="preserve">C.A. Dedryver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 221 (15), pp.1770-1778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2010.04.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01453789v1</w:t>
+                <w:t xml:space="preserve">hal-00729526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical Bayesian Modelling of plant colonisation by winged aphids: Inferring dispersal processes by linking aerial and field count data</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+                <w:t xml:space="preserve">Effect of nursery habitat degradation on flatfish population: Application to Solea solea in the Eastern Channel (Western Europe)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Hulle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mackinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2010.04.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 64 (1-2), pp.34-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.seares.2009.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00729526v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of nursery habitat degradation on flatfish population: Application to Solea solea in the Eastern Channel (Western Europe)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Rochette</w:t>
+                <w:t xml:space="preserve">Prévoir les pucerons : un modèle et des pièges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Antoine Dedryver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Hullé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Plantegenest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sea Research (JSR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 638, pp.50-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00729486v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01453789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian state-space modelling of the De Lury depletion model: strengths and limitations of the method, and application to the Moroccan octopus fishery</w:t>
               </w:r>
@@ -8482,355 +8482,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying fishing trip behaviour and estimating fishing effort from VMS data using Bayesian Hidden Markov Models</w:t>
+                <w:t xml:space="preserve">The duration of migration of Atlantic Anguilla larvae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Vermard</w:t>
+                <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Castonguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Marchal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier D. Gascuel</w:t>
+                <w:t xml:space="preserve">Richard Sabatié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 221 (15), pp.1757-1769. </w:t>
+              <w:t xml:space="preserve">Fish and Fisheries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11 (3), pp.289-306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2010.04.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-2979.2010.00362.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00729534v1</w:t>
+                <w:t xml:space="preserve">hal-00729630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The duration of migration of Atlantic Anguilla larvae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifying fishing trip behaviour and estimating fishing effort from VMS data using Bayesian Hidden Markov Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Vermard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Rivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
+                <w:t xml:space="preserve">S. Mahevas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Castonguay</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Le Pape</w:t>
+                <w:t xml:space="preserve">P. Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Gascuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fish and Fisheries</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 221 (15), pp.1757-1769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2010.04.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1467-2979.2010.00362.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00729630v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00729534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimates of the mortality and the duration of the trans-Atlantic migration of European eel Anguilla anguilla leptocephali using a particle tracking model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bonhommeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Gascuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Blanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8933,51 +8933,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jouanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Riera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9019,51 +9019,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How fast can the European eel (Anguilla anguilla) larvae cross the Atlantic Ocean?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Blanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9166,51 +9166,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Bayesian modelling with habitat and time covariates for estimating riverine fish population size by successive removal method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Cuzol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9283,51 +9283,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuations in European eel (Anguilla anguilla) recruitment resulting from environmental changes in the Sargasso Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9387,51 +9387,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of climate on eel populations of the Northern Hemisphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bonhommeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9680,51 +9680,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dynamic metapopulation model for the Atlantic salmon (Salmo salar). Consequences for management.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9917,51 +9917,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bayesian state-space modelling framework for fitting a salmon stage-structured population dynamic model to multiple time series of field data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Parent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10173,64 +10173,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le saumon atlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10281,51 +10281,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aide à la décision pour la régulation de l'exploitation des populations naturelles de saumon atlantique (Salmo salar)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10395,103 +10395,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PastSatAb - Reconstruction of historical time series of salmon abundance and exploitation rates in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lebot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Beaulaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Buoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pôle OFB-INRAE-Institut Agro-UPPA pour la gestion des migrateurs amphihalins dans leur environnement. 2025, pp.86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -10625,229 +10625,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04449323v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of freshwater and marine productivity in defining the overall outcome for an Atlantic salmon population</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne Prévost</w:t>
+                <w:t xml:space="preserve">Estimer l'importance des habitats halieutiques essentiels pour le renouvellement des populations marines exploitées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Champagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">CNL(23)52, North Atlantic Salmon Conservation Organization. 2023, 10 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut Agro Rennes-Angers. 2023, 37 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495907v1</w:t>
+                <w:t xml:space="preserve">hal-04473733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimer l'importance des habitats halieutiques essentiels pour le renouvellement des populations marines exploitées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juliette Champagnat</w:t>
+                <w:t xml:space="preserve">The role of freshwater and marine productivity in defining the overall outcome for an Atlantic salmon population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Nevoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Buoro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Lasne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Institut Agro Rennes-Angers. 2023, 37 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNL(23)52, North Atlantic Salmon Conservation Organization. 2023, 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473733v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Second ICES/NASCO Workshop on Salmon Mortality at Sea (WKSalmon2; outputs from 2022 meeting)</w:t>
               </w:r>
@@ -11182,90 +11182,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SalmoGlob - ToolBoxWGNAS. Développement d’un nouveau modèle pour l’évaluation des stocks de saumon atlantique à l’échelle de l’Atlantique Nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Nevoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Buoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] OFB; INRAE; Institut Agro - Agrocampus Ouest; UPPA. 2020, 75 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -11304,77 +11304,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hierarchical life cycle model for Atlantic salmon stock assessment at the North Atlantic basin scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Rivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Olmos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Prévost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] CES WGNAS Working Paper 2019/26, Agrocampus Ouest. 2019, 83 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -11608,51 +11608,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4260A62B"/>
+    <w:nsid w:val="90219C77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11756,51 +11756,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="DC9D828F"/>
+    <w:nsid w:val="EA8B5823"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11904,51 +11904,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="8F3BB2A7"/>
+    <w:nsid w:val="32A4DEAB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12141,51 +12141,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-rivot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5442-121X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/091980895" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228611v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien April" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hlynur Bardarson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Ahlbeck-Bergendahl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geir H. Bolstad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Breau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17895/ices.pub.7923" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840508v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Parent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rivot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361179v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alglave" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mourguiart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Kristensen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Woillez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jrsssc/qlaf056" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963326v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Olmos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lemaire-Patin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Hernvann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nevoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2025.47.9154" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086177v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Champagnat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot John Brown" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae178" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547315v4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gloaguen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Etienne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lanco" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Joo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.535" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107836v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lebot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pr&#233;vost" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Buoro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2025.47.8498" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042770v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dubost" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Elliott" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Acou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaulaton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Toison" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2025.47.8450" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938526v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Prevost" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Arago" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lepr&#233;vost" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2025.47." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365336v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bordes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andrieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Doray" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.70177" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086444v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Acolas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evanno" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Josset" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2025.47.9420" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208858v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23737484.2025.2541241" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265790v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Tr&#233;hin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Santanbien" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Patin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Gregory" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.15567" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563487v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Champagnat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rivot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Le Pape" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12821" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676174v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Casemajor" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae099" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592334v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14664" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282535v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Gernez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108557" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03918726v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A M Elliott" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie R&#233;veillac" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2022.102924" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037065v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Vermard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2022-0110" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04085090v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A.M. Elliott" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Deleys" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109107" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760745v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Meredith Simmons" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert Britton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipa Gillingham" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Riley" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.14946" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614713v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Thorson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsac032" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401246v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Germis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2020-0368" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02974908v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2020.1830953" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760721v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bull" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gregory" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sheehan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ensing" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsac099" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Diack" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Bull" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Akenhead" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van der Stap" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett C. Johnson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2022.101746" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760050v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gascuel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Kopp" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Robert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2521" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206392v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A. M. Elliott" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01113" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03223271v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lamireau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Meslier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Besnard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2020-0236" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686599v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lecomte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Douchet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13881" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634655v3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Parent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Boreux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ancelet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02613874v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R Payne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Chaput" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14913" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02611835v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Baillif" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2019-0037" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02144031v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massiot-Granier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian R Bradbury" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12345" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01891429v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pinto" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Travers-Trolet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jed Macdonald" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2018-0149" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02272105v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Ibbotson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Lauridsen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsz066" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01885896v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Randon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Du Pontavice" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2018.09.012" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01843598v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Archambault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Savina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.12.009" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01558425v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myron A. Peck" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Arvanitidis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momme Butensch&#246;n" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donata Melaku Canu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Chatzinikolaou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.05.019" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01821208v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bret" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capra" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouraud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Piffady" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2016-0240" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01561009v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Montorio" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baglini&#232;re" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.13314" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01561014v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alemany" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foucher" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vigneau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Robin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2017.03.010" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453900v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mahevas" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2016023" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01415891v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Archambault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Baulier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu V&#233;ron" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2016.03.023" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210266v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dortel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Sardenne" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bousquet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Million" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2014.07.006" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01560373v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gloaguen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mah&#233;vas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Woillez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283660v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gloaguen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mah&#233;vas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Woillez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guitton" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.2319" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123122v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fst203" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210198v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Potter" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Smith" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fst240" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210251v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan White" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115659" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210193v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Gascuel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2989/1814232x.2013.798244" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210194v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rochette" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/12-0336.1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00833540v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Massiot-Granier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hallier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060886" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840507v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ono" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ae. Punt" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2012.02.022" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HB0920XG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841115v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rougier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Drouineau" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Girardin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Castelnaud" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fss149" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840500v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rochette" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huret" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2419.2012.00621.x" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00808029v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan A van Gils" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Legault" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ysnel" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2427.2010.02540.x" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K98TNJDR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730149v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Forest" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guillotreau" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Laloe" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2011.02.002" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453810v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Piou" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8649.2011.02902.x" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K2S3C4Z9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453789v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Dedryver" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hull&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729526v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Dedryver" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hulle" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2010.04.006" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-75H7KXQZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729486v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mackinson" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Riou" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2009.08.003" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-35VWLBH5-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729449v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Faraj" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murdoc Mcallister" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsq020" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729534v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vermard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahevas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2010.04.005" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTX4DQDW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729630v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonhommeau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Castonguay" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sabati&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-2979.2010.00362.x" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453530v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonhommeau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blanke" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tr&#233;guier" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8649.2009.02298.x" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482807v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jouanin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Riera" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453533v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blanke" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grima" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2419.2009.00517.x" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197511v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cuzol" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/F07-153" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00549018v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chassot" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2419.2007.00453.x" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00368878v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Planque" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony H. Knap" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps07696" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453589v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Askey" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Post" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Parkinson" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Paul" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2006.09.009" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6QM9ML5N-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453685v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Porcher" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453609v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rifflart" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchand" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2005.11.018" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HVK5P6J3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674768v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Parent" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677607v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Saglio" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bretaud" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.H. Ols&#233;n" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-003-2223-6" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CAFECA3A79A3091F8A570B37577A095644F846F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301646v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453771v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128036v2" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04449323v3" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495907v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Lasne" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04473733v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496218v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Banas" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Bean" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geir H Bolstad" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Campbell" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196993v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Chaput" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Ensing" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233520v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie a M Elliott" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Reveillac" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138237v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02138869v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184250v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Bradbury" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-rivot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5442-121X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/091980895" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228611v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien April" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hlynur Bardarson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Ahlbeck-Bergendahl" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geir H. Bolstad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Breau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17895/ices.pub.7923" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840508v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Parent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rivot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086177v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Champagnat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot John Brown" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae178" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547315v4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gloaguen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Etienne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lanco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Joo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.535" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361179v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alglave" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mourguiart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Kristensen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Woillez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jrsssc/qlaf056" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107836v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lebot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nevoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pr&#233;vost" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Buoro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2025.47.8498" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963326v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Olmos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Lemaire-Patin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Hernvann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2025.47.9154" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042770v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Dubost" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Elliott" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Acou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaulaton" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Toison" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-set.2025.47.8450" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938526v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Prevost" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Andr&#233;e Arago" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lepr&#233;vost" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2025.47." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365336v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bordes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andrieux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Doray" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.70177" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208858v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaeger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23737484.2025.2541241" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086444v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Acolas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evanno" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Josset" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2025.47.9420" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265790v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Tr&#233;hin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Santanbien" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Patin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Gregory" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.15567" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563487v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Champagnat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rivot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Le Pape" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12821" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676174v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Casemajor" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsae099" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592334v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14664" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037065v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Vermard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2022-0110" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03918726v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A M Elliott" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie R&#233;veillac" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2022.102924" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282535v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Gernez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108557" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-04085090v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A.M. Elliott" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Deleys" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109107" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401246v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Germis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2020-0368" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02974908v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2020.1830953" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614713v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Thorson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsac032" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760745v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Meredith Simmons" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert Britton" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipa Gillingham" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Riley" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.14946" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760721v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bull" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Gregory" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sheehan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ensing" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsac099" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Diack" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Bull" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Akenhead" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim van der Stap" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett C. Johnson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2022.101746" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760050v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gascuel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Kopp" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Robert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2521" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206392v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie A. M. Elliott" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01113" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03223271v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Lamireau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Meslier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Besnard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2020-0236" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686599v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lecomte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Douchet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13881" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634655v3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Parent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Boreux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ancelet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02613874v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R Payne" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Chaput" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14913" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02611835v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Baillif" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2019-0037" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01891429v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Pinto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Travers-Trolet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jed Macdonald" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2018-0149" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02144031v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massiot-Granier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian R Bradbury" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/faf.12345" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02272105v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Ibbotson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmus Lauridsen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsz066" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01885896v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Randon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Du Pontavice" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2018.09.012" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01843598v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Archambault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Savina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.12.009" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01558425v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myron A. Peck" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Arvanitidis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momme Butensch&#246;n" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donata Melaku Canu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Chatzinikolaou" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.05.019" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01821208v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bret" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capra" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gouraud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Piffady" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjfas-2016-0240" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01561009v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Montorio" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Baglini&#232;re" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.13314" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01561014v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alemany" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foucher" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vigneau" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Robin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2017.03.010" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453900v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mahevas" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2016023" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01415891v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Archambault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Baulier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu V&#233;ron" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2016.03.023" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210266v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dortel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Sardenne" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bousquet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Million" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2014.07.006" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01560373v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gloaguen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mah&#233;vas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Woillez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283660v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gloaguen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mah&#233;vas" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Woillez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guitton" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/env.2319" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210251v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan White" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115659" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123122v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fst203" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210198v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Potter" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Smith" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fst240" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210194v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rochette" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/12-0336.1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00833540v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Massiot-Granier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hallier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0060886" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210193v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Gascuel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2989/1814232x.2013.798244" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841115v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rougier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lambert" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Drouineau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Girardin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Castelnaud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fss149" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840507v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ono" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ae. Punt" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2012.02.022" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HB0920XG-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840500v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rochette" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huret" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2419.2012.00621.x" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730149v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Forest" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guillotreau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Laloe" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2011.02.002" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00808029v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan A van Gils" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Legault" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ysnel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2427.2010.02540.x" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K98TNJDR-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453810v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Piou" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8649.2011.02902.x" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K2S3C4Z9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729526v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fabre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Dedryver" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Plantegenest" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hulle" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2010.04.006" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-75H7KXQZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729486v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mackinson" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Riou" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seares.2009.08.003" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-35VWLBH5-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453789v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Dedryver" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Hull&#233;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729449v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Faraj" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murdoc Mcallister" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsq020" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729630v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bonhommeau" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Castonguay" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sabati&#233;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-2979.2010.00362.x" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729534v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Vermard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahevas" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marchal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2010.04.005" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTX4DQDW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453530v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bonhommeau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blanke" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tr&#233;guier" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8649.2009.02298.x" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482807v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jouanin" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Riera" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453533v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blanke" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grima" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2419.2009.00517.x" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197511v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cuzol" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/F07-153" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00549018v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chassot" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2419.2007.00453.x" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00368878v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Planque" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony H. Knap" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps07696" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453589v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Askey" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Post" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Parkinson" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Paul" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2006.09.009" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6QM9ML5N-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453685v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Porcher" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453609v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rifflart" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marchand" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2005.11.018" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HVK5P6J3-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674768v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Parent" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677607v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Saglio" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bretaud" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.H. Ols&#233;n" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-003-2223-6" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CAFECA3A79A3091F8A570B37577A095644F846F1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301646v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453771v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128036v2" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04449323v3" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04473733v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495907v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Lasne" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496218v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Banas" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Bean" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geir H Bolstad" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Campbell" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196993v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Chaput" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Ensing" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233520v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie a M Elliott" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Reveillac" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138237v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02138869v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184250v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Bradbury" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>