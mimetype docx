--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -438,295 +438,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An untargeted data mining strategy for extracting chemical exposome signatures from LC-HRMS data: Application to meconium for early-life exposure assessment</w:t>
+                <w:t xml:space="preserve">Nontargeted urine metabolomic analysis of acute intermittent porphyria reveals novel interactions between bile acids and heme metabolism: New promising biomarkers for the long‐term management of patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan Saunier</w:t>
+                <w:t xml:space="preserve">Thibaud Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Venot</w:t>
+                <w:t xml:space="preserve">Thibaut Eguether</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blanche Guillon</w:t>
+                <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
+                <w:t xml:space="preserve">Antoine Poli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Castelli</w:t>
+                <w:t xml:space="preserve">Emeline Chu-Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1379, pp.344751. </w:t>
+              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.344751⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jimd.12809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447337v1</w:t>
+                <w:t xml:space="preserve">hal-04863195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nontargeted urine metabolomic analysis of acute intermittent porphyria reveals novel interactions between bile acids and heme metabolism: New promising biomarkers for the long‐term management of patients</w:t>
+                <w:t xml:space="preserve">An untargeted data mining strategy for extracting chemical exposome signatures from LC-HRMS data: Application to meconium for early-life exposure assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Lefebvre</w:t>
+                <w:t xml:space="preserve">Dylan Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Eguether</w:t>
+                <w:t xml:space="preserve">Éric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Thévenot</w:t>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Poli</w:t>
+                <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Chu-Van</w:t>
+                <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inherited Metabolic Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 48 (1), </w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1379, pp.344751. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jimd.12809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.344751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863195v1</w:t>
+                <w:t xml:space="preserve">hal-05447337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mineMS2: annotation of spectral libraries with exact fragmentation patterns</w:t>
               </w:r>
@@ -738,51 +738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Delabrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Gianfrotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelaure Damont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1380,265 +1380,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04080762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t>
+                <w:t xml:space="preserve">ptairMS: real-time processing and analysis of PTR-TOF-MS data for biomarker discovery in exhaled breath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Paulhe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annelaure Damont</w:t>
+                <w:t xml:space="preserve">Camille Roquencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stanislas Grassin-Delyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Thévenot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (7), pp.1930-1937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btac031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695453v1</w:t>
+                <w:t xml:space="preserve">cea-03598858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ptairMS: real-time processing and analysis of PTR-TOF-MS data for biomarker discovery in exhaled breath</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Paulhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelaure Damont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Roquencourt</w:t>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas Grassin-Delyle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 38 (7), pp.1930-1937. </w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (6), pp.40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btac031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03598858v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03695453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiplatform metabolomics for an integrative exploration of metabolic syndrome in older men</w:t>
               </w:r>
@@ -1676,51 +1676,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EBioMedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 69, </w:t>
@@ -1797,51 +1797,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Rompais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Selloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Mouton-Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1944,51 +1944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Aguesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (11), pp.759. </w:t>
@@ -2026,64 +2026,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomics of exhaled breath in critically ill COVID-19 patients: A pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Grassin-Delyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roquencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Moine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2869,51 +2869,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Delporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piet Stoffelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nausicaa Noret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2958,295 +2958,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01765677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The future of metabolomics in ELIXIR</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">proFIA: A data preprocessing workflow for Flow Injection Analysis coupled to High-Resolution Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Delabrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. van Rijswijk</w:t>
+                <w:t xml:space="preserve">Ulli A Hohenester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Beirnaert</w:t>
+                <w:t xml:space="preserve">Benoit A Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Caron</w:t>
+                <w:t xml:space="preserve">Christophe A Junot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Cascante</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Dominguez</w:t>
+                <w:t xml:space="preserve">François A Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F1000Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12688/f1000research.12342.2⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (23), pp.3767-3775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01630635v1</w:t>
+                <w:t xml:space="preserve">hal-01574347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">proFIA: A data preprocessing workflow for Flow Injection Analysis coupled to High-Resolution Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Delabrière</w:t>
+                <w:t xml:space="preserve">The future of metabolomics in ELIXIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. van Rijswijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulli A Hohenester</w:t>
+                <w:t xml:space="preserve">C. Beirnaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit A Colsch</w:t>
+                <w:t xml:space="preserve">C. Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe A Junot</w:t>
+                <w:t xml:space="preserve">M. Cascante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François A Fenaille</w:t>
+                <w:t xml:space="preserve">V. Dominguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 33 (23), pp.3767-3775. </w:t>
+              <w:t xml:space="preserve">F1000Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (Version 2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx458⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12688/f1000research.12342.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574347v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Create, run, share, publish, and reference your LC-MS, FIA-MS, GC-MS, and NMR data analysis workflows with the Workflow4Metabolomics 3.0 Galaxy online infrastructure for metabolomics</w:t>
               </w:r>
@@ -3405,51 +3405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Job</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3539,51 +3539,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samia Boudah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Junot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3617,51 +3617,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the Human Adult Urinary Metabolome Variations with Age, Body Mass Index, and Gender by Implementing a Comprehensive Workflow for Univariate and OPLS Statistical Analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3894,51 +3894,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of collection conditions on the metabolite content of human urine samples as analyzed by liquid chromatography coupled to mass spectrometry and nuclear magnetic resonance spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4203,51 +4203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oneeb Nasir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyssa Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4296,277 +4296,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of FUT2/FUT3 polymorphism on human breastmilk oligosaccharide composition in the EDEN mother-child cohort</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic search for chemical exposure markers in LC-HRMS metabolomic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Behkti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
+              <w:t xml:space="preserve">15èmes Journées Scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04351464v1</w:t>
+                <w:t xml:space="preserve">hal-04644047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic search for chemical exposure markers in LC-HRMS metabolomic data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of FUT2/FUT3 polymorphism on human breastmilk oligosaccharide composition in the EDEN mother-child cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaïl Berdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Behkti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Blanche Guillon</w:t>
+                <w:t xml:space="preserve">Sophie Cholet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04644047v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04351464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technological developments and opportunities with Workflow4Metabolomics</w:t>
               </w:r>
@@ -4815,77 +4815,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an automated bioinformatic workflow to assess oligosaccharide composition of early breast milk samples from LC-HRMS data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaïl Berdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghita Tajeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4921,307 +4921,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and characterization of electronic noses for the rapid detection of COVID-19 in exhaled breath</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Naline</w:t>
+                <w:t xml:space="preserve">Integrated Multi-omics of early breast milk constituents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Broc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaïl Berdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Venot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Franco-Spanish Workshop CMC2-IBERNAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Arcachon, France. </w:t>
+              <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on computaional biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03713273v1</w:t>
+                <w:t xml:space="preserve">hal-03739277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated Multi-omics of early breast milk constituents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Colsch</w:t>
+                <w:t xml:space="preserve">Development and characterization of electronic noses for the rapid detection of COVID-19 in exhaled breath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ghazaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krystyna Biletska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Thévenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Devillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Naline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on computaional biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Virtuel, France</w:t>
+              <w:t xml:space="preserve">10th Franco-Spanish Workshop CMC2-IBERNAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Arcachon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03739277v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03713273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processing and analysis of PTR-TOF mass spectrometry data for biomarker discovery in exhaled breath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roquencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Grassin Delyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5311,64 +5311,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France. , 262 p., 2020, Oral and Poster Abstracts European RMF Metabomeeting 2020</w:t>
@@ -5391,320 +5391,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02505908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Molecular Profiling to Precision Medicine in Metabolic Syndrome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Castelli</w:t>
+                <w:t xml:space="preserve">Pre-conceptional maternal metabolic status influences hepatic metabolome in male offspring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Safi-Stibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Annual Conference of the Metabolomics Society (Metabolomics 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, La Haye, Netherlands. 300 p., 2019</w:t>
+              <w:t xml:space="preserve">World congress developmental origins of health and disease (DOHAD) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Melbourne, Australia. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02293580v1</w:t>
+                <w:t xml:space="preserve">hal-02408206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-conceptional maternal metabolic status influences hepatic metabolome in male offspring</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claudine Junien</w:t>
+                <w:t xml:space="preserve">From Molecular Profiling to Precision Medicine in Metabolic Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Monnerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Brandolini-Bunlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World congress developmental origins of health and disease (DOHAD) 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Melbourne, Australia. , 2019</w:t>
+              <w:t xml:space="preserve">15th Annual Conference of the Metabolomics Society (Metabolomics 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, La Haye, Netherlands. 300 p., 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408206v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02293580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized selection process to identify a metabolic syndrome metabolomic/lipidomic signature in older adults of the NuAge cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Lenuzza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Pétéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5772,51 +5772,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PeakForest: a spectral database and its toolbox, dedicated to the Metabolomics’ community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Paulhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duperier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5936,51 +5936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Paulhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Giacomoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6022,51 +6022,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PeakForest: a spectral reference database made from metabolomic experts for metabolomic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Paulhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6141,355 +6141,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workﬂow4Metabolomics: A collaborative research infrastructure for computational metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+                <w:t xml:space="preserve">New tools and workflows on W4M, the Galaxy metabolomic infrastructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Landi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Misharl Monsoor</w:t>
+                <w:t xml:space="preserve">Claire Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2015 (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques )</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">9e Journées scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Lille, France. , 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01214152v1</w:t>
+                <w:t xml:space="preserve">hal-02743697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New tools and workflows on W4M, the Galaxy metabolomic infrastructure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Workﬂow4Metabolomics: A collaborative research infrastructure for computational metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Landi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Lopez</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Misharl Monsoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Journées scientifiques du RFMF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JOBIM 2015 (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France. , 2015, JOBIM (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques ). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btu813⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743697v1</w:t>
+                <w:t xml:space="preserve">hal-01214152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral Database: from data model to web interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Paulhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Duperier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6826,77 +6826,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-negative matrix factorization of SWATH DIA data improves global metabolite identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Karaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dechaumet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annelaure Damont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Colsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fenaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7076,90 +7076,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le statut métabolique maternal préconceptionnel influence le métabolisme hépatique des descendants mâles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Safi-Stibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Congrès de la SF-Dohad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone-DOHaD. FRA., Nov 2018, Grenoble, France. pp.120</w:t>
@@ -7188,51 +7188,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PeakForest: a spectral reference database made from metabolomic experts for metabolomic analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Paulhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7528,51 +7528,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0B8D201A"/>
+    <w:nsid w:val="BD23D320"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7676,51 +7676,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="BBD8D7F0"/>
+    <w:nsid w:val="D85290C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7824,51 +7824,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="A01C582D"/>
+    <w:nsid w:val="A1D43DF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7972,51 +7972,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="CB2E355A"/>
+    <w:nsid w:val="CAEDF911"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8212,51 +8212,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-thevenot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1019-4577" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089423585" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/208954192" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000431972339" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447337v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Saunier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Venot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344751" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863195v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Eguether" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Th&#233;venot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12809" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406292v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Delabri&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Gianfrotta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s Hautbergue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-025-01051-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Delporte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf J. M. Weber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpz1.70095" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735796v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Jacquemin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Azevedo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Boluda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Th&#233;venot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14690667231218912" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188505v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena Cristina Barros Santos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence A Castelli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2023.117225" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04080762v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ghazaly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Biletska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Thevenot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Devillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naline" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1752-7163/acb9b2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03598858v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roquencourt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Grassin-Delyle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac031" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283772v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Monnerie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103440" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-03453736v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rompais" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Selloum" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mouton-Barbosa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-01095-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03653351v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poirier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cloteau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Billot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11110759" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03086093v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Saffroy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Carn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2020.103154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02543848v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanta Fall" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lamy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brollo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Lenuzza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230813" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867469v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Safi-Stibler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061572" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04562419v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Payam Emami Khoonsari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Moreno" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Bergmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Burman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Capuccini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz160" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488294v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2019.121780" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627233v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Peters" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bradbury" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cascante" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giy149" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01765677v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Souard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Stoffelen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Noret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.10.022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630635v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. van Rijswijk" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beirnaert" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cascante" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dominguez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.12342.2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574347v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli A Hohenester" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit A Colsch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A Junot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois A Fenaille" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx458" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574351v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas A Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2017.07.002" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868750v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duval" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Nicolas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Job" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13318-014-0239-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869335v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rinaudo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Boudah" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2016.00026" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01865435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Xu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ezan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00354" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123263v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misharl Monsoor" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Landi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pericard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu813" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864965v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Olivier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-014-0764-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920246v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie de Gois" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Houhou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshio Oda" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Corbex" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pajak" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M006895200" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035118v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oneeb Nasir" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Burger" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351464v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#239;l Berdi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cholet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04644047v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Behkti" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185176v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04081230v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351512v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Tajeddine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03713273v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739277v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Broc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colsch" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04933748v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Grassin Delyle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505908v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293580v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408206v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Junien" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736369v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A Morais" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744357v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duperier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger-Mele" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594987v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Emery" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742964v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214152v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743697v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lopez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742064v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743239v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mishari Monsoor" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03086461v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Robbe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Stoeckli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons Hester" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Roempp" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802338v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Karaki" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264362v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dallet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dup&#233;rier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736388v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742965v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798242v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cole" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-thevenot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1019-4577" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089423585" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/208954192" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000431972339" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863195v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lefebvre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Eguether" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Th&#233;venot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chu-Van" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jimd.12809" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447337v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Saunier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Venot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Guillon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dechaumet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.344751" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406292v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Delabri&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Gianfrotta" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s Hautbergue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13321-025-01051-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Delporte" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf J. M. Weber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpz1.70095" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735796v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Jacquemin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Azevedo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Boluda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Th&#233;venot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14690667231218912" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188505v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena Cristina Barros Santos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence A Castelli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2023.117225" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04080762v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ghazaly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Biletska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Thevenot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Devillier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naline" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1752-7163/acb9b2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03598858v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roquencourt" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Grassin-Delyle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac031" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283772v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Monnerie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brandolini-Bunlon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103440" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-03453736v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Imbert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rompais" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Selloum" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mouton-Barbosa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-01095-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03653351v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Poirier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cloteau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Billot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11110759" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03086093v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Saffroy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Carn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2020.103154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02543848v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanta Fall" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lamy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brollo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Lenuzza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230813" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867469v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Safi-Stibler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061572" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04562419v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Payam Emami Khoonsari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Moreno" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Bergmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Burman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Capuccini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz160" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488294v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2019.121780" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627233v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Peters" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bradbury" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cascante" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giy149" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01765677v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Souard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piet Stoffelen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa Noret" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.10.022" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574347v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli A Hohenester" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit A Colsch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe A Junot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois A Fenaille" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx458" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630635v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. van Rijswijk" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beirnaert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caron" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cascante" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dominguez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.12342.2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574351v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas A Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2017.07.002" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868750v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duval" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Nicolas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Job" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13318-014-0239-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01869335v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rinaudo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Boudah" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2016.00026" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01865435v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Xu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ezan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00354" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123263v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misharl Monsoor" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Landi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pericard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu813" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864965v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Olivier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-014-0764-5" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920246v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie de Gois" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Houhou" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshio Oda" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Corbex" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pajak" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M006895200" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035118v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oneeb Nasir" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Burger" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04644047v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Behkti" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351464v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#239;l Berdi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cholet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185176v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Joly" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04081230v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351512v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Tajeddine" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739277v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Broc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Colsch" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03713273v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04933748v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Grassin Delyle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505908v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408206v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Junien" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293580v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736369v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A Morais" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744357v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duperier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger-Mele" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594987v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Emery" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742964v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743697v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lopez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214152v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742064v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743239v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mishari Monsoor" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03086461v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Robbe" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Stoeckli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfons Hester" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Roempp" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802338v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Karaki" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264362v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dallet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dup&#233;rier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736388v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742965v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798242v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cole" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>