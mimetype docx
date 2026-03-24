--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -230,10660 +230,10669 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, A paraître, 21</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2026, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15tph⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05325555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intelligence artificielle et les raisonnements des magistrats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, pp.205</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">halshs-05124139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intelligence artificielle comme outil de compréhension du phénomène juridictionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Supplément au n°6, pp.6000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement automatique des langues naturelles comme outil de prédiction des jugements - Un pas à franchir entre le rêve et la réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Vaudaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, supplément au numéro 6, pp.6001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligence artificielle contre intelligence humaine - Comment l'esprit humain prédit les décisions des juges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Vaudaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, supplément au numéro 6, pp.6002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19, pp.311-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13wff⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04830336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La modélisation des décisions de justice à partir des faits - Comment l'IA imite les raisonnements des juges à partir d'une grille de critères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, supplément au n°6, pp.6004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04940031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La signature électronique qualifiée : Graal ou simple idole ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19, pp.311-329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13wff⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04805934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les interstices de la procédure pénale : à propos de la purge des nullités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Étienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 01, pp.127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05039538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les raisonnements probabilistes des juges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.542</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05006598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquêteurs privés ou justiciers ? L’enquête pénale menée par des citoyens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, pp.dossier 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géolocalisation en temps réel d'un téléphone : sauvetage d'une preuve illicite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 04, pp.208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04552780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des perquisitions civiles dans les cabinets d’avocats : quand le secret professionnel de l’avocat ne résiste pas au droit à la preuve de son client</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Avocats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 343, pp.N7785BZD</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recodification de la procédure pénale : la face cachée du droit constant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 01, pp.133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04559233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.109-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.7986⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama de procédure civile premier semestre 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 955, pp.N6457BZ8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique de procédure civile 2023-1 – Actualité des grandes notions de la procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 953, pp.N6213BZ7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconnaissance faciale en enquête pénale : une technique probatoire à la recherche de son autonomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualité 2022 de la procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 934, pp.N4271BZ9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel juge pour contrôler les atteintes aux libertés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.dossier 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve par l'image : symptôme d'un mal aigu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 01, pp.159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04070243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'audience de règlement amiable et la césure du procès civil : deux nouvelles procédures au service de la politique de l’amiable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Contentieux et recouvrement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.N6662BZR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les preuves numériques en sources fermées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.241</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.241-261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.6883⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03860992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama 2021 des arrêts de la Cour de cassation portant sur la procédure devant la cour d’appel (2de partie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 893, pp.N0263BZR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le juge face à la boîte noire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38, pp.1920</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03843489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama 2021 des arrêts de la Cour de cassation en procédure civile (1ère partie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 891, pp.N0103BZT</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile 2020 - Procédures écrite, orale et sans audience, la transformation du modèle procédural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 810, pp.N1932BY9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile 2020 - La procédure participative et la mise en état conventionnelle de l’affaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 810, pp.N1953BYY</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modèles de raisonnements probatoires des juges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.205</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 4, pp.689-704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdlj.2004.0689⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03061325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour sur les arrêts et textes marquants de l'année 2020 en procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 846, pp.N5531BYI</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuves scientifiques et technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L'intelligence artificielle comme outil de compréhension du phénomène juridictionnel</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.209-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.2963⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02993816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile 2020 - L’exécution provisoire : nouveau principe, nouveaux recours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 810, pp.N1951BYW</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La justice civile à l’heure du confinement : une procédure dérogatoire du 21ème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 820, pp.N2899BYZ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau parcours pénal des mineurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 01, pp.129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02880000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile 2020 - La demande devant le tribunal judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 810, pp.N1929BY4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuves spéciales : à la recherche de la preuve électronique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.209-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdst.2963⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04954810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géolocalisation des téléphones portables en matière pénale : lorsque les standards de protection de la vie privée divergent entre les systèmes juridiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.179</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve numérique, entre continuité et changement de paradigme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Justice Actualités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21, pp.16-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'outil procédural au service de l'efficacité (à propos de la lutte contre la fraude)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.155</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simplification et efficacité, les deux maîtres-mots de la réforme de la justice civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 782, pp.N8811BXM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure pénale : une loi fleuve, pour une justice au gré des courants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5, pp.étude 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme de la justice civile devant le législateur : entre petites et grandes révolutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 747, pp.N4736BXP</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expertise judiciaire versus expertise privée : le match se poursuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 765, pp.N6633BXX</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La procédure pénale au temps des confluences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, pp.153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les clauses de règlement amiable et leur sanction procédurale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 728, pp.N2348BXA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile de mai 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 705, pp.N9186BW7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement judiciaire de la preuve scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58 (3), pp.517-548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1041010ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile de mai 2017 - Deuxième partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 704, pp.N9031BWE</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La procédure pénale hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 03, pp.579</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La portée juridique du &amp;quot;donner acte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 682, pp.N5956BWI</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'article 145 du Code de procédure civile face au secret des affaires : la nouvelle donne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 708, pp.N9594BWA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le réexamen des décisions civiles en matière d'état des personnes : premières précisions sur l'application dans le temps de la loi &amp;quot;J21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 720, pp.N1311BXT</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prescription de l'action publique rénovée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 01, pp.91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lex Electronica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22, pp.15-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la procédure civile de mai 2017 - Première partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 703, pp.N8915BW4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme du droit de la preuve civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Supplément au n°6, pp.6000</w:t>
+              <w:t xml:space="preserve">, 2017, 18, pp.doctr. 510</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de l'organisation judiciaire et des modes alternatifs de résolution des litiges et de la déontologie des juges consulaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 661, pp.N3397BWQ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilan de politique législative 2012-2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1, pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsc.1601.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La procédure pénale à son point d’équilibre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3, pp.551</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'excès de formalisme ne résiste pas à l'exigence de proportionnalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 639, pp.N0769BWE</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit de la preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17, pp.486</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice du XXIème siècle : enfin la loi !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 681, pp.N5779BWX</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Assemblée plénière précise le régime des pièces communiquées en appel dans deux décisions qui oscillent entre souplesse et rigueur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 596, pp.N5270BUQ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme par transposition : la nouvelle voie de la procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 03, pp.683</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Principes de la procédure : estoppel et évolution du litige, la difficile conciliation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 613, pp.N7479BUK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Justice du 21ème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 632, pp.N9828BUK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrariété des jugements : notion de décisions inconciliables et déni de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 625, pp.N8920BUW</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation synthétique de l'action de groupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 572, pp.N2414BUX</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Principes de la procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 558, pp.N0783BUK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouveaux territoires du droit de la preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 581, pp.N3464BUT</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géolocalisation : la Cour de cassation suit la mauvaise trace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Justice du 21ème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 560, pp.N0942BUG</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le statut juridique du suspect : un premier défi pour la transposition du droit de l'Union européenne en procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7-8, pp.étude 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice du XXIème siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 586, pp.N3992BUE</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le procureur de la République financier : entre projet politique et recherche de l'efficacité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 01, pp.143</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers un portrait-robot génétique ? Le profil morphologique d’un suspect face aux droits fondamentaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, RDLF 2014, pp.chron. n°25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construire la norme en procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 03, pp.599</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualité pratique de la procédure d'appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 589, pp.N4457BUM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scientific and Technological Evolution through the Legal Prism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Law innovation and technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (1), pp.74-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5235/17579961.6.1.74⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02077023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle graduel des preuves technologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue pénitentiaire et de droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, pp.847-852</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme du droit de la preuve civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10, pp.617</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La valorisation sous tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.243-250</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovation technologique, incertitudes et responsabilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Khoury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">McGill Law Journal / Revue de droit de McGill</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 59 (4), pp.773-775</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risks and Uncertainties of Scientific Innovations in French Liability Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">McGill Law Journal / Revue de droit de McGill</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 59 (4), pp.889-912</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loyauté et licéité, deux apports majeurs à la théorie de la preuve pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 06, pp.407</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure d'appel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 515, pp.N5700BTB</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le caractère oral de la procédure de contredit et ses conséquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 523, pp.N6600BTM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La recherche de l'efficacité procédurale, moteur de la modernisation de la procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5, pp.95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription extinctive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 528, pp.N7102BT9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un corpus juris des droits des victimes : le droit européen entre synthèse et innovations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 01, pp.121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02245103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualités des textes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 520, pp.N6257BTW</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le déféré d'une ordonnance du conseiller de la mise en état fait obstacle au pourvoi en cassation contre cette décision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 527, pp.N7026BTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit d'accès à un tribunal et le délai pour exercer l'action en justice : un arrêt de principe sur un droit processuel fondamental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 536, pp.N8120BTW</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tribunal de première instance : une révolution juridictionnelle empreinte de réalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 548, pp.N0783BUK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politique pénale et action publique : la difficile conciliation du modèle français de ministère public et des standards européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 03, pp.605</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02245138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émergence européenne d'un régime juridique du suspect, une nouvelle rationalité juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 03, pp.635</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02245057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à la preuve : la consécration d'un principe et d'une méthode d'analyse de la licéité des preuves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 506, pp.N4534BT4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme de la compétence des juridictions civiles et ajustements procéduraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 474, pp.N0453BTX</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impartialité du juge des enfants et composition des juridictions des mineurs : le revirement de position</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 01, pp.201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02245012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La géolocalisation : une preuve pénale licite au regard de l’article 8 de la Convention EDH ? Analyse comparée des positions adoptées par la Cour de cassation et la Cour EDH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, RDLF 2012, pp.chron. n°04</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expertise en matière civile : la Chambre mixte navigue entre licéité et preuve légale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 510, pp.N5073BT3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve libre et preuve légale des contrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre juridique [Lexbase]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 482, pp.N1564BT4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action en justice, la difficile distinction entre défense au fond et demande reconventionnelle à propos de l'exception de nullité du contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 455, pp.N7898BSC</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2010-930 du 9 août 2010 portant adaptation du droit pénal à l'institution de la Cour pénale internationale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 04, pp.896</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme de la justice civile, entre harmonisation et uniformisation (1ère partie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 436, pp.N9686BR8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décret n° 2010-671 du 18 juin 2010 relatif à la signature électronique et numérique en matière pénale et modifiant certaines dispositions de droit pénal et de procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 04, pp.925</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit, sciences et techniques, quelles responsabilités ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 05, pp.360</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02212289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Réforme de la justice civile, entre harmonisation et uniformisation (2nde partie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 437, pp.N0647BSR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sources de la procédure civile : le Code de procédure civile devant les autorités administratives indépendantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 424, pp.N1567BRH</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une notification, même irrégulière, écarte l'application du délai qui interdit tout recours deux ans après la décision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 463, pp.N8925BSD</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garde à vue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44, pp.3005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02212726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2010-819 du 20 juillet 2010 tendant à l'élimination des armes à sous-munitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 04, pp.905</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décret n° 2010-695 du 25 juin 2010 instituant une contravention de négligence caractérisée protégeant la propriété littéraire et artistique sur Internet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 04, pp.925</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La justice pénale citoyenne : derrière une volonté politique, l'élaboration d'une catégorie juridique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 03, pp.667</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les notions fondamentales du procès : la notion d'instance et l'introduction de l'instance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 409, pp.N0930BQI</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question prioritaire de constitutionnalité, un nouveau moyen de droit à la disposition des justiciables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 377, pp.N9431BMA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les notions fondamentales du procès : la notion d'instance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 390, pp.N7337BN3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2009-323 du 25 mars 2009 de mobilisation pour le logement et la lutte contre l'exclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 04, pp.880</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La régulation des recherches précliniques : une analyse humaniste de la protection des animaux d’expérimentation par le droit et l’éthique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04939945v1</w:t>
-[...35 lines deleted...]
-                <w:t xml:space="preserve">Etienne Vergès</w:t>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1, pp.185-192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2009-526 du 12 mai 2009, de simplification et de clarification du droit et d'allégement des procédures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivia Vaudaux</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ribeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4, pp.869</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arrêts à signaler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 334, pp.N3580BIG</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fin de non-recevoir : l'interdiction de se contredire au détriment d'autrui, l'estoppel procédural devant l'Assemblée plénière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 344, pp.N9948BIB</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décret n° 2009-468 du 23 avril 2009 relatif à la prévention et à la réparation de certains dommages causés à l'environnement. Un dispositif répressif pour renforcer l'efficacité de mesures de réparation ou l'usage original du droit pénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 04, pp.881</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La hiérarchie des moyens, un principe directeur consacré par l'Assemblée plénière de la Cour de cassation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 356, pp.N6691BKZ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit au procès équitable dans la jurisprudence de la Cour européenne des droits de l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 368, pp.N1669BMR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action en justice des associations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 324, pp.N4991BHC</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'office du juge et les faits du litige</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 301, pp.N7532BEP</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2008-757 du 1er août 2008 relative à la responsabilité environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 04, pp.949</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ordonnance n° 2008-480 du 22 mai 2008 transposant en matière de don de gamètes et d'assistance médicale à la procréation la directive 2004/23/CE du Parlement européen et du Conseil du 31 mars 2004</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 04, pp.952</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2008-595 du 25 juin 2008 relative aux organismes génétiquement modifiés. La recherche d'un équilibre entre respect de l'environnement et respect de la propriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 04, pp.943</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps de l'action en justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 314, pp.N6679BGH</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pouvoir d'agir pour le compte d'une association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 294, pp.N2229BEB</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi n° 2008-776 du 4 août 2008 de modernisation de l'économie : peines complémentaires et alternatives d'incapacité d'exercice d'une activité commerciale ou industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 04, pp.954</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Article 7 de la loi constitutionnelle n° 2008-724 du 23 juillet 2008 de modernisation des institutions de la Ve République : réflexions sur la nature et la fonction de la grâce présidentielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 04, pp.952</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action en justice : l'intérêt né et actuel et l'action préventive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 309, pp.N3595BGA</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procès civil, procès pénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 21, pp.1441</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02210113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Création du délit d'embuscade (loi n° 2007-297 du 5 mars 2007)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4, pp.853</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préalable obligatoire de conciliation devant le tribunal paritaire des baux ruraux et absence d'une partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 276, pp.N6253BCL</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique législative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonfils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Vial</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 02, pp.337</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02244505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Est recevable l'opposition formée par le prévenu par l'intermédiaire d'un mandataire muni d'un pouvoir spécial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, supplément au numéro 6, pp.6001</w:t>
+              <w:t xml:space="preserve">, 2007, 49, pp.II 10200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...92 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de médiation obligatoire et procédure contractuelle de médiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexbase Droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 284, pp.N3670BDB</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Vial</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02331454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peines-plancher et retour des circonstances d'atténuation de la peine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de science criminelle et de droit pénal comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4, pp.853</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les perspectives juridiques de la recherche française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, supplément au numéro 6, pp.6002</w:t>
+              <w:t xml:space="preserve">, 2006, 19, pp.doctr. 158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Vial</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Provocation policière, loyauté de la preuve et étendue de la nullité procédurale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 09, pp.354</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Cour européenne des droits de l'homme et la discipline pénitentiaire (à propos de l'arrêt Ezeh et Connors c/ Royaume-Uni)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 6, pp.étude 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de criminalité organisée après la loi du 9 mars 2004</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 05, pp.181</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02224860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le banquier réceptionnaire n'est pas tenu personnellement de restituer les fonds provenant d'une créance cédée par son client à une autre banque et n'en est pas tenu responsable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, supplément au n°6, pp.6004</w:t>
+              <w:t xml:space="preserve">, 2002, 3, pp.II 10013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...10004 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02363354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10893,150 +10902,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intelligence artificielle comme outil de compréhension du phénomène juridictionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivia Vaudaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1006, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04830655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11046,1084 +11055,1084 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit pénal et procédure pénale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonfils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Catelan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lexisnexis, 5e édition, pp.XV-331, 2024, Objectif droit. TD, 978-2-7110-3896-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-04920707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit de la preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2e édition mise à jour et augmentée, pp.XXVIII-789, 2022, Thémis. Droit, 978-2-13-082523-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. Lexbase, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lexisnexis, 6e édition, pp.XIX-388, 2020, Objectif droit. Cours, 978-2-7110-3310-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrats sur la recherche et l'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. Dalloz, pp.XXVIII-877, 2018, 978-2-247-16124-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travaux dirigés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Catelan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lexisnexis, 5e édition, pp.XV-331, 2024, Objectif droit. TD, 978-2-7110-3896-1</w:t>
+              <w:t xml:space="preserve">LexisNexis, 4e édition, pp.XV-281, 2018, Objectif droit. Travaux dirigés, 978-2-7110-2782-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, 5e édition, pp.XVI-363, 2017, Objectif droit. Cours, 978-2-7110-2783-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02065270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, 4e édition, pp.XV-351, 2017, Objectif droit. Cours, 978-2-7110-1868-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit de la preuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Leclerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de France</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2e édition mise à jour et augmentée, pp.XXVIII-789, 2022, Thémis. Droit, 978-2-13-082523-4</w:t>
+              <w:t xml:space="preserve">, pp.729, 2015, Thémis Droit, 978-2-13-060714-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Etienne Vergès. Lexbase, 2022</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01211463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travaux dirigés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catelan Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis, 3e édition, pp.XIII-257, 2013, Objectif droit. Travaux dirigés, 978-2-7110-1059-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Lexisnexis, 6e édition, pp.XIX-388, 2020, Objectif droit. Cours, 978-2-7110-3310-2</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Code de la recherche 2009</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Étienne Vergès. LexisNexis Litec, pp.XXXIX-1516, 2009, Les Codes bleus Litec, 978-2-7110-0583-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel droit pour la recherche ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Lamberterie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LexisNexis; Litec, pp.XV-233, 2006, Colloques &amp; débats, 2-7110-0787-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00116665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travaux dirigés de droit pénal et de procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonfils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Litec, 2e édition, pp.XIII-241, 2006, Objectif droit. Travaux dirigés, 2-7110-0680-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travaux dirigés de droit pénal et de procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">LexisNexis, 4e édition, pp.XV-281, 2018, Objectif droit. Travaux dirigés, 978-2-7110-2782-8</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Litec, pp.XIII-222, 2004, Objectif droit. Travaux dirigés, 2-7110-0434-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...657 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02324750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12133,2760 +12142,2760 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les juges face à la preuve par l’IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Criminal proceedings and the use of AI output as evidence : challenges for common criminal procedure principles of the rule of law. CRIM_AI France Country Roundtable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIM/AI; Laboratoire Droit, religion, entreprise et société (DRES), Apr 2024, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04769997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pretrained Language Models v. Court Ruling Predictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Vaudaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Étienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natural Legal Language Processing Workshop 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Singapore, Singapore. pp.38-43, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2023.nllp-1.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les raisons de la contractualisation de la procédure pénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La contractualisation du procès pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cour de cassation, Mar 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les données de connexion, une preuve technologique parmi d’autres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principes et pratiques de l’enquête pénale à l’épreuve des nouvelles technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Nanterre, Apr 2023, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’avenir du procès pénal à l’épreuve de la contrainte économique : la Justice pénale à l’heure des comptes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l’association française de droit pénal, 2023,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Paris 1 Panthéon Sorbonne, Nov 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation of legal decisions by artificial intelligence tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Criminal proceedings and the use of AI output as evidence : challenges for common criminal procedure principles of the rule of law. CRIM_AI France Country Roundtable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRIM/AI; Laboratoire Droit, religion, entreprise et société (DRES), Apr 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">The impact of new technologies in the justice and health sectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lausanne, Feb 2023, Lausanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Cour de cassation, Mar 2023, Paris, France</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative experiences on the use of artificial intelligence in predictive justice : present and future in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transnational training « The use of AI systems by justice systems: potential uses, risks and challenges for fundamental rights »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Scuola Superiore della Magistratura, Sep 2023, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris Nanterre, Apr 2023, Nanterre, France</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of artificial intelligence in predictive justice - French perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Judicial Training Network, Human and fundamental rights project</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, En distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Olivia Vaudaux</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intégrité scientifique : un système de valeurs ou un système de normes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intégrité scientifique : déviance et compliance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris Nanterre, Oct 2022, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gravité et preuves pénales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIVe congrès de l’Association Française de Droit pénal : Gravité et droit pénal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Droit pénal (AFDP), Mar 2020, Lille, France. pp.205</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04999964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IA et justice : entre promesses et réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre entre la Science et le Droit dans le Numérique 2 : Les défis juridiques de l’intelligence artificielle : Regards croisés entre santé et justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lausanne; Faculté de droit, des sciences criminelles et d’administration publique, Feb 2020, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impact des algorithmes sur la décision des juges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bazzoli</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Numérique et justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole nationale de la magistrature, Nov 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le raisonnement probatoire des juges dans le contentieux des produits défectueux en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4e séminaire du Réseau Innovation technologique, incertitude et responsabilité "Concilier la sécurité des produits et la responsabilité civile à l’ère du risque et de l’incertitude"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Innovation technologique, incertitude et responsabilité, Jun 2018, Sacacomie, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment les juges évaluent-ils les effets indésirables d’un produit de santé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Connaissance scientifique, innovation et santé, à la croisée des chemins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Suisse de droit comparé, Jul 2019, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04923609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les principes et systèmes de preuve (différences et convergences)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire, la preuve à l’épreuve du changement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Montréal, Canada, Jun 2018, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contestation de la preuve ADN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le procès pénal à l'épreuve de la génétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Sciences Juridique et Philosophique de la Sorbonne (UMR 8103 CNRS – Paris 1), Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electronic Evidence in French law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joint conference of the IAPL and the IIDP in Salamanca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Procedural Law; Instituto Iberoamericano de Derecho Procesal, Oct 2018, Salamanque, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standards de preuve et appréciation des preuves en droit français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Joint conference of the IAPL and the IIDP in Salamanca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association of Procedural Law; Instituto Iberoamericano de Derecho Procesal, Oct 2018, Salamanque, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport conclusif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIIIème colloque de l'AFDP : Les transformations de la preuve pénale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de droit pénal, Nov 2017, Paris, France. pp.333</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'office du juge face à l’incertitude scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'office du juge : enjeux contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École nationale de la magistrature (ENM), Nov 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traitement judiciaire de la preuve scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second Meeting of the International Research Network on Technological Innovations, Uncertainty and the Law of Civil Liability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculty of Law – University of Trento, Jun 2014, Trento, Italie. pp.517-548</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'influence des questions scientifiques et techniques sur le droit, les rapports du vrai et du juste, de l’être et du devoir-être</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'office du juge : enjeux contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École nationale de la magistrature (ENM), Oct 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le raisonnement du juge face aux données scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le juge, acteur de la responsabilité civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Master 2 Communication juridique, sociologie du droit et de la justice, Mar 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment protéger et transférer par le contrat ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les contrats de valorisation de la recherche dans les universités Aspects stratégiques, économiques et juridiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoires partenaires du programme ANR CoCon, May 2017, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peut-on parler d’un droit des victimes d’infraction ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIIe Congrès de l’Association Française de Droit Pénal : La victime de l’infraction pénale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de sciences criminelles de Grenoble; Association française de droit pénal (AFDP), Oct 2015, Grenoble, France. pp.29-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01958831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit, sciences et technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences Les Lundi de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IDEFI Promising, Apr 2016, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affaire AZF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Third Seminar of the International Research Network on Technological Innovations, Uncertainty and the Law of Civil Liability "Incident, Crisis and Disaster"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Innovation technologique, incertitude et responsabilité, Jun 2016, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude sur « Les nouveaux modes de preuve »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Criminalistique et de Criminologie (INCC), Nov 2016, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éthique de la recherche et inconduites scientifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'Institut des hautes études sur les sciences et les technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Droit, sciences et techniques : des concepts aux régimes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ), Jun 2015, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Researchers between ethics and misconduct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Brun-Wauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Vial</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Conferences on Research Integrity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Rio de janeiro, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le juge est-il un scientifique comme les autres ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Rencontres du CRJ 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherches juridiques de Grenoble (CRJ), Mar 2014, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion d’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...30 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile et procédure pénale- Unité ou diversité?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de droit pénal et de criminologie, Oct 2013, Nanterre, France. pp.89-108</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Paris 1 Panthéon Sorbonne, Nov 2023, Paris, France</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apport du contrat aux processus de valorisation de l’innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées interdisciplinaires de Grenoble : les réseaux d'innovation dans les PME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFR INNOVACS; Chaire industrielle Grenoble INP; Université de Grenoble- UPMF – UJF – Université Stendhal; Université de Savoie; IEP Grenoble; CNRS; Région Rhône-Alpes; ARC8, Nov 2014, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Université de Lausanne, Feb 2023, Lausanne, France</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un renouvellement de la théorie de la preuve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour un renouvellement de la théorie de la preuve – l’exemple français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculté de droit – Université de Montréal, Feb 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Scuola Superiore della Magistratura, Sep 2023, Napoli, Italy</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les principes et les mutations de l’expertise dans la culture juridique française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les principes et les mutations de l’expertise dans la culture juridique française : un regard comparé avec le projet de réforme de l’expertise au Québec</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de recherche en santé et droit - McGill University Faculty of Law, Feb 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, En distanciel, France</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de principes essentiels en droit judiciaire privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4èmes rencontres de procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cour de cassation, Dec 2013, Paris, France. pp.7-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...2065 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14896,1950 +14905,1950 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le juge civil : quel juge d'instruction ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRJS éditions. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le juge civil, un juge d’instruction ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 126, pp.113, 2023, 978-2-85002-059-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La preuve pénale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Baptiste Perrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procédure pénale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lexbase, pp.E5365ZSI, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04922123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, 126, pp.113, 2023, 978-2-85002-059-9</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action de groupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexbase, pp.E135303I, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La procédure devant le tribunal judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexbase, pp.E91567G9, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les principes directeurs du procès civil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexbase, pp.E026703B, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexbase, pp.E9329B4B, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prescription de l'action civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexbase, pp.E025203Q, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les modes alternatifs : procédures amiables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etienne Vergès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lexbase, pp.E52654ZZ, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La procédure orale : règles communes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Vergès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procédure civile</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lexbase, pp.E8630B4E, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04922342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'action de groupe</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gravité et preuve pénale (à la recherche des lois de la gravité)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Julie Alix; Audrey Darsonville. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gravité et droit pénal : [actes de colloque organisé à l'occasion du XXIVe congrès de l'Association Française de Droit Pénal, 5-6 mars 2020, Faculté des sciences juridiques, politiques et sociales, de l’Université de Lille]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, mare &amp; martin, pp.205, 2021, Droit privé &amp; sciences criminelles, 978-2-84934-582-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La responsabilité du fait des produits face à la conviction du juge : prouver en situation d’incertitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lara Khoury; Marie-Eve Arbour. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Concilier la sécurité des produits et la responsabilité civile à l'ère du risque et de l'incertitude : actes d'un colloque au Lac Sacacomie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Yvon Blais, pp.131-158, 2019, 978-2-89730-554-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'ouvrage et son histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Vergès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procédure civile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lexbase, pp.E135303I, 2022</w:t>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.IX-XI, 2018, 978-2-247-16124-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La procédure devant le tribunal judiciaire</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accord de transfert de matériel (MTA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Vergès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procédure civile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lexbase, pp.E91567G9, 2022</w:t>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.527-569, 2018, 978-2-247-16124-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les principes directeurs du procès civil</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01981411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve pénale transformée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Beauvais; Raphaële Parizot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les transformations de la preuve pénale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LGDJ une marque de Lextenso, pp.333, 2018, 978-2-275-06101-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrats de collaboration et de consortium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Vergès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procédure civile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lexbase, pp.E026703B, 2022</w:t>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.210-254, 2018, 978-2-247-16124-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La preuve civile</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01981410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Vergès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procédure civile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lexbase, pp.E9329B4B, 2022</w:t>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.V-VII, 2018, 978-2-247-16124-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les modes alternatifs : procédures amiables</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Vergès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procédure civile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lexbase, pp.E52654ZZ, 2022</w:t>
+              <w:t xml:space="preserve">Contrats sur la recherche et l'innovation : techniques contractuelles, valorisation de la recherche, transferts de technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.3-23, 2018, 978-2-247-16124-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Lexbase, pp.E025203Q, 2022</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peut-on parler d'un droit des victimes d'infraction ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cédric Ribeyre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La victime de l’infraction pénale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.29-39, 2016, Thèmes et commentaires, 978-2-247-16090-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, mare &amp; martin, pp.205, 2021, Droit privé &amp; sciences criminelles, 978-2-84934-582-5</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01958845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de la preuve et les actions collectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mustapha Mekki; Loïc Cadiet; Cyril Grimaldi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La preuve : regards croisés : [actes du colloque du 29 novembre 2013 à la Cour de cassation]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.157-174, 2015, Thèmes &amp; commentaires. Actes, 978-2-247-15028-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Yvon Blais, pp.131-158, 2019, 978-2-89730-554-3</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de principes essentiels en droit judiciaire privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurence Flise; Emmanuel Jeuland. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les principes essentiels du procès à l'épreuve des réformes récentes du droit judiciaire privé : [actes des 4es Rencontres de procédure civile, Cour de cassation, 6 décembre 2013]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IRJS éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-31, 2014, Bibliothèque de l'Institut de recherche juridique de la Sorbonne - André Tunc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.527-569, 2018, 978-2-247-16124-9</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les comités d’éthique pour les recherches non interventionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Brun-Wauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thierry Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éthique de la recherche et risques humains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.79-108, 2014, Les Cahiers de la MSH Ledoux. Normes, pratiques et savoirs, 978-2-84867-490-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, LGDJ une marque de Lextenso, pp.333, 2018, 978-2-275-06101-6</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02071224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion d’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Soraya Amrani-Mekki. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procédure civile et procédure pénale : unité et diversité ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruylant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.89-108, 2014, Procédure(s), 978-2-8027-4742-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.IX-XI, 2018, 978-2-247-16124-9</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit, sciences et techniques, quelles responsabilités ? : actes du colloque international organisé les 25 et 26 mars 2011 au Palais du Luxembourg à Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 35, LexisNexis, pp.1-2, 2011, Colloques &amp; débats, 978-2-7110-1561-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.210-254, 2018, 978-2-247-16124-9</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02358781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'éthique scientifique comme outil de régulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Brun-Wauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit, sciences et techniques, quelles responsabilités ? : actes du colloque international organisé les 25 et 26 mars 2011 au Palais du Luxembourg à Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 35, LexisNexis, pp.61-84, 2011, Colloques &amp; débats, 978-2-7110-1561-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.V-VII, 2018, 978-2-247-16124-9</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02071197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enseignement du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vergès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martial Mathieu. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De l'école de droit à la faculté de droit de Grenoble (1806-2006) : héritage historique et enjeux contemporains : actes du colloque organisé pour le bicentenaire de la faculté de droit de Grenoble (Grenoble, 6 et 7 avril 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Grenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.255, 2007, La Pierre et l'ecrit, 978-2-7061-1433-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...728 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02368622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16849,215 +16858,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes directeurs du procès pénal : principes propres aux droits de la personne suspectée ou poursuivie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, Art. préliminaire - Fasc. 50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes directeurs du procès pénal : principes propres aux droits des victimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, Art. préliminaire - Fasc. 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes directeurs du procès pénal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, Art. préliminaire - Fasc. 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02080550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17067,105 +17076,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes directeurs du procès pénal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vergès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, Art. préliminaire - Fasc. 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02094100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId270"/>
+      <w:footerReference w:type="default" r:id="rId271"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17233,51 +17242,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4223EF01"/>
+    <w:nsid w:val="D05FB87B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17464,51 +17473,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-verges" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7844-1848" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081416946" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325555v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124139v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Vial" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939945v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939978v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Vaudaux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bazzoli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830336v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wff" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939993v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940031v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05039538v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805934v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05006598v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04552780v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772411v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04559233v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922077v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922927v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922910v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922084v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443062v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.7986" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804224v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04070243v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922939v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922088v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.6883" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922964v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922949v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843489v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04954810v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.2963" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922097v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922104v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03061325v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdlj.2004.0689" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922974v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02993816v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922102v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922107v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02880000v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363333v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922110v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922115v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324905v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331568v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069804v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065706v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069803v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065713v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330938v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065717v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065714v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069813v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065703v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Khoury" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1041010ar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331592v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069808v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065704v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065720v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330942v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065726v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065722v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069790v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsc.1601.0103" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065729v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069789v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069815v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069818v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069820v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069793v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069792v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331580v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080561v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080558v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331585v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330899v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080565v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331582v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080543v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080560v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080539v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080559v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080554v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080532v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077023v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5235/17579961.6.1.74" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080547v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363429v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076996v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080546v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080537v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245138v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331564v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331522v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245103v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331517v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331562v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331590v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331560v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363345v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331588v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331574v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245057v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331555v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245012v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331577v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998125v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331553v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244930v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331510v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244853v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331501v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244848v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212289v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331512v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331505v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212726v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331557v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244849v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244854v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331516v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331513v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331016v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331403v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331406v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770265v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244747v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117170v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ribeyre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331428v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331431v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244750v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331447v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244642v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331435v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331449v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244639v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244641v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244637v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331442v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244643v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331452v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331454v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117172v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210113v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390916v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331459v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363348v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244505v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonfils" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224896v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363350v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363337v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224860v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363354v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830655v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920707v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Catelan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759192v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Droit_de_la_preuve" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921992v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920691v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065349v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01980585v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321510v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065270v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211463v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324765v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catelan Nicolas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02130751v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324756v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116665v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Lamberterie" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324750v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769997v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923550v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923542v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337720v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.nllp-1.5" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923097v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923560v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770300v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770294v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923572v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999964v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923587v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923609v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076698v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923599v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076693v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076706v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076704v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076878v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076883v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076880v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076936v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378276v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076891v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076885v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958831v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076906v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076897v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076707v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076902v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076916v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076714v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brun-Wauthier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01875415v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378778v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Wiederkehr" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076956v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076947v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076951v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378793v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922123v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804404v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922342v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922347v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922345v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922128v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922341v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922131v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922339v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922359v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922362v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01981411v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069794v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01980660v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01981410v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01980658v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922374v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958845v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069796v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076986v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sefj-avocats.fr/images/irjs_editions_2014_4eme_rencontres_de_procedure_civile_cour_de_cassation.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071224v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufc.univ-fcomte.fr/ethique-de-la-recherche-et-risques-humains.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076984v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/procedure-civile-et-procedure-penale-2014-9782802747420.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02358781v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071197v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02368622v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/581/9782706119620/de-l-ecole-de-droit-a-la-faculte-de-droit-de-grenoble-1806-2006" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069799v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069800v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080550v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094100v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-verges" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7844-1848" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081416946" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325555v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15tph" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05124139v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Verg&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Vial" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939945v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939978v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Vaudaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bazzoli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939993v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830336v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940031v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805934v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05039538v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05006598v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796443v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04552780v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772411v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04559233v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443062v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.7986" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922927v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922910v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922084v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804224v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04070243v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922077v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922088v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860992v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.6883" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922964v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03843489v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922949v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922097v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922104v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03061325v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdlj.2004.0689" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922974v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02993816v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdst.2963" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922102v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922107v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02880000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922101v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04954810v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922115v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922110v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324905v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331568v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363333v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065706v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069803v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065713v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069804v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330938v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065703v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Khoury" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1041010ar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065717v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065714v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069813v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069808v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331592v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065720v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065704v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330942v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065726v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331591v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069790v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsc.1601.0103" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065729v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069815v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069789v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065722v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069820v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069793v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331580v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069792v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069818v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330899v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331585v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080558v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080565v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080559v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080539v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331582v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080543v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080560v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080532v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080554v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077023v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5235/17579961.6.1.74" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080547v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080546v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080537v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363429v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076996v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080561v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331522v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331564v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363345v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331560v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245103v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331517v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331562v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331590v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331588v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245138v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245057v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331555v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331577v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02245012v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998125v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331553v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331574v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331501v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244848v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331510v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244853v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212289v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331505v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331512v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331557v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212726v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244849v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244854v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244930v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331513v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331016v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331516v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244747v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770265v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117170v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ribeyre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331431v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331428v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244750v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331406v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331403v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331435v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331449v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244639v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244641v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244637v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331442v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331452v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244643v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244642v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331447v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210113v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390916v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331459v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02244505v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonfils" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363348v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331454v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117172v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363350v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224896v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363337v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02224860v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363354v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830655v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920707v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Catelan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759192v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Droit_de_la_preuve" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921992v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920691v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01980585v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065349v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065270v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321510v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211463v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324765v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catelan Nicolas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02130751v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00116665v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Lamberterie" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324756v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324750v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769997v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337720v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.nllp-1.5" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923550v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923542v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923097v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923560v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770300v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770294v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923572v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999964v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923587v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923599v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076698v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923609v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076693v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076878v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076704v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076706v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076883v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076880v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076936v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378276v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076891v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076885v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958831v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076906v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076897v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076707v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076902v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076916v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076714v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brun-Wauthier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01875415v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378778v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Wiederkehr" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076956v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076947v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076951v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378793v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804404v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922123v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922347v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922345v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922128v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922341v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922339v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922131v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922342v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922359v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922362v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01980660v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01981411v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069794v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01981410v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01980658v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922374v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958845v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069796v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076986v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sefj-avocats.fr/images/irjs_editions_2014_4eme_rencontres_de_procedure_civile_cour_de_cassation.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071224v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufc.univ-fcomte.fr/ethique-de-la-recherche-et-risques-humains.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02076984v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/procedure-civile-et-procedure-penale-2014-9782802747420.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02358781v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02071197v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02368622v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pug.fr/produit/581/9782706119620/de-l-ecole-de-droit-a-la-faculte-de-droit-de-grenoble-1806-2006" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069799v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069800v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080550v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094100v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>