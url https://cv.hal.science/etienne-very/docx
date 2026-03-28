--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -243,102 +243,102 @@
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Bellivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, pp.106464. </w:t>
+              <w:t xml:space="preserve">, 2026, 134, pp.106464. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbi.2026.106464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05494789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response to “Before a diagnosis of secondary catatonia due to chronic nitrous oxide use is made, all alternative causes must be ruled out”</w:t>
+                <w:t xml:space="preserve">First episode of catatonia followed by a psychotic episode related to chronic nitrous oxide use: A case report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Taillefer de Laportalière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Redon</w:t>
@@ -377,964 +377,964 @@
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Very</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drug and Alcohol Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 44 (4), pp.1292-1293. </w:t>
+              <w:t xml:space="preserve">, 2025, 44 (3), pp.908-912. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/dar.14065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/dar.14012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05524173v1</w:t>
+                <w:t xml:space="preserve">hal-05524735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QT Interval, Antipsychotics and Correlates Among Patients with Schizophrenia: Cross-Sectional Data from the Multicentric Real-World FACE-SZ</w:t>
+                <w:t xml:space="preserve">Clinical and inflammatory markers associated with metabolic dysfunction-associated fatty liver disease in a cohort of individuals with chronic schizophrenia (FACE-SZ)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mona Gerentes</w:t>
+                <w:t xml:space="preserve">Rudy Tokarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
+                <w:t xml:space="preserve">Baptiste Pignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrei Szöke</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Berna</w:t>
+                <w:t xml:space="preserve">Christelle Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40264-025-01526-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychosomatic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 195, pp.112192-112192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpsychores.2025.112192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034540v1</w:t>
+                <w:t xml:space="preserve">hal-05299985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First episode of catatonia followed by a psychotic episode related to chronic nitrous oxide use: A case report</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne Very</w:t>
+                <w:t xml:space="preserve">Hippocampal connectivity changes after traumatic memory reactivation with propranolol for posttraumatic stress disorder: a randomized fMRI study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Very</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Richaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Vaiva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Jardri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug and Alcohol Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/dar.14012⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Psychotraumatology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.2466886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/20008066.2025.2466886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05524735v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05045016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical and inflammatory markers associated with metabolic dysfunction-associated fatty liver disease in a cohort of individuals with chronic schizophrenia (FACE-SZ)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christelle Andrieu</w:t>
+                <w:t xml:space="preserve">The use of antipsychotics in the treatment of catatonia: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Virolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Montastruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Taïb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Revet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychosomatic Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 68 (1), pp.e48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1192/j.eurpsy.2025.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpsychores.2025.112192⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05299985v1</w:t>
+                <w:t xml:space="preserve">hal-05519305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pro-inflammatory processes and metabolic syndrome: combined risk of resistance to treatment in patients with schizophrenia from the FACE-SZ cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaori Saitoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Lajnef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wahid Boukouaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrtille Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 350, pp.116557. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psychres.2025.116557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of antipsychotics in the treatment of catatonia: a systematic review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Response to “Before a diagnosis of secondary catatonia due to chronic nitrous oxide use is made, all alternative causes must be ruled out”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Taillefer de Laportalière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alexis Revet</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Roussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Willemet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Very</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1192/j.eurpsy.2025.9⟩</w:t>
+              <w:t xml:space="preserve">Drug and Alcohol Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44 (4), pp.1292-1293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/dar.14065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05519305v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05524173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hippocampal connectivity changes after traumatic memory reactivation with propranolol for posttraumatic stress disorder: a randomized fMRI study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">QT Interval, Antipsychotics and Correlates Among Patients with Schizophrenia: Cross-Sectional Data from the Multicentric Real-World FACE-SZ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Richaud</w:t>
+                <w:t xml:space="preserve">Mona Gerentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lajnef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Vaiva</w:t>
+                <w:t xml:space="preserve">Andrei Szöke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Jardri</w:t>
+                <w:t xml:space="preserve">Fabrice Berna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychotraumatology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.2466886. </w:t>
+              <w:t xml:space="preserve">Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48, pp.739-752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/20008066.2025.2466886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40264-025-01526-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05045016v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What clinical analysis of antipsychotic-induced catatonia and neuroleptic malignant syndrome tells us about the links between these two syndromes: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Virolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Montastruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Taïb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Revet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Schizophrenia Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 262, pp.184-200. </w:t>
@@ -1366,295 +1366,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Effects of 30 Antipsychotics on Risk of Catatonia</w:t>
+                <w:t xml:space="preserve">“Accept voices©” group intervention for the management of auditory verbal hallucinations-results at 6 and 12 months</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien da Costa</w:t>
+                <w:t xml:space="preserve">Thomas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Sánchez Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Bourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Very</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maximilien Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4088/JCP.21m14238⟩</w:t>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 317, pp.114860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2022.114860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04554893v1</w:t>
+                <w:t xml:space="preserve">hal-04249692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Accept voices©” group intervention for the management of auditory verbal hallucinations-results at 6 and 12 months</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative Effects of 30 Antipsychotics on Risk of Catatonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Bourcier</w:t>
+                <w:t xml:space="preserve">Julien da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Very</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lamy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Etienne Very</w:t>
+                <w:t xml:space="preserve">Vanessa Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Virolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 317, pp.114860. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84 (1), pp.21m14238. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2022.114860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4088/JCP.21m14238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249692v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04554893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId66"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1730,51 +1730,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A18B2DC7"/>
+    <w:nsid w:val="075883E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1961,51 +1961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-very" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4281-6775" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494789v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Rietberg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barbosa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Meysman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bellivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2026.106464" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524173v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Taillefer de Laportali&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Redon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roussin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Willemet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Very" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dar.14065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034540v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Gerentes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sz&#246;ke" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Berna" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-025-01526-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524735v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dar.14012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299985v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Tokarski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Andrieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2025.112192" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216782v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Saitoh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Boukouaci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Andre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2025.116557" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05519305v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Virolle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montastruc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ta&#239;b" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Revet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2025.9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045016v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Very" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leroy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Richaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vaiva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jardri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20008066.2025.2466886" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703091v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2023.08.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04554893v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien da Costa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4088/JCP.21m14238" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249692v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Langlois" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bourcier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lamy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2022.114860" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/etienne-very" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4281-6775" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494789v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Rietberg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barbosa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Meysman" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bellivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2026.106464" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05524735v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Taillefer de Laportali&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Redon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roussin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Willemet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Very" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dar.14012" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299985v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Tokarski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pignon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Andrieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2025.112192" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045016v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Very" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leroy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Richaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vaiva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jardri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20008066.2025.2466886" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05519305v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Virolle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Montastruc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ta&#239;b" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Revet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2025.9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216782v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaori Saitoh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lajnef" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Boukouaci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Andre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2025.116557" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524173v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dar.14065" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034540v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Gerentes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Sz&#246;ke" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Berna" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-025-01526-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703091v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2023.08.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249692v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Langlois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bourcier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lamy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2022.114860" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04554893v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien da Costa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4088/JCP.21m14238" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>