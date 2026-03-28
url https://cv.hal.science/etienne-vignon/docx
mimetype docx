--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -368,455 +368,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05509436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Prognostic Parameterization of Subgrid Ice Supersaturation and Cirrus Clouds in the ICOLMDZ AGCM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antarctic Water Stable Isotopes in the Global Atmospheric Model LMDZ6 : From Climatology to Boundary Layer Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niels Dutrievoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audran Borella</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Étienne Vignon</w:t>
+                <w:t xml:space="preserve">Sébastien Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaëlle Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Boucher</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elise Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024ms004918⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JD042073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05223259v1</w:t>
+                <w:t xml:space="preserve">hal-05029172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antarctic Water Stable Isotopes in the Global Atmospheric Model LMDZ6 : From Climatology to Boundary Layer Processes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Agosta</w:t>
+                <w:t xml:space="preserve">An extensive investigation of the ability of the ICOLMDZ model to simulate a katabatic wind event in Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Wiener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Caton Harrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Nguyen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elise Fourré</w:t>
+                <w:t xml:space="preserve">Felipe Toledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JD042073⟩</w:t>
+              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (4), pp.1605-1627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/wcd-6-1605-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05029172v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05352111v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An extensive investigation of the ability of the ICOLMDZ model to simulate a katabatic wind event in Antarctica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Wiener</w:t>
+                <w:t xml:space="preserve">A New Prognostic Parameterization of Subgrid Ice Supersaturation and Cirrus Clouds in the ICOLMDZ AGCM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audran Borella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Caton Harrison</w:t>
+                <w:t xml:space="preserve">Olivier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Genthon</w:t>
+                <w:t xml:space="preserve">Yann Meurdesoif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe Toledo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Fairhead</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 6 (4), pp.1605-1627. </w:t>
+              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/wcd-6-1605-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024ms004918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05352111v2</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05223259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances and next steps in observing and modelling Antarctica’s coastal winds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Caton Harrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas J Bracegirdle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1092,51 +1092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐baptiste Madeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Meurdesoif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 129 (16), pp.e2024JD040973. </w:t>
@@ -1180,51 +1180,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part I: Observations and Meteorological Drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan D Wille</w:t>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon P Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1442,77 +1442,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Empirical Parameterization of the Subgrid‐Scale Distribution of Water Vapor in the UTLS for Atmospheric General Circulation Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audran Borella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Rohs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1553,295 +1553,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing a Fully-Tunable and Versatile TKE-l Turbulence Parameterization for the Simulation of Stable Boundary Layers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C Dehondt</w:t>
+                <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part II: Impacts on the Antarctic Ice Sheet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Wille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon P Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Baiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024MS004400⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (3), pp.779-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-23-0176.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737007v1</w:t>
+                <w:t xml:space="preserve">hal-04289361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Extraordinary March 2022 East Antarctica &amp;quot;Heat&amp;quot; Wave. Part II: Impacts on the Antarctic Ice Sheet</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Léonard Barthélemy</w:t>
+                <w:t xml:space="preserve">Designing a Fully-Tunable and Versatile TKE-l Turbulence Parameterization for the Simulation of Stable Boundary Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Arjdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Cheruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Coulon-Decorzens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Dehondt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 37 (3), pp.779-799. </w:t>
+              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-23-0176.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024MS004400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289361v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and Variability of Precipitation Across Different Sectors of an Extra‐Tropical Cyclone: A Case Study Over the High‐Latitudes of the Southern Ocean</w:t>
               </w:r>
@@ -1961,51 +1961,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Future of land surface water availability over the Mediterranean basin and North Africa: Analysis and synthesis from the CMIP6 exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Arjdal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Driouech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2089,161 +2089,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04241731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary ice production processes in wintertime alpine mixed-phase clouds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water vapor in cold and clean atmosphere: a 3-year data set in the boundary layer of Dome C, East Antarctic Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraskevi Georgakaki</w:t>
+                <w:t xml:space="preserve">Dana E. Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georgia Sotiropoulou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Étienne Vignon</w:t>
+                <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Claire Billault-Roux</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Berne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luc Piard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 22 (3), pp.1965-1988. </w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, pp.1571-1580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-22-1965-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/essd-14-1571-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03610927v1</w:t>
+                <w:t xml:space="preserve">insu-03706378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ice fog observed at cirrus temperatures at Dome C, Antarctic Plateau</w:t>
               </w:r>
@@ -2255,51 +2251,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lea Raillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo del Guasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2357,425 +2353,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03839592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water vapor in cold and clean atmosphere: a 3-year data set in the boundary layer of Dome C, East Antarctic Plateau</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clouds drive differences in future surface melt over the Antarctic ice shelves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dana E. Veron</w:t>
+                <w:t xml:space="preserve">Christoph Kittel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Vignon</w:t>
+                <w:t xml:space="preserve">Stefan Hofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas C Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-14-1571-2022⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (7), pp.2655 - 2669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-16-2655-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03706378v1</w:t>
+                <w:t xml:space="preserve">hal-03722984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clouds drive differences in future surface melt over the Antarctic ice shelves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Orographic Flow Influence on Precipitation During an Atmospheric River Event at Davis, Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Gehring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Kittel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charles Amory</w:t>
+                <w:t xml:space="preserve">Anne‐claire Billault‐roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Hofer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Agosta</w:t>
+                <w:t xml:space="preserve">Alfonso Ferrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas C Jourdain</w:t>
+                <w:t xml:space="preserve">Alain Protat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16 (7), pp.2655 - 2669. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (2), pp.e2021JD035210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/tc-16-2655-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2021JD035210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03722984v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orographic Flow Influence on Precipitation During an Atmospheric River Event at Davis, Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reanalysis representation of low-level winds in the Antarctic near-coastal region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Caton Harrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josué Gehring</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Étienne Vignon</w:t>
+                <w:t xml:space="preserve">Stavroula Biri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne‐claire Billault‐roux</w:t>
+                <w:t xml:space="preserve">Thomas Bracegirdle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfonso Ferrone</w:t>
+                <w:t xml:space="preserve">John C. King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Protat</w:t>
+                <w:t xml:space="preserve">Elizabeth Kent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 127 (2), pp.e2021JD035210. </w:t>
+              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (4), pp.1415-1437. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021JD035210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/wcd-3-1415-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03574447v1</w:t>
+                <w:t xml:space="preserve">insu-03993966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GABLS4 intercomparison of snow models at Dome C in Antarctica</w:t>
               </w:r>
@@ -2889,1696 +2889,1696 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reanalysis representation of low-level winds in the Antarctic near-coastal region</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Secondary ice production processes in wintertime alpine mixed-phase clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stavroula Biri</w:t>
+                <w:t xml:space="preserve">Paraskevi Georgakaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bracegirdle</w:t>
+                <w:t xml:space="preserve">Georgia Sotiropoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John C. King</w:t>
+                <w:t xml:space="preserve">Anne-Claire Billault-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Kent</w:t>
+                <w:t xml:space="preserve">Alexis Berne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weather and Climate Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 3 (4), pp.1415-1437. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (3), pp.1965-1988. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/wcd-3-1415-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-22-1965-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03993966v1</w:t>
+                <w:t xml:space="preserve">insu-03610927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of snowfall microphysical processes from Eulerian vertical gradients of polarimetric radar variables</w:t>
+                <w:t xml:space="preserve">Present and Future of Rainfall in Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Planat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alexis Berne</w:t>
+                <w:t xml:space="preserve">É. Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. -L. Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. V. Gorodetskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/amt-14-4543-2021⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GL092281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03266763v1</w:t>
+                <w:t xml:space="preserve">insu-03726951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed Phase Clouds and Precipitation in Southern Ocean Cyclones and Cloud Systems Observed Poleward of 64°S by Ship Based Cloud Radar and Lidar</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Protat</w:t>
+                <w:t xml:space="preserve">10 years of temperature and wind observation on a 45 m tower at Dome C, East Antarctic plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">É. Vignon</w:t>
+                <w:t xml:space="preserve">Dana Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020JD033626⟩</w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (12), pp.5731-5746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/essd-13-5731-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03726949v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03512049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Present and Future of Rainfall in Antarctica</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+                <w:t xml:space="preserve">Mixed Phase Clouds and Precipitation in Southern Ocean Cyclones and Cloud Systems Observed Poleward of 64°S by Ship Based Cloud Radar and Lidar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. P. Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. M. Mcfarquhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Protat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">É. Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL092281⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JD033626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03726951v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03726949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 years of temperature and wind observation on a 45 m tower at Dome C, East Antarctic plateau</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Delphine Six</w:t>
+                <w:t xml:space="preserve">Challenging and Improving the Simulation of Mid‐Level Mixed‐Phase Clouds Over the High‐Latitude Southern Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">É. Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
+                <w:t xml:space="preserve">S. P Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. J Demott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Sotiropoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-13-5731-2021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (7), pp.e2020JD033490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JD033490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03512049v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenging and Improving the Simulation of Mid‐Level Mixed‐Phase Clouds Over the High‐Latitude Southern Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ten years of temperature and wind observation on a 45-m tower at Dome C, East Antarctic plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">É. Vignon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Gerber</w:t>
+                <w:t xml:space="preserve">Dana Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020JD033490⟩</w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/essd-2021-204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03280181v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03853764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ten years of temperature and wind observation on a 45-m tower at Dome C, East Antarctic plateau</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
+                <w:t xml:space="preserve">Secondary ice production in summer clouds over the Antarctic coast: an underappreciated process in atmospheric models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgia Sotiropoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugh Morrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian J O'Shea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-2021-204⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (2), pp.755-771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-21-755-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03853764v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary ice production in summer clouds over the Antarctic coast: an underappreciated process in atmospheric models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georgia Sotiropoulou</w:t>
+                <w:t xml:space="preserve">Identification of snowfall microphysical processes from Eulerian vertical gradients of polarimetric radar variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Planat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Gehring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Berne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (2), pp.755-771. </w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (6), pp.4543 - 4564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-21-755-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/amt-14-4543-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154111v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravity Wave Excitation during the Coastal Transition of an Extreme Katabatic Flow in Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improved Near‐Surface Continental Climate in IPSL‐CM6A‐LR by Combined Evolutions of Atmospheric and Land Surface Physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Cheruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ducharne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionela Musat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vignon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Atmospheric Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 77 (4), pp.1295-1312. </w:t>
+              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (10), pp.e2019MS002005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JAS-D-19-0264.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019ms002005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03065736v1</w:t>
+                <w:t xml:space="preserve">hal-03013156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LMDZ6A: The Atmospheric Component of the IPSL Climate Model With Improved and Better Tuned Physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+                <w:t xml:space="preserve">Catherine Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Rio</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Grandpeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Cheruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (7), pp.e2019MS001892. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2019MS001892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02903162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Near‐Surface Continental Climate in IPSL‐CM6A‐LR by Combined Evolutions of Atmospheric and Land Surface Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Cheruy</w:t>
+                <w:t xml:space="preserve">Microphysics and dynamics of snowfall associated with a warm conveyor belt over Korea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Gehring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika Oertel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Ducharne</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Étienne Vignon</w:t>
+                <w:t xml:space="preserve">Nikola Besic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019ms002005⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (12), pp.7373-7392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-20-7373-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03013156v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microphysics and dynamics of snowfall associated with a warm conveyor belt over Korea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Josué Gehring</w:t>
+                <w:t xml:space="preserve">Gravity Wave Excitation during the Coastal Transition of an Extreme Katabatic Flow in Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annika Oertel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Étienne Vignon</w:t>
+                <w:t xml:space="preserve">Claudio Durán-Alarcón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jullien</w:t>
+                <w:t xml:space="preserve">Simon Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikola Besic</w:t>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (12), pp.7373-7392. </w:t>
+              <w:t xml:space="preserve">Journal of the Atmospheric Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77 (4), pp.1295-1312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-20-7373-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1175/JAS-D-19-0264.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518826v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03065736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Representation of Clouds in the Atmospheric Component LMDZ6A of the IPSL‐CM6A Earth System Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐baptiste Madeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐yves Grandpeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Dufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (10), </w:t>
@@ -4610,429 +4610,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03084242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of the advection scheme for the simulation of water 1 isotopes over Antarctica by atmospheric general circulation models: a case study for present-day and Last Glacial Maximum with LMDZ-iso</w:t>
+                <w:t xml:space="preserve">Transitions in the wintertime near‐surface temperature inversion at Dome C, Antarctica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Cauquoin</w:t>
+                <w:t xml:space="preserve">Peter Baas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Risi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Bas J. H. van de Wiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik van Meijgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.115731⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 145 (720), pp.930-946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/qj.3450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-02346765v1</w:t>
+                <w:t xml:space="preserve">hal-02125363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitions in the wintertime near‐surface temperature inversion at Dome C, Antarctica</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large-Eddy Simulations of the Steady Wintertime Antarctic Boundary Layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bas J. H. van de Wiel</w:t>
+                <w:t xml:space="preserve">Steven van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik van Meijgaard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">John Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiel van Heerwaarden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/qj.3450⟩</w:t>
+              <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 173 (2), pp.165-192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10546-019-00461-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02125363v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02997956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Eddy Simulations of the Steady Wintertime Antarctic Boundary Layer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Importance of the advection scheme for the simulation of water 1 isotopes over Antarctica by atmospheric general circulation models: a case study for present-day and Last Glacial Maximum with LMDZ-iso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Edwards</w:t>
+                <w:t xml:space="preserve">Alexandre Cauquoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiel van Heerwaarden</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Camille Risi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 173 (2), pp.165-192. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10546-019-00461-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2019.115731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02997956v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-02346765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microphysics of Snowfall Over Coastal East Antarctica Simulated by Polar WRF and Observed by Radar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">É. Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Besic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5040,51 +5040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gehring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Berne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 124 (21), pp.11452-11476. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5118,103 +5118,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on &amp;quot;Surface Air Relative Humidities Spuriously Exceeding 100% in CMIP5 Model Output and Their Impact on Future Projections&amp;quot; by K. Ruosteenoja et al. (2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Gettelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 123, pp.8724-8727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5248,103 +5248,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Dynamics of the Atmospheric Boundary Layer Over the Antarctic Plateau With a General Circulation Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bas J. H. van de Wiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Gallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (1), pp.98-125. </w:t>
@@ -5376,559 +5376,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01727467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric moisture supersaturation in the near-surface atmosphere at Dome C, Antarctic Plateau</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Antarctic boundary layer parametrization in a general circulation model: 1-D simulations facing summer observations at Dome C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Casado</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bazile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-17-691-2017⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122, pp.6818-6843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017JD026802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01496397v1</w:t>
+                <w:t xml:space="preserve">insu-03668339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antarctic boundary layer parametrization in a general circulation model: 1-D simulations facing summer observations at Dome C</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Atmospheric moisture supersaturation in the near-surface atmosphere at Dome C, Antarctic Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Genthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Piard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Bazile</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Casado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 122, pp.6818-6843. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (1), pp.691 - 704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2017JD026802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-17-691-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03668339v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01496397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Atmospheric Ekman Spirals at Dome C, Antarctica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuous measurements of isotopic composition of water vapour on the East Antarctic Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Casado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Rysman</w:t>
+                <w:t xml:space="preserve">Amaelle Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Lahellec</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Verrier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Erik Kerstel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 160 (2), pp. 363-373. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (13), pp.8521-8538. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10546-016-0144-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-8521-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01306757v1</w:t>
+                <w:t xml:space="preserve">insu-01391303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous measurements of isotopic composition of water vapour on the East Antarctic Plateau</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of Atmospheric Ekman Spirals at Dome C, Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaelle Landais</w:t>
+                <w:t xml:space="preserve">Jean-François Rysman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Alain Lahellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Genthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Kerstel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Verrier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 16 (13), pp.8521-8538. </w:t>
+              <w:t xml:space="preserve">Boundary-Layer Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 160 (2), pp. 363-373. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-16-8521-2016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10546-016-0144-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01391303v1</w:t>
+                <w:t xml:space="preserve">hal-01306757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5940,596 +5940,596 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A turbulence-informed parameterization of phase partitioning in stratiform mixed-phase clouds for the ICOLMDZ model</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Water vapour isotope anomalies during an atmospheric river event at Dome C, East Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niels Dutrievoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Agosta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Davrinche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaëlle Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05361278v1</w:t>
+                <w:t xml:space="preserve">hal-05352108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water vapour isotope anomalies during an atmospheric river event at Dome C, East Antarctica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Niels Dutrievoz</w:t>
+                <w:t xml:space="preserve">Intermediate-complexity parameterisation of blowing snow in the ICOLMDZ AGCM: development and first applications in Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chiabrando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Agosta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Nguyen</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Amory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Wiener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05352108v1</w:t>
+                <w:t xml:space="preserve">hal-05352105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermediate-complexity parameterisation of blowing snow in the ICOLMDZ AGCM: development and first applications in Antarctica</w:t>
+                <w:t xml:space="preserve">Modeling the Coupled and Decoupled states of Polar Boundary-Layer Mixed-Phase Clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Raillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audran Borella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05352105v1</w:t>
+                <w:t xml:space="preserve">hal-05352103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the Coupled and Decoupled states of Polar Boundary-Layer Mixed-Phase Clouds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Tunability of ice supersaturation in the upper troposphere and lower stratosphere in the LMDZ atmospheric model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidiki Sanogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audran Borella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Hourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bellouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05352103v1</w:t>
+                <w:t xml:space="preserve">hal-05352119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunability of ice supersaturation in the upper troposphere and lower stratosphere in the LMDZ atmospheric model</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A turbulence-informed parameterization of phase partitioning in stratiform mixed-phase clouds for the ICOLMDZ model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Raillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Madeleine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bellouin</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-05352119v1</w:t>
+                <w:t xml:space="preserve">hal-05361278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6547,51 +6547,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The extreme atmospheric boundary layer over the Antarctic Plateau and its representation in climate models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Vignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Earth Sciences. Université Grenoble Alpes, 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017GREAU023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6787,51 +6787,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Dutrievoz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davrinche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-20-1025-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509436v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Vignon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chiabrando" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wiener" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-19-239-2026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223259v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audran Borella" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Meurdesoif" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fairhead" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024ms004918" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029172v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Fourr&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JD042073" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352111v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Caton Harrison" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Genthon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Toledo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-6-1605-2025" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762564v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Bracegirdle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dutrieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Gilbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/bams-d-24-0247.1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04734078v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Rivi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delano&#235;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doyle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Methven" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Barrell" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-23-0143.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04671704v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Raillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Madeleine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024jd040973" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289357v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Wille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon P Alexander" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Baiman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0175.1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746561v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Balhane" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Cheruy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Driouech" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid El Rhaz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Idelkadi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.8405" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04746657v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Rohs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JD040981" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737007v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Arjdal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cheruy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Coulon-Decorzens" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dehondt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024MS004400" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289361v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0176.1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746586v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S C H Truong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S T Siems" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P T May" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Huang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd039013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241731v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;ruy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Manzanas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asl.1180" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03610927v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Georgakaki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Sotiropoulou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Billault-Roux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Berne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-1965-2022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03839592v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo del Guasta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Heymsfield" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-12857-2022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706378v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana E. Veron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Vignon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madeleine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Piard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-14-1571-2022" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722984v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kittel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hofer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C Jourdain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-2655-2022" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03574447v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Gehring" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;claire Billault&#8208;roux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Ferrone" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Protat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD035210" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693663v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Moigne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bazile" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anning Cheng" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Dutra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Edwards" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-2183-2022" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993966v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Biri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bracegirdle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C. King" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kent" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-3-1415-2022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03266763v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Planat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-14-4543-2021" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03726949v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Alexander" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Mcfarquhar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marchand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Protat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Vignon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JD033626" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03726951v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -L. Roussel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. V. Gorodetskaya" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genthon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL092281" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03512049v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Veron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Dufresne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-5731-2021" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280181v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P Alexander" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J Demott" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sotiropoulou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gerber" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JD033490" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853764v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-2021-204" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03154111v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Young" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Morrison" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian J O'Shea" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-755-2021" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065736v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Dur&#225;n-Alarc&#243;n" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alexander" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAS-D-19-0264.1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903162v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hourdin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Grandpeix" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cheruy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019MS001892" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013156v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Musat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019ms002005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518826v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Oertel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jullien" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Besic" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-7373-2020" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084242v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Grandpeix" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020MS002046" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02346765v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cauquoin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Risi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.115731" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02125363v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Baas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas J. H. van de Wiel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik van Meijgaard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.3450" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997956v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven van Der Linden" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Edwards" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiel van Heerwaarden" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-019-00461-4" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518832v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besic" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jullien" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gehring" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JD031028" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658663v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Forbes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gettelman" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JD028111" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01727467v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017MS001184" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496397v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-691-2017" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668339v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JD026802" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01306757v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rysman" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lahellec" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Verrier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-016-0144-y" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391303v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Kerstel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8521-2016" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361278v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352108v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352105v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352103v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352119v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidiki Sanogo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellouin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01696807v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAU023" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509464v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Dutrievoz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Agosta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davrinche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;lle Landais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-20-1025-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509436v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Vignon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chiabrando" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Amory" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Wiener" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-19-239-2026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029172v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Nguyen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Fourr&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JD042073" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352111v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Caton Harrison" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Genthon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Toledo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-6-1605-2025" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223259v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audran Borella" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Meurdesoif" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fairhead" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024ms004918" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762564v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Bracegirdle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dutrieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Gilbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/bams-d-24-0247.1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04734078v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Rivi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delano&#235;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doyle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Methven" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Barrell" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/BAMS-D-23-0143.1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04671704v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Raillard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Madeleine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024jd040973" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289357v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Wille" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon P Alexander" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Baiman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0175.1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746561v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Balhane" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Cheruy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Driouech" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid El Rhaz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Idelkadi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.8405" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04746657v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Rohs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JD040981" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289361v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-23-0176.1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737007v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Arjdal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cheruy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Coulon-Decorzens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dehondt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024MS004400" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746586v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S C H Truong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S T Siems" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P T May" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Huang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd039013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241731v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ch&#233;ruy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Manzanas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/asl.1180" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706378v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana E. Veron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Vignon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madeleine" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Piard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-14-1571-2022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03839592v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo del Guasta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Heymsfield" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-12857-2022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722984v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kittel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hofer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C Jourdain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-2655-2022" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03574447v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Gehring" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;claire Billault&#8208;roux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Ferrone" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Protat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JD035210" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993966v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stavroula Biri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bracegirdle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John C. King" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kent" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/wcd-3-1415-2022" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693663v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Moigne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bazile" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anning Cheng" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Dutra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Edwards" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-2183-2022" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03610927v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Georgakaki" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Sotiropoulou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Billault-Roux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Berne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-1965-2022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03726951v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Vignon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -L. Roussel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. V. Gorodetskaya" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genthon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL092281" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03512049v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Veron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Six" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Dufresne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-5731-2021" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03726949v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Alexander" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. M. Mcfarquhar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marchand" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Protat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JD033626" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03280181v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P Alexander" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J Demott" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sotiropoulou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gerber" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JD033490" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853764v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-2021-204" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03154111v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Young" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Morrison" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian J O'Shea" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-755-2021" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03266763v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Planat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-14-4543-2021" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013156v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cheruy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hourdin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Musat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019ms002005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903162v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rio" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Grandpeix" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019MS001892" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518826v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Oertel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jullien" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Besic" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-7373-2020" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065736v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Dur&#225;n-Alarc&#243;n" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alexander" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JAS-D-19-0264.1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084242v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Grandpeix" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020MS002046" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02125363v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Baas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas J. H. van de Wiel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik van Meijgaard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.3450" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997956v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven van Der Linden" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Edwards" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiel van Heerwaarden" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-019-00461-4" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02346765v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cauquoin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Risi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.115731" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518832v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besic" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jullien" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gehring" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JD031028" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658663v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Forbes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gettelman" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JD028111" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01727467v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017MS001184" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03668339v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JD026802" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01496397v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Casado" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-691-2017" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391303v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaelle Landais" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Kerstel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8521-2016" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01306757v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rysman" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lahellec" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Verrier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-016-0144-y" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352108v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352105v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352103v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05352119v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidiki Sanogo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bellouin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361278v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01696807v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAU023" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>