--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -123,51 +123,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les droits fondamentaux, l'exception d'ordre public et la prohibition de la révision au fond dans le système de Bruxelles I</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 03, pp.555</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05426022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -277,212 +277,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04769453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enchâssement du conflit de lois dans le règlement de la compétence juridictionnelle relative à l'action directe assurantielle internationale</w:t>
+                <w:t xml:space="preserve">Compétence juridictionnelle européenne relative au manquement d'une banque à son obligation de vigilance : matérialisation du dommage sur le compte de réception des fonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 03, pp.463</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 04, pp.724</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04848567v1</w:t>
+                <w:t xml:space="preserve">halshs-04987876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compétence juridictionnelle européenne relative au manquement d'une banque à son obligation de vigilance : matérialisation du dommage sur le compte de réception des fonds</w:t>
+                <w:t xml:space="preserve">Enchâssement du conflit de lois dans le règlement de la compétence juridictionnelle relative à l'action directe assurantielle internationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 04, pp.724</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 03, pp.463</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04987876v1</w:t>
+                <w:t xml:space="preserve">halshs-04848567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jurisdiction over Non-EU Defendants – Should the Brussels Ia Regulation Be Extended?,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 03, pp.624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04848571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -507,51 +507,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques restrictives de concurrence : la Cour de justice chasse le public enforcement du domaine du règlement Bruxelles I bis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 4, pp.794</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04587740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -684,555 +684,1599 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le règlement Insolvabilité à l'épreuve des pre-pack cession : l'action fondée sur le transfert du contrat de travail n'est pas connexe à la procédure collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 01, pp.103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04070272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques restrictives de concurrence : la Cour de justice chasse le public enforcement du domaine du règlement Bruxelles I bis – CJUE 22 déc. 2022, aff. C-98/22</w:t>
-[...59 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Les règlements européens digital markets et services acts (DMA-DSA) – Aspects de droit international privé – Propos introductifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Porcheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 05, pp.263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04096827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques restrictives de concurrence : la Cour de justice chasse le public enforcement du domaine du règlement Bruxelles I bis – CJUE 22 déc. 2022, aff. C-98/22</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit du commerce international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis d' Avout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bollée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Gridel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.1773</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03806965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action récursoire du vendeur final de marchandises : articulation de la prescription soumise aux dispositions de transposition de la directive 1999/44/CE du 25 mai 1999 et du délai de déchéance de l'article 39, alinéa 2 de la convention de Vienne - Cass. com., 3 févr. 2021, n° 19-13.260</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal du droit international (Clunet)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Louis d' Avout</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La CJUE se prononce sur les mesures d’assainissement mises à la charge des banques centrales ! – CJUE, gr. ch., 13 sept 2022, Banka Slovenje, aff. C-45/21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autorité juridique des décisions de la CJUE, in &amp;quot;La jurisprudence de la CJUE : source grandissante du droit bancaire&amp;quot;, Actes du colloque organisé à Strasbourg le 21 octobre 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Banque et droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama de droit du commerce international</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis d'Avout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bollée</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La liberté d’expression et l’ordre public dans la lex electronica ; sur la décision Trump v. Facebook du Conseil de surveillance de Facebook du 5 mai 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application de la règle de territorialité des procédures d’exécution » (Civ. 2e, 10 décembre 2020, n°19-10801)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n°396h4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improbable retour en grâce de la théorie générale des conflits de juridictions : naissance d’une règle de compétence purement internationale s’agissant d’une action en partage d’un bien immobilier situé en France – Civ., 1re, 4 mars 2020, n° 18-24.646</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collision(s) de l’immunité de juridiction et de la compétence juridictionnelle devant la Cour de justice : l’affaire Rina – CJUE, 7 mai 2020, C-641/18</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal du droit international (Clunet)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irrecevabilité d’une action en recherche de paternité d’une personne adoptée à l’étranger » (Civ. 1re 14 octobre 2020, n°19-15783)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n°392y9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la responsabilité personnelle du gérant de SARL à l’égard des tiers » (Com., 23 juin 2021, n°19-21.766)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets dans un autre État membre de la décision d’ouverture d’une procédure d’insolvabilité principale du point de vue des pouvoirs du syndic et conformité à l’ordre public international français – Com., 16 juillet 2020, n° 17-16.200</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama « Droit du commerce international »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis d'Avout</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bollée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Farnoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Augustin Gridel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 35, pp.1773</w:t>
+              <w:t xml:space="preserve">, 2020, p. 1970 et suiv</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La CJUE se prononce sur les mesures d’assainissement mises à la charge des banques centrales ! – CJUE, gr. ch., 13 sept 2022, Banka Slovenje, aff. C-45/21</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02966506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama &amp;quot;Droit du commerce international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis d'Avout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bollée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz Actualité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 7</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’autorité juridique des décisions de la CJUE, in &amp;quot;La jurisprudence de la CJUE : source grandissante du droit bancaire&amp;quot;, Actes du colloque organisé à Strasbourg le 21 octobre 2022</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Say on pay, now ! Les votes contraignants des actionnaires sur la rémunération des dirigeants après l’ordonnance du 27 novembre 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Banque et droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2</w:t>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512065v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rethinking Judicial Jurisdiction in Private International Law. Party Autonomy, Categorical Equality and Sovereignty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Politics of Justice in European Private Law - Social Justice, Access Justice, Societal Justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05259101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconnaissance et exécution des jugements étrangers en matière civile ou commerciale - À propos de la Convention de La Haye du 2 juillet 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama de droit du commerce international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1249,1113 +2293,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bollée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...974 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512119v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04512086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renouvellement en profondeur du dispositif de contrôle des investissements étrangers – « patriotisme économique » bien ordonné de Paris à Bruxelles ?</w:t>
               </w:r>
@@ -2556,51 +2556,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les règlements européens digital markets et services acts (DMA-DSA) - Aspects de droit international privé, Actes du colloque organisé à Strasbourg le 20 janvier 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Porcheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dalloz IP/IT, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3761,173 +3761,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Droit international privé » et « Règlementation européenne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Farnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thibault de Ravel d'Esclapon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lamy Droit Commercial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lamy, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une compétence civile (quasi-)universelle sous haute tension – la compétence du juge français pour donner réparation à la victime d’une situation internationale d’esclavage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Marchadier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prohibition de l’esclavage et de la traite des êtres humains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pedone, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512040v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04512057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Droit international privé » et « Règlementation européenne »</w:t>
               </w:r>
@@ -5464,51 +5464,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05426022v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Farnoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04769453v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis d'Avout" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Boll&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Gridel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848567v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04987876v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848571v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04587740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242133v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04070272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farnoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512116v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04096827v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Porcheron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512073v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03806965v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis d' Avout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512090v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512117v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512118v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512048v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512088v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512066v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512075v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512047v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512067v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512074v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259581v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02966506v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259332v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259101v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512065v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512119v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512086v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512061v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512071v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prieto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Rass-Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Robin-Olivier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512059v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512072v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512122v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512081v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512082v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512087v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512056v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512076v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512038v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512039v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018325v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Lamazerolles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rabreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane P&#233;rin-Dureau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512054v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512040v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512057v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512077v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512085v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512062v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783748910619-259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512037v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512060v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512064v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lasserre Capdeville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512069v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966810v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512070v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512068v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rcdip.214.0965" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512078v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512083v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512051v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512084v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512052v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Jault-Seseke" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05408032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05426022v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Farnoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04769453v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis d'Avout" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Boll&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Gridel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04987876v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848567v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04848571v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04587740v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242133v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04070272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farnoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04096827v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Porcheron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512116v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03806965v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis d' Avout" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512073v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512090v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512117v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512118v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512088v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512066v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512075v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512047v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512067v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512074v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02966506v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259581v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512065v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259332v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259101v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512086v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512119v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512061v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512071v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prieto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Rass-Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Robin-Olivier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512059v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512072v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512122v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512081v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512082v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512087v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512056v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512076v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512038v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512039v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512055v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04018325v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Lamazerolles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rabreau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane P&#233;rin-Dureau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512054v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512057v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512040v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512077v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512085v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512062v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783748910619-259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512037v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512060v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512064v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lasserre Capdeville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512069v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966810v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512070v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512068v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rcdip.214.0965" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512078v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512083v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512051v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512084v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512052v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Jault-Seseke" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05408032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>