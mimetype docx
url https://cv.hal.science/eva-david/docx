--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Éva David </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang up to the hook! Manufacture and fishing practices at Mesolithic Olsteinhelleren, Norway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Houmard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Dupont; Anna Baudry; Marie-Yvane Daire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeology of coastal settlements, Homer 2021 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestonepress, pp.561-575, 2026, 978-94-6426-343-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prémices à une anthropologie philosophique et pragmatique sur le geste mortuaire en préhistoire – Cas d’un ancien lot, ici daté, d’os humains artéfactualisés du mas d’Azil (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Fjellström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunilla Eriksson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Hubert Foretier; Sylvain Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier 6, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.343-390, 2023, Anthropologie des techniques, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04028146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biography of decorated antler adzes from Montières (France) suggests a magic function in Mesolithic art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Judith M. Grünberg; Bernard Gramsch; Erik Brinch Petersen; Tomasz Płonka; Harald Meller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Art – Abstraction, Decoration, Messages. International and interdisciplinary Conference Halle (Saale), Germany, 19th-21st September 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26-1, , pp.41 54, 2023, Tagungen des Landesmuseums für Vorgeschichte Halle, 978-3-948618-64-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04357189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction – Libre propos sur la personnalité scientifique et l’apport d’Eric Boëda à la préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Forestier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Hubert Forestier; Sylvain Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier 6, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-34, 2023, Anthropologie des techniques, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04028119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Souffi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine. Le site de la rue Farman à Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions/Inrap (Recherches archéologiques — 24), pp.84-89, 2023, 978-2-271-14816-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le racloir à bulbe piqueté de Vergisson IV (Saône-et-Loire) : un « retouchoir » en silex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Massoulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Hubert Forestier; Sylvain Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier 6, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.569-587, 2023, Anthropologie des techniques, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04028162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maglemosian in contact: The disruptive invention of stone pressure flaking on the curve crutch 7000 CAL BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel A. Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Diemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Santaniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svein Vatsvåg Nielsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Eric Hrnčiarik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contact, circulation, exchange. Proceedings of the Modified Bone &amp; Shell UISPP Commission Conference (2-3 March 2017, University of Trnava)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Industrie de l’os préhistorique (XV), Archaeopress Archaeology, pp.52-76, 2023, 978-1-80327-595-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic landscapes and where to hunt big game: everywhere or???</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vogt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Grøn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.H.M. Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernek Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hans Peeters; Ole Grøn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hidden dimensions: Aspects of Mesolithic hunter-gatherer landscape use and non-lithic technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestone Press, pp.235-259, 2022, 978-94-6426-125-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04085722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le renne « beuglant » de Brassempouy (Landes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laureline Cattelain; Alison Smolderen; Marie Gillard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologues Malgré-Tout, Apporter sa pierre pour y voir clair, Mélanges offerts à Claire Bellier et Pierre Cattelain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Cedarc/Musée du Malgré-Tout, pp.89-100, 2022, 2-87149-100-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic landscapes and where to hunt big game: everywhere or ???</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vogt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Grøn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.H.M. Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Hernek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hans Peeters; Ole Grøn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hidden dimensions: Aspects of Mesolithic hunter-gatherer landscape use and non-lithic technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestone Press, pp.113-150, 2022, 978-94-6426-125-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inquiry into Mesolithic hafting-technology – An exceptional miniature “T-shaped” axe from Friesack, Brandenburg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michael Baales; Clemens Pasda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">All der holden Hügel ist keiner mir fremd.. Festschrift zum 65. Geburtstag von Claus-Joachim Kind</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitätsforschungen zur Prähistorischen Archäologie Aus dem Seminar für Ur- und Frühgeschichtliche Archäologie der Universität Jena (327), Verlag Dr. Rudolf Habelt GMBH, pp.479-484, 2022, 978-3-7749-4180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone flakes from traditional metapodial reduction in Postglacial deposits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arturo Cueva Temprana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justina Orłowska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ole Grøn; Hans Peeters. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hidden dimensions: Aspects of Mesolithic hunter-gatherer landscape use and non-lithic technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidestone Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-259, 2022, 978-946-426-1257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du savoir-faire dans la technologie de l’insert — La pointe mésolithique de Kanaljorden (Suède)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Hallgren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laureline Cattelain, Alison Smolderen &amp; Marie Gillard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologues Malgré-Tout, Apporter sa pierre pour y voir clair, Mélanges offerts à Claire Bellier et Pierre Cattelain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Cedarc/Musée du Malgré-Tout, pp.213-224, 2022, Guides archéologiques du Malgré-Tout, 2-87149-100-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic engraved bone pins: the art of fashion at Téviec (Morbihan, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Borić; D. Antonović; B. Mihailović. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foraging assemblages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Serbian Archaeological Society/The Italian Academy for Advanced Studies in America, Columbia University, pp.610-618, 2021, 978-86-80094-15-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antler tool’s biography shortens time frame of Lyngby-axes to the last stage of the Late Glacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berit Valentin Eriksen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabine Gaudzinski-Windheuser &amp; Olaf Jöris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The beef behind all possible pasts. The tandem festschrift in honour Elaine Turner and Martin Street</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schnell &amp; Steiner Verlag (Monographien des Römisch-Germanischen Zentralmuseums — Band 157), pp.639-656, 2021, 978-3-7954-3674-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03343877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'acquisition de la Pression à la béquille courbe, seulement une question d'habileté ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Diemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel A. Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Santaniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie des techniques - Cahier 1 - De la mémoire au geste en préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-62, 2019, ANTHROPOLOGIE DES TECHNIQUES - Cahier 1 ”De la mémoire aux gestes en préhistoire”, 9782343166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The osseous technology of Hohen Viecheln: A Maglemosian idiosyncrasy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Groß; Harald Lübke; John Meadows; Detlef Jantzen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From bone and antler to Early Mesolithic life in Northern Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Untersuchungen und Materialien zur Steinzeit in Schleswig-Holstein und im Ostseeraum (10), Karl Wachholtz Verlag, pp.127-162, 2019, 978-3-529-01861-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acquisition de la Pression à la béquille courbe, seulement une question d’habileté ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel A. Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Diemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Santaniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svein Vatsvåg Nielsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eva David. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie des techniques - Cahier 1 - De la mémoire au geste en préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, L'Harmattan, pp.43-62, 2019, ANTHROPOLOGIE DES TECHNIQUES - Cahier 1 "De la mémoire aux gestes en préhistoire", 978-2-343-16602-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Late Mesolithic ritual using fishing tools at Kanaljorden (Sweden), 5700 Cal BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luminiţa Bejenaru. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th Meeting of the ICAZ Worked Bone Research Group, Iași, 23-28 May 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quaternary International (472), Elsevier, pp.23 37, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of knowledge, crafting and cultural traditions, interregional contact and interaction, 7300 Cal BC: A study of worked material from Norje Sunnansund, Sweden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Kjällquist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kjel Knutsson; Helena Knutsson; Jan Apel; Håkon Glørstad. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology of Early settlement of Northern Europe. Transmission of knowledge and culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Equinox Publishing London, pp.231-276, 2018, 978-1-78179-516-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bone Pins from Téviec (Morbihan, France) Illuminate Mesolithic Social Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Burials - Rites, Symbols and Social Organisation of Early Postglacial Communities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II, J.M. Grünberg, B. Gramsch, L. Larsson, J. Orschiedt, H. Meller, pp.609-628, 2017, Tagungen Des Landesmuseums Für Vorgeschichte Halle, 978-3-944507-43-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No Maglemosian bone tools in Mesolithic Norway so far!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monica Mărgărit; Adina Boroneanţ. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From hunters-gatherers to farmers. Human adaptations at the end of the Pleistocene and the first part of Holocene. Papers in Honour of Clive Bonsall</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Cetatea de Scaun, pp.229-244, 2017, 978-606-537-386-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Should We Do or Not Do for the Preservation or Remedial Action in Prehistoric Painted Caves?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Genthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lorblanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mauduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. d' Hulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert G. Bednarik; Danae Fiore; Mara Basile; Giriraj Kumar; Tang Huisheng. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeoart and Materiality. The Scientific Study of Rock Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archaeopress, pp.85-98, 2016, 978-1-78491-429-5. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctvxrq0ks.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Were prehistoric communities really free to choose how they wanted to realize things? The importance of debitage techniques for indicating the cultural origin of technical change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Problems in Palaeolithic and Mesolithic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University Copenhagen, pp.163-187, 2016, Arkæologiske studier, 978-87-89500-27-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Symbolic Use of Antler in Growth, to Face Neolithization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Casseyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre van Der Sloot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Léotard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vitezović, Selena. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Close to the Bone: Current Studies in Bone Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Archaeology, pp.112-120, 2016, 978-86-6439-006-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aloys Shanyungu; Rigobert Kabamba; Charles Bashige. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La femme et les enjeux de la postmodernité. Essai de décryptage et regard rétrospectif à partir de la lorgnette congolaise (RDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edilivre, pp.187-189, 2015, 978-2-332-84893-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fishing&amp;quot; Mesolithic Settlement-Subsistence Systems Using Notions of Economy of Debitage and Raw Material toward Production of Bone Points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinead Mc Cartan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Molin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Woodman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bicho; Nuno ; Detry; Cleia ; Price; T. Douglas ; Cunha; Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muge 150th: The 150th Anniversary of the Discovery of Mesolithic Shellmidden</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.173-188, 2015, 1-4438-8216-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dąbki 9 : New technological insights yielded by the bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kabaciński; Jacek ; Hartz; Sönke ; Raemaekers; Daan C. M. ; Terberger; Thomas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Dąbki site in Pomerania and the neolithisation of the north European lowlands (c. 5000–3000 calBC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag Marie Leidorf, pp.157-168, 2015, Archaeology and history of the Baltic, 978-3-89646-468-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Using Technology to Set Past Human Technical Behaviour towards Osseous Material? With a Special Emphasis on the Mesolithic Bone Industry from Norway (7900-6200BP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zooarchaeology: Proceedings of the 9th ICAZ Worked Bone Research Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Cultural Relics Press, pp.1-13, 2014, 978-7-5010-4183-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os de l'autopode (métapodes, phalanges et grands sésamoïdes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission de nomenclature sur l'industrie de l'os préhistorique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matières d'art. : Représentations préhistoriques et supports osseux, relations et contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Errances, pp.177-210, 2014, Cahier XIII, 978-2-87772-526-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques en bord de Seine : le site du 62 rue Henry-Farman à Paris (15e arrondissement) : organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentin, Boris ; Souffi, Bénédicte ; Ducrocq, Thierry ; Fagnart, Jean-Pierre ; Séara, Frédéric ; Verjux, Christian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du mésolithique recherches sur les habitats de plein air entre Loire et Neckar: actes de la table ronde internationale de Paris, 26 et 27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société préhistorique française, pp.13-36, 2013, Mémoires de la Société Préhistorique française, 978-2-913745-49-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Knochenindustrie, Fundvorlage und Erklärung der Produktionsweise des Spätmesolithikum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Th. Beutelspacher; Cl.-J. Kind; É. David; E. Stephan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (125), Konrad Theiss Verlag, pp.151-164, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Knochenindustrie, Fundvorlage und Erklärung der Produktionsweise des älteres Mittelmesolithikum (Beuronien B)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Th. Beutelspacher; Cl.-J. Kind; É. David; E. Stephan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (125), Konrad Theiss Verlag, pp.452-461, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Knochenindustrie, Fundvorlage und Erklärung der Produktionsweise des späteres Mittelmesolithikum (Beuronien C)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Th. Beutelspacher; Cl.-J. Kind; É. David; E. Stephan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (125), Konrad Theiss Verlag, pp.342-367, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 3.3 - L’industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Souffi; Fabrice Marti. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris, 15ème arrondissement, 62 rue Farman. Évolution culturelle et environnementale d’un site stratifié en bord de Seine, du Mésolithique à l’Âge du Fer. Volume 2 - Les occupations mésolithiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inrap; Rapport de fouille Centre Île-de-France, pp.69-90, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeolithic portable art and its relation to ungulate bones (metapods)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Legrand-Pineau; I. Sidéra; N. Buc; É. David; V. Scheinsohn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ancient and modern bone artefacts from America to Russia. Cultural, technological and functional signatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2136, John &amp; Erica Hedges, pp.115-134, 2010, 978-1-4073-0677-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologie de l’os mésolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Ghesquière; G. Marchand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mésolithique en France. Archéologie des derniers chasseurs-cueilleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions La Découverte (Archéologies de la France), pp.66-67, 2010, 978-2-7071-5952-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Late Glacial bone “retouchers” in the Baltic Mesolithic: The contribution of experimental tests with lithics on bone tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Street; R. Nick E. Barton; Th. Terberger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humans, environment and chronology of the Late Glacial of the North European Plain. Proceedings of workshop 14 (Commission XXXII) of the XVth Congrès de l’Union internationale des sciences pré- et protohistoriques UISPP, Lisboa, 4th-9th of September 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag der Römisch-Germanischen Zentralmuseums Tagungsbänder (6), pp.155-168, 2009, 978-3-88467-143-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Show me how you make your hunting equipment and I will tell you where you come from: Technical traditions, an efficient means to characterize cultural identities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. McCartan; R. Schulting; G. Warren; P. Woodman. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxbow Books</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.362-367, 2009, 978-1-84217-311-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology on Bone and Antler Industries: A Relevant Methodology for Characterizing Early Post-Glacial Societies (9 th -8 th Millenium BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ch. Gates St.-Pierre; R. Walker. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bones as tools: current methods and interpretations in worked bone studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BAR International Series (1622), John &amp; Erica Hedges, pp.35-50, 2007, 978-1-4073-0034-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical behaviour in the Mesolithic (9th-8th millenium cal. BC): The contribution of the bone and antler industry from domestic and funerary contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Larsson &amp; I. Zagorska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Back to the origin. New research in the Mesolithic-Neolithic Zvejnieki Cemetery and environment, Northern Latvia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lund, pp.235-252, 2006, Acta Archaeological Lundensia (series in 8°, N° 52)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redskaber af ben og tak i tidlig Maglemosekultur- et teknologisk studie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Valentin Eriksen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stenalder studier. Tidligt mesolitiske jægere og samlere i Sydskandinavien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Aarhus Universitetsforlag, pp.77-100, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of the Bone and Antler Industry for Characterizing the Early Mesolithic in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claus-Joachim Kind. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">After Ice Age. Settlements, subsistence and social development in the Mesolithic of Central Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (78), Konrad Theiss Verlag, pp.135-145, 2006, 978-3-8062-2056-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning abilities as a dynamic perceptual-motor skill: an actualist study of different levels of expertise involved in stone knapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentine Roux, Blandine Bril. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stone Knapping: The necessary conditions for a uniquely hominid behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, McDonald Institute for Archaeological Research, pp.91-108, 2006, McDonald Institute Monographs, 978-1902937342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Transformation des matières dures d'origine animale dans le Mésolithique de l'Europe du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistorique. Matières et techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier XI Matières et Techniques, pp.113-149, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la technologie osseuse à la définition du Maglemosien (Mésolithique ancien de l’Europe du Nord)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Patou-Mathis; P. Cattelain; D. Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de l’Union internationale des sciences pré- et protohistoriques (UISPP). Actes du Colloque 1.6. L’industrie osseuse pré- et protohistorique en Europe. Approches technologiques et fonctionnelles, Liège, 2-8 Septembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bulletin du Cercle archéologique Hesbaye-Condroz (26), Cercle archéologique Hesbaye-Condroz, pp.75-86, 2003, 0771-4661</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Percuteur sur métapodien d'aurochs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistoriques : Compresseurs, percuteurs, retouchoirs.. Objets à impressions et éraillures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eds. Société Préhistorique Française, pp.132-136, 2002, Cahier X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00123480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Arc-miniature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches de la commission de nomenclature sur l'industrie de l'os préhistorique : Objets méconnus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éd. Société préhistorique française, pp.91-96, 2001, Cahier IX, Objets méconnus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objet à biseau latéral simple en os ou en bois de cervidés, dit aussi “burin”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cattelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">H. Camps-Fabrer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Préhistorique Française, pp.109-118, 1998, Cahier VIII (Biseaux et tranchants)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Objet à biseau distal unifacial ou bifacial simple sur os ou bois d'élan, dit aussi “lame de hache ou d'herminette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société préhistorique française, pp.119-127, 1998, Cahier VIII (Biseaux et Tranchants)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'outil en os, reflet du rapport à l'animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'histoire et d'épistémologie de la préhistoire de l'UMR 7194 HNHP - Thème 'faune et forme'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hubert Forestier; Caroline Bousquet; Arnaud Hurel, May 2025, Paris Muséum national d’histoire naturelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies originating or rooted in the Palaeolithic in Late Azilian harpoon heads?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UISPP Commission for The Final Palaeolithic of Northern Eurasia - Techniques, technologies and resource exploitation in Final Palaeolithic and Mesolithic hunter-fisher-gatherer societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inger M. Berg Hansen; Hege Damlien, Jun 2025, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par delà les mers - Les pratiques funéraires tévieciennes à travers le comportement technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’UMR 7194 HNHP MNHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ewa Dashek; Amélie Vialet, Jan 2025, Paris (Institut de paléontologie humaine), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04888849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ivoire et la tracéologie – L’analyse au microscope des traces de travail et de gravure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tablettes zodiacales de Grand (Vosges) : nouvelles recherches sur les deux diptyques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dabas, Michel, May 2024, Paris ( Ecole normale supérieure), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the meeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1rst Meeting of the UISPP Commission Modified Bone &amp; Shell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éva David; Erik Hrnčiarik, Mar 2017, Trnava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des travaux de recherche scientifique 2003-2023 à l’équipe Nomade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’unité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe Nomade, Apr 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04830641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matières d'art et d'œuvres en mouvement - Cadrage sur l'art mobilier préhistorique français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du séminaire de technologie osseuse de l'école doctorale de l’Université nationale du Centre de la Province de Buenos Aires à Olavarría (Argentine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Investigaciones arqueológicas y paleontológicas del cuaternario pampeano Incuapa/Conicet; Faculté des Sciences sociales de l’Université nationale du Centre de la Province de Buenos Aires à Olavarría (Argentine), Oct 2023, Olavarría, Argentine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04242610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone spoons, un unknown category of fishing gear in Mesolithic Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une anthropologie de la pêche (II)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne Bridault; Eva David, Mar 2023, Nanterre (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04031545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The latest advances in the osseous mobiliary art from the prehistory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kolloquiums der älteren Abteilung - Institut für Ur- und Frühgeschichte und Archäologie des Mittelalters der Eberhard Karls Universität Tübingen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prof. Nicholas J. Conard, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03663728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop « Bâtons percés: State of the art - DFG Project »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wolf Sybille; David Éva; Keysan Mareike, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What animal evidence account for fishing when no fish remains from funerary contexts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie de la pêche (I)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne Bridault; Eva David, Mar 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03663762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bâtons percés from the MAN collections: The contribution of 3D microscopy to the identification of significant use wear patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Bâtons percés" – State of the Art ; Workshop of the UISPP Commission Modified Bone &amp; Shell at the Eberhard Karls University of Tübingen (Germany)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03663703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Over sees, the Teviecian funerary practices through technical behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Arias, Sep 2010, Santander, Spain. pp.610-618</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of adorned antler adzes from Montières (France) to Mesolithic Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Art – Abstraction, Decoration, Messages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Judith Grünberg; Harald Meller; Eric Brinch Petersen; Bernhard Gramsch; Thomas Płonka, Oct 2019, Halle/Saale, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carcasses exploitation techniques: a mean to understand the driving force of Stone Age subsistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AG Animals, Plants and Substances of SFB 1070 ResourceCultures - Beyond subsistence: Human, nature interactions Workshop October 16-18, 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Keiko Kitagawa; Marta Díaz-Zorita Bonilla; Roman Sieler; Recha Seitz; Marco Nicolì; Shyama Vermeersch; Maike Melles, Oct 2019, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carcasses exploitation techniques, a mean to understand the driving force of Stone Age subsistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond subsistence : Human-Nature interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Keiko Kitagawa; Marta Días-Zorita Bonilla, Oct 2019, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of the bone and antler industry of Hohen Viecheln to define the Maglemose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working at the sharp end at Hohen Viecheln (Schleswig, Germany)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Lübke; D. Groß, Mar 2016, Schleswig, Germany. pp.127-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Results on the chaînes opératoires from the Friesack 4 site (Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th AG Meso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claus-Joachim Kind; Nicolas Conard; Tina K. Hornauer-Jahnke; Thomas Beutelspacher, Feb 2019, Tübingen, Germany. pp.479-484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the use of things to the status of the dead: Téviec and Hoëdic (Brittany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Little</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégor Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solange Rigaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAA 4-9 Sept. 2018 Barcelona, Spain - Session 745: Grave Good Biographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A technology linked to symbolism, the cause for Nordic Mesolithic industrial change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe Congrès de l'Union Internationale des Sciences Préhistoriques et Protohistoriques - Session 13/1-Symbolism of Bone artefacts (Cl. Houmard &amp; U. Odgaard, org.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Djindjan; François Giligny; Laurent Costa, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Téviec revisited ‘The best wine comes from old bottles’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégor Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Little</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solange Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tresset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th UISPP Congres - Session 20/2-Shell mounds, shell middens and coastal resources (G. Bailey et al. org.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional aspect of incised tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Hallgren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Bejenaru, May 2016, Iași, Romania. pp.23-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on chaînes opératoires’ reconstruction from the Rubrorum osseous collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du département de philosophie de l'Université Tyrnaviensis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Erik Hrnciarik, Mar 2017, Trnava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'identification des matériaux, au fondement de l'interprétation des productions du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travailler l’organique - Journée Sciences en fête</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Houmard; Catherine Lavier; Julien Clément; Frédérick Keck, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débitage par pression à la béquille pectorale en bois de cervidé (contexte Mésolithique, Europe, XIIe mill. BP) : résultats préliminaires d’expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel Sørensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’unité au stage de taille de Belvès (Dordogne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe AnTET, May 2017, Belvès, Dordogne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04830566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two cases of replications of artefacts show circulation of people and knowledge in the Maglemosian area (Early Mesolithic, 8th mill. Cal BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contact, circulation, exchange in past societies: approaches from the bone artefacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, É. David; E. Hrnčiarik, Mar 2017, Trnava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des os anthropisés de Roc-en-Pail (Maine-et-Loire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Gargani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’unité du 28 novembre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe AnTET, Nov 2017, Nanterre (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04830603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late Mesolithic social organisation from Téviec (Morbihan, France) burial grounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic burials of Early Potstglacial communities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, J.M. Grünberg, Sep 2013, Halle, Germany. pp.609-628</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal heads used as trophies at the Mesolithic/Neolithic transition (ca. 5500 Cal BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Vitezoviċ, Aug 2014, Belgrade, Serbia. pp.112-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rites and symbols in the use of Mesolithic antler axes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, D. Boriċ, Sep 2015, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The other type of Mesolithic: Pointed bone implements from Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Woodman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Molin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muge 150th Anniversary of the discovery of the Shellmiddens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Bicho, Mar 2013, Salvaterra-de-Mago, Portugal. pp.173-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting bone tools in Mesolithic Norway. A case study from the Viste cave and Saevarhelleren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The sheltered village in Herand Workshop of the scientific project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, K.-A. Bergsvik, Nov 2013, Lofthus, Norway. pp.25-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hammer-, “T”-axes and other heavy-duty tools made of antler revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clive Bonsall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, D. Boriċ, Sep 2015, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidences of the last ‘retouchoirs’ (égriseurs) thanks to some Mesolithic ‘opportunistic’ behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retouching the Palaeolithic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Gaudzinski-Windheuser; A. García-Moreno; J. Hutson; E. Turner; A. Villaluenga; J. Rosell; R. Blasco, Oct 2015, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic punch and compressor, in search for more diagnostic criterias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel Sørensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MesoLife Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federica Fontana, Jun 2014, Selva-di-Cadore, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02349238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic North-Eastern tradition in the mood for Maglemose (2) : Norje Sunnansund as a key site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Kjällquist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Early settlement of Northern Europe – Technology and communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03272121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the technological approach to characterize human behaviour from archaeological remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, X. Ma, Apr 2013, Zhengzhou, China. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic occupations on the edge of the Seine. Spatial organisation and function of the site of 62 rue Henry Farman, Paris (15th arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du Mésolithique : recherches sur les habitats de plein air entre Loire et Neckar/ Actes de la table ronde de Paris, 27-27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.16-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting bone tools in Mesolithic Norway: a case study from Viste cave and Sævarhelleren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "The sheltered village in Herand Workshop of the scientific project"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Knut Andreas Bergsvik, Nov 2013, Lofthus, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting tools during the 7th millennium BC : a regional know-how</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut-Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Congress of the European Association of Archaeologists - Session E14 "Settled and itinerant crafts people in History and Prehistory"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04695742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalenian portable art of the Piette’ collection (France), a first good in motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Lang, Aug 2011, Salzburg, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site ‘62, rue H. Farman’, organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde Internationale Palethnographie du Mésolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Souffi, Nov 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic site of Paris ‘rue Henry-Farman’ (France): first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Arias, Sep 2010, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraving the metapodials in the Upper Palaeolithic in France: Contribution of the collections from the National Museum at Saint-Germain-en-Laye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, I. Sidéra; É. David; A. Legrand, Aug 2007, Nanterre, France. pp.115-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into Mesolithic technology: the Krzyż Wielkopolski 7 (Poland) antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Kufel; J. Baron; M. Diakowski, Sep 2009, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Show me how you are making your hunting equipment, I will tell you where you come from!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Mesolithic Conference of the Commission 32 UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Woodman, Sep 2005, Belfast, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retracing Missing Late Glacial Human Occupations in Baltic: The Contribution of the Bone Industry with Special Emphasis of the Preboreal Zvejnieki site (Latvia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th UISPP Congress - WS14-The Late Glacial on the North European Plain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Street; M. Kobusiewicz, Sep 2006, Lisbonne, Portugal. pp.155-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matter and Material: Red Deer antler exploitation during the Mesolithic at Clos de Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVth UISPP Congress, Session C61, Lisbon, 4-9 September 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resources for equipment or raw material? The case of cervids antler remains from the Mesolithic cave of the Clos-de-Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th UISPP Congress - 4/C61-Animal exploitation by prehistoric hunter societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Fontana; F.-X. Chauvière, Sep 2006, Lisbonne, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zur experimentellen Herstellung mesolithischer Knochenbeile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Konferenz - Institut für Ur- und Frühgeschichte und Archäologie des Mittelalters der Eberhard-Karls-Universität Tübingen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Harald Floss, Jun 2008, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of the projectile points of the Early Mesolithic: Between technical traditions and techno-economic necessities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">73rd SAA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, D.T. Price, Mar 2008, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology: A relevant methodology for characterizing cultures of Early Post-Glacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69th SAA Congress - S79 Recent developments in bone tool studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ch. Gates St.-Pierre; R. Walker, Mar 2004, Montréal, Canada. pp.35-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un premier cas d’imitation d’armature en os au Mésolithique ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque imitation, transfert et refus d’emprunt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Rouillard, Jun 2006, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the bone and antler industry of the Early Mesolithic in Europe (9th - 8th mill. BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The After Ice Age Internation. Conf.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Rottemburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results on a recent technological study of the Early Mesolithic bone and antler industry of Estonia, with special emphasis on the Pulli site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.67-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler industry of the oldest archaeological site of Estonia: The Pulli site (Tori)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Luik; L. Maldre, Aug 2003, Tallin, Estonia. pp.67-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Maglemosien ancien, rappel historique et principaux résultats livrés par l’industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1re Table ronde internationale du Groupe d’Études du Mésolithique en Archéologie Préventive (GEMAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éva David; Thierry Ducrocq, Nov 2004, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of a technological study of bone and antler industry for the Definition of the Early Maglemose Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, pp.649-657</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic techniques on bone tools and Technocomplexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Northern Archaeological Congress, Peat bog Session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Khanti-Mansijsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological study as evidence of different behaviours for bone and antler manufacture during Early Mesolithic times (X-VIII millenaries)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1rst Northern Archaeological Congress (NAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Natalia Chairkina, Sep 2002, Khanty-Mansiisk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone/antler artefacts from Zamostje II (Russia): Technological point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Stone Age of the European plains Zamostje '97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, V. Lozovski, Jul 1997, Serguiev Possad, Russia. pp.292-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler artefacts from the Late Mesolithic level of Zamostje II - 1991 (Russia) : a technological point of view.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.292-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The debitage and manufacture techniques on bone and antler used during Early and Middle Mesolithic in northern Europe : definitions and experimental works</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Meeting of the Worked Bone Research Group (org. J. Schibler)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Bâle, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone and antler artefacts from the Early Mesolithic site of Star Carr (Yorkshire, England) : a technological point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From the Jomon to Star Carr, an International Conference on the hunter-gatherers of east and west temperate Eurasia (org. L. Janik et S. Kaner)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Cambridge, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les techniques de débitage et de façonnage utilisées dans la fabrication de l'industrie en matières dures d'origine animale du Mésolithique ancien et moyen en Europe septentrionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Autour du Méso”. Table ronde Epipaléolithique - Mésolithique 2001 (org. Ch. Verjux et D. Leroy), 13 - 15 Octobre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales du “technocomplexe occidental” : techniques et définition préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000, pp.143-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales des sites mésolithiques de la Baume d'Ogens et de Birsmatten-Basisgrotte (Suisse) : résultats de l'étude technologique et comparaisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000, pp.79-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche technologique des industries en matières dures animales du Mésolithique danois d'après le matériel des gisements maglemosiens de Mullerup 1 (Sarauw's island 1900) et Ulkestrup Lyng II (1946)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999, pp.167-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries en matières dures animales maglemosiennes d’après les sites de Mullerup I et Ulkestrup II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A. Thévenin, Sep 1995, Besançon, France. pp.167-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic bone industry of northern Europe : Purpose of the thesis and first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Inter-Meso Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Neuwied, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chasséen septentrional au Néolithique moyen régional, analyses et réflexions sur la définition d'une culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992, pp.177-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice 'WBRG Bonetool of the Month' : Carnet de bal (dance booklet) made of bone and ivory (19th century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerf dans le Morbihan. Dans les nécropoles mésolithiques de Téviec et d'Hoëdic. GRANDE FAUNE Chasse Gestion n°150, 52-54</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vigier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04882205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brève sur l’archéologie préventive à l’étranger. Motala et les derniers chasseurs préhistoriques de Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 44—Bone tool technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Mesolithic Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.783-796. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780198853657.001.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENTREVISTA: ÉVA DAVID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellus d'Almedia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51359/261422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04440727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documentation photographique sur les industries osseuses mésolithiques de Seavarhelleren et de Viste (Norvège) transmise à Knut Andreas Bergsvik, 2006, 19 planches contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ramure de cerf, symbole mortuaire à Hoëdic. In, dossier de revue de presse « Préhistoire, les révélations du Mésolithique – Le Mésolithique côtier », Archéologia 634 (septembre), p. 35</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsakhirutyn Hondi – FV8 (Altaï, Mongolia) - Report on bone flakes. Project dir. Mirosław Masojć (University of Wrocław) / Grant, National Science Centre Poland, n°NCN 2019/33/B/HS3/01113. 1 page & documentation (list, plate & pictures)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de pièces d'industrie osseuse des séries du Bone Bed et de la Cabane 3 du site de Gonsy (Loubny, Ukraine). Projet, dir. Lioudmila Iakovleva & François Djindjian, du programme de fouilles programmées du MAEE (France). Documentation (inv. & macro- et microphotographies)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Site mésolithique Henry Farman Paris 15e - Fiche script de deux pièces archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OS DE L'AUTOPODE (MÉTAPODES, PHALANGES PROXIMALES ET GRANDS SÉSAMOÏDES)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucienne Filippi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Dufayet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préhistoire du Naukluft et traditions culturelles Stone Age Naukluft And Cultural Traditions « SANACT »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production d'artefacts osseux à la fin de la Préhistoire européenne, des derniers chasseurs-cueilleurs aux premiers agriculteurs sédentaires (depuis la fin du Tardiglaciaire au début du Postglaciaire soit de 11000 à 6000 av. J.-C.) : Analyses comparées de l'industrie en matières dures d'origine animale (os, ivoire, bois de cervidés) de France et de Lettonie étendue au Pays baltes (Lituanie, Estonie) - Projet Conjoint Franco-letton de l'Ambassade de Lettonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilga Zagorska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdis Bērziņš</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the polysemic nature of traces and co-occurring patterns in anthropized material — contribution of a “retoucher” with a flaked bone aspect from Roc-en-Pail (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprawozdania Archeologiczne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 76 (1), pp.139-158. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23858/Sa76.2024.1.3604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeolakes, caves and settlement during the Pleistocene and Holocene around Tsakhiurtyn Hundi, Mongolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirosław Masojć</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunchinsuren Byambaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szykulski Józef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michalec Grzegorz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dashzeveg Bazargur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2024.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeolakes, caves and settlement during the Pleistocene and Holocene around Tsakhiurtyn Hundi, Mongolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirosław Masojć</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunchinsuren Byambaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szykulski Józef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wójcik Antoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bazargur Dashzeveg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98 (399), pp.e15:1-8. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2024.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schème, schéma et chaîne opératoire : des concepts à croiser en préhistoire — application à l’instrumentation des pêcheurs mésolithiques d’Europe du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter C. Woodman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 128 (4), pp.103297. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anthro.2024.103297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expedient and efficient: an Early Mesolithic composite implement from Krzyż Wielkopolski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Kabaciński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auréade Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Rageot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Cheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 97 (392), pp.295-313. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2023.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03973963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Bone Technology points to Cultural Lineages in Prehistory? New Insights from Danish Late-and Post-Glacial Weapons' Heads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasse Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Petersen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Access Journal of Archaeology and Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (3), </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33552/OAJAA.2022.03.000562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic Re-Examination of an Unique Bone Artefact: The Figure of a Theatrical Actor Found at The Roman Fort Iža/Leányvár (Slovakia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hrnčiarik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (1), pp.118 - 127. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/opar-2020-0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site paléolithique de Roc-en-Pail (Chalonnes-sur-Loire, Maine-et-Loire) : état des connaissances 150 ans après sa découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Soriano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Chevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 61 (61), pp.55-85. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/galliap.2633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Insights into Identification of Bone and Antler Tools Used in Indirect Percussion and Pressure Techniques during the Early Postglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel Sørensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, MesoLife: A Mesolithic perspective on Alpine and neighbouring territories, 423, pp.123-142. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2015.11.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting Bone Tools in Mesolithic Norway: A Regional Eastern-Related Know-How</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut-Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (2), pp.190-221. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1461957114Y.0000000073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flintægspyddet fra Kulturhavn Gilleleje</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Museum Nordsjællands Årbog</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015, pp.92-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de restes humains inédits provenant de la grotte du Mas d'Azil (Ariège)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquités nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46, pp.25-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l'analyse techno-fonctionnelle à la compréhension du dépôt mortuaire azilien du Mas d'Azil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquités nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46, pp.37-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic burials : Rites, symbols and social organization of early postglacial communities. Landesmuseum für Vorgeschichte Halle-Saale (Allemagne), 18-21 Septembre 2013 [compte-rendu]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Courtaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (1), pp.149-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chronology of the T-Shaped Axes in the Polish Lowland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Kabaciński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Sobkowiak-Tabaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Osypińska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Terberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprawozdania Archeologiczne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 66, pp.29-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports et limites de l’étude des vestiges fauniques à la caractérisation d’un site mésolithique de plein air à Paris : « 62 rue Henry-Farman » (15e arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (2), pp.257-280. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2013.14260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanowisko Mezolityczne z okresu borealnego w in Krzyżu Wielkopolskim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Kabaciński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Makowiecki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Schild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Sobkowiak-Tabaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeologia Polski</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 53 (2), pp.245-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic Zvejnieki site (Latvia) in its European Context: Preliminary results delivered by a technological study of the bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estonian Journal of Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (2), pp.99-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3e table-ronde internationale du Groupe de recherche sur l'os travaillé. 3rd international meeting of the Worked Bone Research Group (WBRG), Augst (Suisse), 4-9 septembre 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (4), pp.913</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zvejnieku Mezolīta Apmetne un Kapulauks Eiropas Kontekstā: Kaula un Raga Industrijas Tehniskā Izpētes Pirmie Rezultāti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zagorska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Latvian Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.5-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude technologique de l'industrie en matière dures animales du site mésolithique de Zamostje 2 - fouille 1991 (Russie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéo-Situla</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 26, pp.5-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d’aiguilles en os de renards et de lynx qui auraient permis aux Paléoindiens de survivre à la dernière glaciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Rezgui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04819251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword to Logics in Pre- and Protohistory on the Occasion of the UNESCO World Logic Day 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara E. Barich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Brandherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The UISPP Journal 6(2), Special Issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://doi.org/10.62526/BG5AP0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05305113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview en direct de Mathieu Vidard, émission radiophonique &amp;quot;La terre au carré&amp;quot; du lundi 3 janvier 2022, France Inter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Zeitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilaga 7. Analys av redskap av ben och horn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Hallgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kanaljorden, Motala. Rituella våtmarksdepositioner och boplatslämningar från äldre stenålder, yngre stenålder och järnålder. Arkeologisk fôrundersökning och särskild arkeologisk undersökning, Bilagor, vol. 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les derniers chasseurs préhistoriques de l'Europe au temps du Mésolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1rst results on the new Mesolithic site of Norje Sunnansund, Scania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Kjällquist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veretye I (Arkhangelsk, Russie) – Fouilles Svetlana Oshibkina. Masterclass de l'Université d'Uppsala (identification des témoins osseux du débitage par pression au musée de l’Hermitage Staraya Derevniya, 24-27 mars 2014, Saint-Pétersbourg). Liste, inventaire et documentation graphique remis à Kjel Knutsson (organisateur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interest of the technological approach for Mesolithic Motala based on the study-report on the bone and antler industry of Strandvägen - Motala, Sweden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie osseuse du Mésolithique norvégien - Résultats du séjour d’études à Bergen 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The way to use the animal resources in Mesolithic: a matter of identity, culture, also a conception of the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morts violentes à Téviec: l'enquête préhistorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guillas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">n°192</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.50-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framstilling av beinredskaper på Vestlandet 7000-6000 cal BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of the chaîne opératoire of manufacture the Sævarhelleren bone industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice nécrologique - Marek Zvelebil (1952-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Woodman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française, 109(1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.182-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des résultats des 8 séances de séminaire (17 intervenants) présentée pour le bilan du thème III-II de l’unité « Étude de la variabilité des systèmes techniques - Mécanisme des changements techniques », le 21 oct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation technique au Mésolithique…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d’une terminologie commune à l’approche technologique de l’unité - synthèse des résultats des réflexions collectives des 2 juin 2008 &amp; 27 mars 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répertoire des techniques de débitage dans la chronologie du Paléolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maglemosian bone and antler industry: new insight with new Polish material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects de surface de la partie active d'outils en os expérimentaux (retouchoir et biseau) ainsi que celle d’un fragment de pointe archéologique du site mésolithique de Clos-de-Poujol (Aveyron)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer son propos en utilisant Powerpoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion sur l’apport de l’ethnoarchéologie et de l’expérimentation au contexte archéologique - synthèse des résultats et apport de la journée de 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Zangato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (VI) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gustavson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (V) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Johansen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic bone and antler industry of northern Europe: Results from technological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des systèmes techniques aux complexes techno-économiques du Mésolithique européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dis-moi comment tu fabriques tes armatures et je te dirai d’où tu viens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (IV) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Moberg Riis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (III) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématique, méthodologie et présentation des résultats obtenus sur l’industrie osseuse du Mésolithique ancien d’Europe du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (II) ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Chabot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales du Mésolithique ancien et moyen en Europe du Nord : contribution de l'analyse technologique à la définition du Maglemosien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture of Maglemosian bone “adzes” by experiment (I) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Biard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. A. Sorensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries osseuses du Mésolithique scandinave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Pointes barbelées maglemosiennes sur côte de ruminants : reconstitution et validation de la chaîne opératoire par l'expérimentation»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Johansen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaîne de fabrication des outils pris du métapodien de cerf de type Ogens (pointe et ciseau)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Maglemosian barbed points made of metapodials : reconstructing the chaîne opératoire by experiments »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Johansen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie osseuse maglemosienne danoise et le site Mésolithique danois d’Åtoften en cours de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries en matières dures animales maglemosiennes : présentation et premiers résultats d'après la documentation livrée par le site danois de Sværdborg 1 (fouille K. Friis Johansen, 1917)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries osseuses mésolithiques du site de Sværdborg I, Danemark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude diachronique des industries en os et en bois de cerf de l'habitat chasséen et Seine-Oise-Marne de Boury-en-Vexin (Oise)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview pour le journal télévisé régional à Nishnye-Tagil (Russie), thématique культурнaя средa, édition du soir, 30 sept. (2’39)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04459080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La technique du polissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perforation au perçoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le limage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le raclage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perforation à la drille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sciage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rainurage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boneworkmovie/кость работы видео_05062012. Adaptation vidéo du film ‘The bone tools of 10.000 years ago. Maglemosian « Bone Adzes »’ d'É. David et al. 2005, pour l’exposition ÄKSI Tallinn 2012 (écran 42’’). Estonie: TenTwelve 2012 Prod. Tallinn. Vidéo, Couleur, Estonien, 6' [sous-titré en russe et en anglais]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Märko Lillemägi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone tools of 10.000 years ago. Maglemosian 'Bone Adze': The 2005 experiments (Denmark): the additional experimental test from 2006. A Lejre experimental Centre project (n°15/6). France: Éva David (Dir.), Marie Chevais (Éd.), CNRS Images Prod./The Lejre Experimental Centre (Denmark). DVD PAL, All zones, Color, Format 4/3, English, 2’18</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasse Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Gustavson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone tools of 10.000 years ago. Maglemosian “Bone Adze”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasse Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Gustavson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03944570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’observation sur le matériel de Sarsyan (Kurdistan irakien)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fouilles archéologiques du Ministère de l'Europe et des Affaires étrangères (MEAE); Missions Stéphanie Bonilauri. 2024, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de visite du 9 avril 2024 au Campus Buffon (n°140) pour l’observation du matériel de Saint-Prest (Chartres)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum National d'Histoire Naturelle. 2024, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FV8 (Altaï, Mongolia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">National Science Centre Poland; Institute of Archaeology Mongalian Academy of Science; Mongolian National University of Education; Mirosław Masojc Excavations Project at Tsakhiurtyn Hondi. 2023, 119 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfert de compétences en archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ambassade de France en Argentine; Ambassade de France en Uruguay; Université de La Plata (Argentine); Université de Montevideo (Uruguay); Université d'Olavarría (Argentine); l’Instituto de Investigaciones Arqueológicas y Paleontológicas del Cuaternario Pampeano INCUAPA/CONICET. 2023, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouilles préventives au 60-65 rue Robert Lecoq, Amiens (Somme, Hauts-de-France) - Témoins d'ossements anthropisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Figures (7) légendées pour Thierry Ducrocq/Inrap - Hauts-de-France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonsy (Loubny, Ukraine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de l'Europe et des Affaires étrangères (MEAE); Fouilles programmées de Lioudmila Iakovleva et François Djindjian à Gonsy. 2021, 93 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First observations on the bone and antler artefacts from the Escoural cave (Portugal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des os anthropisés de Roc-en-Pail (Maine-et-Loire). Rapport d’expertise préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Gargani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport du projet SMI-InSHS OCTEP &amp;quot;Origine du changement technique dans l’Europe postglaciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InSHS, CNRS. 2015, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The worked osseous material of Norje Sunnansund</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Swedish national Heritage Board Riksantikvarieämbetet Blekinge. 2014, 42 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on Kanaljorden, the worked remains made of bone, antler and tooth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stifelsen Kulturmiljövaard Vestäraas. 2014, pp.1-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kotedalen bone industry. Typological and technical identifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Seksjon for Ytre kulturminnevern Universitetsmuseet i Bergen; Asle Bruen Olsen Excavations at Kotedalen, norway. 2013, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dabki 9, new technological insights on an Ertebølle bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Polish Academy of Sciences Poznań. 2013, 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzyż Station 7. The updated inventory list of the bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Academy of Sciences Poznań; Jacek Kabaciński Excavations Project at Krzyż Station 7. 2013, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des restes humains associés à de l’industrie de la collection Piette. Résultat des recherches archivistiques et documentation photographique des restes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS; musée d'Archéologie nationale. 2013, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler industry of Strandvägen (Motala, Sweden) Preliminary observations, the 5th and 6th of March 2013, on the material stored in Linköpin only (310 pieces examined ) Report made by Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] University Stockholm. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler industry of Strandvägen (Motala, Sweden), Preliminary observations, the 5th and 6th of March 2013, on the material stored in Linköping only (310 pieces examined). Report for the Swedish National Heritage Board & Stockholms universitet (public presentation the 14th of March 2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Department of Osteology. 2013, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes, reproductions graphiques et documentations photographiques avec inventaires des industries osseuses de Seavarhelleren, Viste, Skipshelleren et Kotedalen du projet FMSH transmises à Knut Andreas Bergsvik et, pour la liste de l'industrie retrouvée dans les restes de faune, à Ann Karin Hufthammer, 69p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FMSH/University Bergen. 2012, pp.1-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results on the bone and antler industry (2003-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Academy of Sciences Poznan; Jacek Kabaciński Excavations at Krzyz Wielkopolski 7 (Poland). 2012, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liège -7000 ans, les derniers chasseurs préhistoriques de Wallonie. Archéologie du Mésolithique et Expérimentation. Rapport d’études préliminaires des zones 19 et 20 des fouilles de Tivoli et expérimentations (trophée de cerf, béquille abdominale pour la taille par pression). France: Éva David (dir.), Fanny Bastien (éd.), Maison Archéologie Ethnologie Prod. / CNRS / Service Public de Wallonie (SPW) / coll. Préhistosite de Ramioul & CETREP. DVD 5 PAL, Toutes zones, Couleur, Format 16/9, Français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre van Der Sloot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Léotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Casseyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Maingeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéoforum de Liège. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mas d'Azil, Salle Mandement - Au sujet de l'état des vestiges osseux (os, dent)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société agréée Géologie Environnement Conseil, Saint-Girons. 2012, pp.10-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Site 62, rue Henry Farman, Paris 15e - Mésolithique : L'industrie en matières dures d'origine animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Fouilles préventives Bénédicte Souffi. 2010, 50 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzyz 7 inventory list</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Polish Academy of Sciences; Poznan Museum. 2009, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Results on the “Lyngby Axes” sawn the 22th of April 2009 (Schloss Gottorf, Schleswig, Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zentrum für Baltische und Skandinavische Archäologie (ZBSA), Schleswig. 2009, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing the use of Maglemosian barbed points by experiment-part I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Fredsted</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Xhauflair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lejre Grant n°Haff 10/09, The Lejre Experimental Centre. 2009, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loshbour (Reuland, Grand-Duché de Luxembourg) - Inventaire préliminaire des pièces en matières dures d'origine animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée national d'histoire et d'art, Luxembourg. 2008, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing human networks in Prehistoric Baltic Europe: the informative potential of Krzyż 7 & Dąbki 9 (Poland). Preliminary results on the worked bone and antler material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] European Science Foundation; Jacek Kabaciński Excavations Project at Krzyż Station 7 &amp; Dąbki 9 (Poland). 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Téviec, une station nécropole très bien documentée par Marthe et Saint-Just Péquart - Rapport de pré-expertise sur l'industrie osseuse de Téviec et projet d'exposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de la Recherche; Programmes d'Actions Concertées Incitatives - Néolithisation de la façade atlantique. 2007, 140 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la collection archéologique de Chigir (Sverdlovsk, Russie) - Rapport de mission au Musée régional de Sverdlovsk (Ékaterinebourg), 14 Avril - 18 Mai 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseau des Maisons des Sciences de l'Homme; Programmes d'Actions Concertées Incitatives Terrains, Techniques, Théories - Russie; Maison de l'Archéologie et de l'Ethnologie Nanterre. 2004, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of artefacts made of hard raw material at the end of Prehistoric Estonia: Archaeozoological and technological studies of the Pulli material (9th millenium CAL BC) - Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Kadakas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lembi Lōugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aivar Kriiska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère des Affaires étrangères (France); Direction générale de la coopération internationale et du développement; Direction de la coopération scientifique, universitaire et de la recherche; Programmes d'Actions Intégrées Franco-estonien PARROT - EGIDE n°06224TH. 2003, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges en matières dures d'origine animale du Clos-de-Poujol (Aveyron). État de l'avancement des travaux et perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DRAC Midi-Pyrénées; Fouilles programmées triennales 2001-2003 - Missions Marc Boboeuf. 2003, pp.69-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral report on the 'Definition of the Maglemose by means of bone and antler technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Copenhagen University (E. Brinch Petersen to valid the Doctoral Grant obtained from the Danish Embassy in France). 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de la 6e Conférence internationale « Meso2000 : the Mesolithic in Europe ». Nynäshamm, 4-8 sept. 2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bulletin de la Société préhistorique française 98(1). 2001, pp.154-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production d'artéfacts osseux au Mésolithique en Europe du Nord - Rapport scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fondation Fyssen. 2000, 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’activité concernant le site mésolithique de la Baume d’Ogens (Suisse) : L’industrie en matières dures animales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fonds National de la Recherche Scientifique; Université de Lausanne (Suisse); Projet sur "l'économie mésolithique en Suisse occidentale" de Pierre Crotti. 1997, 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie en matières dures animalse du Mésolithique et du Néolithique des tourbes de Noyen-sur-Seine « Le Haut-des-Nachères » (Seine et Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum national d'Histoire naturelle; Université de Dijon; Projet conjoint Jean-Denis Vigne, Daniel &amp; Claude Mordant. 1994, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contact, circulation, exchange. Proceedings of the Modified Bone &amp; Shell UISPP Commission Conference (2-3 March 2017, University of Trnava)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hrnčiarik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archaeopress Archaeology (Industrie de l’os préhistorique — XV), pp.1-182, 2023, 978-1-80327-595-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine. Le site de la rue Farman à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Chesnaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 302 p., 2023, Recherches archéologiques 24, 978-2-271-14816-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Soriano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-696, 2023, Cahiers d'anthropologie des techniques, 6, Éva David, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04031536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’essor des premières sociétés de métallurgistes en Afrique centrale — Anthropologie du terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Zangato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, Anthropologie des techniques (5), pp.1-165, 2022, 978-2-14-026706-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Pierre et son ombre : Épistémologie de la préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2, pp.1-272, 2020, ANTHROPOLOGIE DES TECHNIQUES, 978-2-343-19641-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie des techniques - Cahier 1 - De la mémoire aux gestes en Préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2019, 978-2-343-16602-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03092916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Beutelspacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claus Joachim Kind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Elisabeth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Konrad Theiss Verlag Stuttgart (Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg - Band 125), pp.500, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancient and modern bone artefacts from America to Russia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Sidéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Buc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivian Scheinsohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John &amp; Erica Hedges, British Archaeological Reports — International Series (2136), 2010, 978-1-4073-0677-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04872835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologie osseuse des derniers chasseurs préhistoriques en Europe du Nord (Xe-VIIIe millénaires avant J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">http://web.mae.u-aris10.fr/recherche/mpEvaDavid.html, pp.666, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche en technologie osseuse appliquée au matériel préhistorique de la Pampa – II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Masterclass (démarche théorique), Olavarría, Argentina. 2023, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche en technologie osseuse appliquée au matériel préhistorique de la Pampa – I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Masterclass (propostion de lecture diacritique d'après les photos transmises - en distanciel), Université d'Olavarría, Argentina. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessin de l'industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Dessin de l'Industrie osseuse, Bâtiment Max Weber-Université Paris Nanterre, France. 2021, pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01270703v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessin de l'industrie osseuse en pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principes de l’étude technologique et critères de diagnose des techniques mésolithiques. Cours du Séminaire de technologie osseuse Masters 3 HPR 003 Université Paris Ouest (UPO) - QP 36 Muséum national d’Histoire naturelle (MNHN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Principes de l’étude technologique et critères de diagnose des techniques mésolithiques, UPO, France. 2016, pp.207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00129410v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supplementary material to the practical lecture on 'Reconstructing bone and antler chaînes opératoires: tools and approach' based on the Mas-d'Azil (Piette collection) osseous artifacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Archaeological perspectives on cultural analysis—Material culture and the transmission of knowledge (NBTN/Berit Valentin Eriksen, org.), musée d'Archéologie nationale (Saint-Germain-en-Laye), France. 2012, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MasAzil_Piette_OsHumainsAzilien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Andrews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish hooks of the Norwegian Mesolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazet Albane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut-Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Houmard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HOMER 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Le Château d'Oléron, France. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03398969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un unusual Mousterian retoucher from Vergisson IV, Saône-et-Loire, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Massoulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Boëda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61st Annual Meeting of the Hugo Obermaier Society for Quaternary Research and Archaeology of the Stone Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Erkrath, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’analyse technologique des « momies squelettisées » à la compréhension des procédés d’embaumement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloïse Quétel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1840e Journées de la Société d'Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l'analyse technologique des &amp;quot;momies squelettisées&amp;quot; à la compréhension des procédés d'embaumement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloïse Quétel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1840e journée de la Société d'Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Castelnovian burial of Mondeval de Sora (San Vito di Cadore, Belluno, Italy): a specialised flint knapper's grave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Bertola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Briois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Cristiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MesoLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Selva-di-Cadore, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary technological observations on the ‘Lyngby axes’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berit Valentin Eriksen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Gaudzinski-Windheuser; O. Jöris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commission for The Final Palaeolithic of Northern Eurasia (Schleswig, Germany)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Schleswig, Germany. Schnell &amp; Steiner Verlag, Monographien des Römisch-Germanischen Zentralmuseums (157), pp.639-656, 2021, The beef behind all possible pasts. The tandem festschrift in honour Elaine Turner and Martin Street</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la technologie osseuse à la définition du Maglemosien (Mésolithique ancien de l'Europe du Nord)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marylène Patou-Mathis; Pierre Cattelain; Denis Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de l’Union Internationale des Sciences pré- et protohistoriques - Colloque 1.6. L’industrie osseuse pré- et protohistorique en Europe - Approches technologiques et fonctionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Liège, Belgique. Bulletin du Cercle archéologique Hesbaye-Condroz, 2002 (26), pp.75-86, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of the technological study of bone and antler industry to the definition of the Early Maglemose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Larsson; H. Kindgren; K. Knutsson; D. Loeffler; A. Åkerlund. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Nynäshamn, Sweden. Oxbow Books, Mesolithic on the Move. Papers presented at the 6th International Conference on the Mesolithic in Europe, Stockholm, 4-8 September 2000, pp.649-657, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie en matières dures animales du “technocomplexe occidental” : Techniques et définition préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ch. Cupillard; A. Richard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de Besançon (Doubs, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, Besançon, France. Presse Universitaires Franc-Comtoises, Annales littéraires de l’Université de Franche-Comté - Série Environnement, Sociétés et Archéologie 1 (699), pp.143-150, 2000, Les derniers chasseurs-cueilleurs d’Europe occidentale (13000-5500 av. J.-C.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales du Mésolithique ancien et moyen en Europe du Nord : Contribution de l'analyse technologique à la définition du Maglemosien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Paris X - Nanterre, 1999. Français. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1999PA100081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04706241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries en matières dures animales maglemosiennes. Présentation et premiers résultats d’après la documentation livrée par le site danois de Sværdborg 1 (fouilles K. Friis Johansen, 1917)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-04702006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId435"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Éva David </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang up to the hook! Manufacture and fishing practices at Mesolithic Olsteinhelleren, Norway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Houmard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Dupont; Anna Baudry; Marie-Yvane Daire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archaeology of coastal settlements, Homer 2021 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestonepress, pp.561-575, 2026, 978-94-6426-343-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prémices à une anthropologie philosophique et pragmatique sur le geste mortuaire en préhistoire – Cas d’un ancien lot, ici daté, d’os humains artéfactualisés du mas d’Azil (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Fernandes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Fjellström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunilla Eriksson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Hubert Foretier; Sylvain Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier 6, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.343-390, 2023, Anthropologie des techniques, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04028146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The biography of decorated antler adzes from Montières (France) suggests a magic function in Mesolithic art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Judith M. Grünberg; Bernard Gramsch; Erik Brinch Petersen; Tomasz Płonka; Harald Meller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Art – Abstraction, Decoration, Messages. International and interdisciplinary Conference Halle (Saale), Germany, 19th-21st September 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 26-1, , pp.41 54, 2023, Tagungen des Landesmuseums für Vorgeschichte Halle, 978-3-948618-64-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04357189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le racloir à bulbe piqueté de Vergisson IV (Saône-et-Loire) : un « retouchoir » en silex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Massoulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Hubert Forestier; Sylvain Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier 6, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.569-587, 2023, Anthropologie des techniques, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04028162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Souffi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine. Le site de la rue Farman à Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Éditions/Inrap (Recherches archéologiques — 24), pp.84-89, 2023, 978-2-271-14816-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction – Libre propos sur la personnalité scientifique et l’apport d’Eric Boëda à la préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Forestier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Hubert Forestier; Sylvain Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier 6, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-34, 2023, Anthropologie des techniques, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04028119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maglemosian in contact: The disruptive invention of stone pressure flaking on the curve crutch 7000 CAL BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel A. Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Diemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Santaniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svein Vatsvåg Nielsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éva David; Eric Hrnčiarik. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contact, circulation, exchange. Proceedings of the Modified Bone &amp; Shell UISPP Commission Conference (2-3 March 2017, University of Trnava)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Industrie de l’os préhistorique (XV), Archaeopress Archaeology, pp.52-76, 2023, 978-1-80327-595-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic landscapes and where to hunt big game: everywhere or???</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vogt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Grøn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.H.M. Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hernek Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hans Peeters; Ole Grøn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hidden dimensions: Aspects of Mesolithic hunter-gatherer landscape use and non-lithic technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestone Press, pp.235-259, 2022, 978-94-6426-125-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04085722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le renne « beuglant » de Brassempouy (Landes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laureline Cattelain; Alison Smolderen; Marie Gillard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologues Malgré-Tout, Apporter sa pierre pour y voir clair, Mélanges offerts à Claire Bellier et Pierre Cattelain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Cedarc/Musée du Malgré-Tout, pp.89-100, 2022, 2-87149-100-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic landscapes and where to hunt big game: everywhere or ???</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Vogt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Grøn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J.H.M. Peeters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Hernek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hans Peeters; Ole Grøn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hidden dimensions: Aspects of Mesolithic hunter-gatherer landscape use and non-lithic technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sidestone Press, pp.113-150, 2022, 978-94-6426-125-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du savoir-faire dans la technologie de l’insert — La pointe mésolithique de Kanaljorden (Suède)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Hallgren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laureline Cattelain, Alison Smolderen &amp; Marie Gillard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologues Malgré-Tout, Apporter sa pierre pour y voir clair, Mélanges offerts à Claire Bellier et Pierre Cattelain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Cedarc/Musée du Malgré-Tout, pp.213-224, 2022, Guides archéologiques du Malgré-Tout, 2-87149-100-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03783812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inquiry into Mesolithic hafting-technology – An exceptional miniature “T-shaped” axe from Friesack, Brandenburg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michael Baales; Clemens Pasda. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">All der holden Hügel ist keiner mir fremd.. Festschrift zum 65. Geburtstag von Claus-Joachim Kind</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitätsforschungen zur Prähistorischen Archäologie Aus dem Seminar für Ur- und Frühgeschichtliche Archäologie der Universität Jena (327), Verlag Dr. Rudolf Habelt GMBH, pp.479-484, 2022, 978-3-7749-4180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone flakes from traditional metapodial reduction in Postglacial deposits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arturo Cueva Temprana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justina Orłowska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ole Grøn; Hans Peeters. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hidden dimensions: Aspects of Mesolithic hunter-gatherer landscape use and non-lithic technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidestone Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.235-259, 2022, 978-946-426-1257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03781838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic engraved bone pins: the art of fashion at Téviec (Morbihan, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Borić; D. Antonović; B. Mihailović. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foraging assemblages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Serbian Archaeological Society/The Italian Academy for Advanced Studies in America, Columbia University, pp.610-618, 2021, 978-86-80094-15-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antler tool’s biography shortens time frame of Lyngby-axes to the last stage of the Late Glacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berit Valentin Eriksen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sabine Gaudzinski-Windheuser &amp; Olaf Jöris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The beef behind all possible pasts. The tandem festschrift in honour Elaine Turner and Martin Street</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Schnell &amp; Steiner Verlag (Monographien des Römisch-Germanischen Zentralmuseums — Band 157), pp.639-656, 2021, 978-3-7954-3674-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03343877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'acquisition de la Pression à la béquille courbe, seulement une question d'habileté ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Diemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel A. Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Santaniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie des techniques - Cahier 1 - De la mémoire au geste en préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-62, 2019, ANTHROPOLOGIE DES TECHNIQUES - Cahier 1 ”De la mémoire aux gestes en préhistoire”, 9782343166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The osseous technology of Hohen Viecheln: A Maglemosian idiosyncrasy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Daniel Groß; Harald Lübke; John Meadows; Detlef Jantzen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From bone and antler to Early Mesolithic life in Northern Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Untersuchungen und Materialien zur Steinzeit in Schleswig-Holstein und im Ostseeraum (10), Karl Wachholtz Verlag, pp.127-162, 2019, 978-3-529-01861-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acquisition de la Pression à la béquille courbe, seulement une question d’habileté ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel A. Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Diemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Santaniello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svein Vatsvåg Nielsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eva David. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie des techniques - Cahier 1 - De la mémoire au geste en préhistoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, L'Harmattan, pp.43-62, 2019, ANTHROPOLOGIE DES TECHNIQUES - Cahier 1 "De la mémoire aux gestes en préhistoire", 978-2-343-16602-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Late Mesolithic ritual using fishing tools at Kanaljorden (Sweden), 5700 Cal BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luminiţa Bejenaru. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th Meeting of the ICAZ Worked Bone Research Group, Iași, 23-28 May 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Quaternary International (472), Elsevier, pp.23 37, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of knowledge, crafting and cultural traditions, interregional contact and interaction, 7300 Cal BC: A study of worked material from Norje Sunnansund, Sweden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Kjällquist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kjel Knutsson; Helena Knutsson; Jan Apel; Håkon Glørstad. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology of Early settlement of Northern Europe. Transmission of knowledge and culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Equinox Publishing London, pp.231-276, 2018, 978-1-78179-516-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Bone Pins from Téviec (Morbihan, France) Illuminate Mesolithic Social Organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Burials - Rites, Symbols and Social Organisation of Early Postglacial Communities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, II, J.M. Grünberg, B. Gramsch, L. Larsson, J. Orschiedt, H. Meller, pp.609-628, 2017, Tagungen Des Landesmuseums Für Vorgeschichte Halle, 978-3-944507-43-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No Maglemosian bone tools in Mesolithic Norway so far!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monica Mărgărit; Adina Boroneanţ. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From hunters-gatherers to farmers. Human adaptations at the end of the Pleistocene and the first part of Holocene. Papers in Honour of Clive Bonsall</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Cetatea de Scaun, pp.229-244, 2017, 978-606-537-386-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Should We Do or Not Do for the Preservation or Remedial Action in Prehistoric Painted Caves?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bourges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Genthon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lorblanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mauduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. d' Hulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robert G. Bednarik; Danae Fiore; Mara Basile; Giriraj Kumar; Tang Huisheng. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeoart and Materiality. The Scientific Study of Rock Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archaeopress, pp.85-98, 2016, 978-1-78491-429-5. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2307/j.ctvxrq0ks.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Were prehistoric communities really free to choose how they wanted to realize things? The importance of debitage techniques for indicating the cultural origin of technical change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Problems in Palaeolithic and Mesolithic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University Copenhagen, pp.163-187, 2016, Arkæologiske studier, 978-87-89500-27-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Symbolic Use of Antler in Growth, to Face Neolithization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Casseyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre van Der Sloot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Léotard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vitezović, Selena. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Close to the Bone: Current Studies in Bone Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Archaeology, pp.112-120, 2016, 978-86-6439-006-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aloys Shanyungu; Rigobert Kabamba; Charles Bashige. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La femme et les enjeux de la postmodernité. Essai de décryptage et regard rétrospectif à partir de la lorgnette congolaise (RDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edilivre, pp.187-189, 2015, 978-2-332-84893-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fishing&amp;quot; Mesolithic Settlement-Subsistence Systems Using Notions of Economy of Debitage and Raw Material toward Production of Bone Points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinead Mc Cartan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik Molin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Woodman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bicho; Nuno ; Detry; Cleia ; Price; T. Douglas ; Cunha; Eugénia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muge 150th: The 150th Anniversary of the Discovery of Mesolithic Shellmidden</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.173-188, 2015, 1-4438-8216-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dąbki 9 : New technological insights yielded by the bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kabaciński; Jacek ; Hartz; Sönke ; Raemaekers; Daan C. M. ; Terberger; Thomas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Dąbki site in Pomerania and the neolithisation of the north European lowlands (c. 5000–3000 calBC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag Marie Leidorf, pp.157-168, 2015, Archaeology and history of the Baltic, 978-3-89646-468-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os de l'autopode (métapodes, phalanges et grands sésamoïdes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Commission de nomenclature sur l'industrie de l'os préhistorique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matières d'art. : Représentations préhistoriques et supports osseux, relations et contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Errances, pp.177-210, 2014, Cahier XIII, 978-2-87772-526-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Using Technology to Set Past Human Technical Behaviour towards Osseous Material? With a Special Emphasis on the Mesolithic Bone Industry from Norway (7900-6200BP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zooarchaeology: Proceedings of the 9th ICAZ Worked Bone Research Group Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Cultural Relics Press, pp.1-13, 2014, 978-7-5010-4183-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques en bord de Seine : le site du 62 rue Henry-Farman à Paris (15e arrondissement) : organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentin, Boris ; Souffi, Bénédicte ; Ducrocq, Thierry ; Fagnart, Jean-Pierre ; Séara, Frédéric ; Verjux, Christian. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du mésolithique recherches sur les habitats de plein air entre Loire et Neckar: actes de la table ronde internationale de Paris, 26 et 27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société préhistorique française, pp.13-36, 2013, Mémoires de la Société Préhistorique française, 978-2-913745-49-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Knochenindustrie, Fundvorlage und Erklärung der Produktionsweise des Spätmesolithikum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Th. Beutelspacher; Cl.-J. Kind; É. David; E. Stephan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (125), Konrad Theiss Verlag, pp.151-164, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Knochenindustrie, Fundvorlage und Erklärung der Produktionsweise des älteres Mittelmesolithikum (Beuronien B)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Th. Beutelspacher; Cl.-J. Kind; É. David; E. Stephan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (125), Konrad Theiss Verlag, pp.452-461, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Die Knochenindustrie, Fundvorlage und Erklärung der Produktionsweise des späteres Mittelmesolithikum (Beuronien C)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Th. Beutelspacher; Cl.-J. Kind; É. David; E. Stephan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (125), Konrad Theiss Verlag, pp.342-367, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 3.3 - L’industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bénédicte Souffi; Fabrice Marti. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris, 15ème arrondissement, 62 rue Farman. Évolution culturelle et environnementale d’un site stratifié en bord de Seine, du Mésolithique à l’Âge du Fer. Volume 2 - Les occupations mésolithiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inrap; Rapport de fouille Centre Île-de-France, pp.69-90, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeolithic portable art and its relation to ungulate bones (metapods)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Legrand-Pineau; I. Sidéra; N. Buc; É. David; V. Scheinsohn. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ancient and modern bone artefacts from America to Russia. Cultural, technological and functional signatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2136, John &amp; Erica Hedges, pp.115-134, 2010, 978-1-4073-0677-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologie de l’os mésolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E. Ghesquière; G. Marchand. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mésolithique en France. Archéologie des derniers chasseurs-cueilleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions La Découverte (Archéologies de la France), pp.66-67, 2010, 978-2-7071-5952-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possible Late Glacial bone “retouchers” in the Baltic Mesolithic: The contribution of experimental tests with lithics on bone tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Street; R. Nick E. Barton; Th. Terberger. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humans, environment and chronology of the Late Glacial of the North European Plain. Proceedings of workshop 14 (Commission XXXII) of the XVth Congrès de l’Union internationale des sciences pré- et protohistoriques UISPP, Lisboa, 4th-9th of September 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Verlag der Römisch-Germanischen Zentralmuseums Tagungsbänder (6), pp.155-168, 2009, 978-3-88467-143-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03924735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Show me how you make your hunting equipment and I will tell you where you come from: Technical traditions, an efficient means to characterize cultural identities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. McCartan; R. Schulting; G. Warren; P. Woodman. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Horizons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxbow Books</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.362-367, 2009, 978-1-84217-311-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology on Bone and Antler Industries: A Relevant Methodology for Characterizing Early Post-Glacial Societies (9 th -8 th Millenium BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ch. Gates St.-Pierre; R. Walker. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bones as tools: current methods and interpretations in worked bone studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BAR International Series (1622), John &amp; Erica Hedges, pp.35-50, 2007, 978-1-4073-0034-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical behaviour in the Mesolithic (9th-8th millenium cal. BC): The contribution of the bone and antler industry from domestic and funerary contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Larsson &amp; I. Zagorska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Back to the origin. New research in the Mesolithic-Neolithic Zvejnieki Cemetery and environment, Northern Latvia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lund, pp.235-252, 2006, Acta Archaeological Lundensia (series in 8°, N° 52)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of the Bone and Antler Industry for Characterizing the Early Mesolithic in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claus-Joachim Kind. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">After Ice Age. Settlements, subsistence and social development in the Mesolithic of Central Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg (78), Konrad Theiss Verlag, pp.135-145, 2006, 978-3-8062-2056-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redskaber af ben og tak i tidlig Maglemosekultur- et teknologisk studie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">B. Valentin Eriksen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stenalder studier. Tidligt mesolitiske jægere og samlere i Sydskandinavien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Aarhus Universitetsforlag, pp.77-100, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning abilities as a dynamic perceptual-motor skill: an actualist study of different levels of expertise involved in stone knapping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valentine Roux, Blandine Bril. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stone Knapping: The necessary conditions for a uniquely hominid behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, McDonald Institute for Archaeological Research, pp.91-108, 2006, McDonald Institute Monographs, 978-1902937342</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Transformation des matières dures d'origine animale dans le Mésolithique de l'Europe du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistorique. Matières et techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cahier XI Matières et Techniques, pp.113-149, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la technologie osseuse à la définition du Maglemosien (Mésolithique ancien de l’Europe du Nord)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Patou-Mathis; P. Cattelain; D. Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de l’Union internationale des sciences pré- et protohistoriques (UISPP). Actes du Colloque 1.6. L’industrie osseuse pré- et protohistorique en Europe. Approches technologiques et fonctionnelles, Liège, 2-8 Septembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bulletin du Cercle archéologique Hesbaye-Condroz (26), Cercle archéologique Hesbaye-Condroz, pp.75-86, 2003, 0771-4661</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Percuteur sur métapodien d'aurochs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistoriques : Compresseurs, percuteurs, retouchoirs.. Objets à impressions et éraillures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eds. Société Préhistorique Française, pp.132-136, 2002, Cahier X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00123480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Arc-miniature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches de la commission de nomenclature sur l'industrie de l'os préhistorique : Objets méconnus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éd. Société préhistorique française, pp.91-96, 2001, Cahier IX, Objets méconnus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Objet à biseau latéral simple en os ou en bois de cervidés, dit aussi “burin”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cattelain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">H. Camps-Fabrer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Préhistorique Française, pp.109-118, 1998, Cahier VIII (Biseaux et tranchants)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche Objet à biseau distal unifacial ou bifacial simple sur os ou bois d'élan, dit aussi “lame de hache ou d'herminette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiches typologiques de l'industrie osseuse préhistorique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société préhistorique française, pp.119-127, 1998, Cahier VIII (Biseaux et Tranchants)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'outil en os, reflet du rapport à l'animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire d'histoire et d'épistémologie de la préhistoire de l'UMR 7194 HNHP - Thème 'faune et forme'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hubert Forestier; Caroline Bousquet; Arnaud Hurel, May 2025, Paris Muséum national d’histoire naturelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies originating or rooted in the Palaeolithic in Late Azilian harpoon heads?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UISPP Commission for The Final Palaeolithic of Northern Eurasia - Techniques, technologies and resource exploitation in Final Palaeolithic and Mesolithic hunter-fisher-gatherer societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inger M. Berg Hansen; Hege Damlien, Jun 2025, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par delà les mers - Les pratiques funéraires tévieciennes à travers le comportement technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’UMR 7194 HNHP MNHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ewa Dashek; Amélie Vialet, Jan 2025, Paris (Institut de paléontologie humaine), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04888849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ivoire et la tracéologie – L’analyse au microscope des traces de travail et de gravure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les tablettes zodiacales de Grand (Vosges) : nouvelles recherches sur les deux diptyques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dabas, Michel, May 2024, Paris ( Ecole normale supérieure), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the meeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1rst Meeting of the UISPP Commission Modified Bone &amp; Shell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éva David; Erik Hrnčiarik, Mar 2017, Trnava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation des travaux de recherche scientifique 2003-2023 à l’équipe Nomade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’unité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe Nomade, Apr 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04830641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone spoons, un unknown category of fishing gear in Mesolithic Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une anthropologie de la pêche (II)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne Bridault; Eva David, Mar 2023, Nanterre (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04031545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matières d'art et d'œuvres en mouvement - Cadrage sur l'art mobilier préhistorique français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du séminaire de technologie osseuse de l'école doctorale de l’Université nationale du Centre de la Province de Buenos Aires à Olavarría (Argentine)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Investigaciones arqueológicas y paleontológicas del cuaternario pampeano Incuapa/Conicet; Faculté des Sciences sociales de l’Université nationale du Centre de la Province de Buenos Aires à Olavarría (Argentine), Oct 2023, Olavarría, Argentine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04242610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to the workshop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop « Bâtons percés: State of the art - DFG Project »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wolf Sybille; David Éva; Keysan Mareike, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The latest advances in the osseous mobiliary art from the prehistory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kolloquiums der älteren Abteilung - Institut für Ur- und Frühgeschichte und Archäologie des Mittelalters der Eberhard Karls Universität Tübingen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prof. Nicholas J. Conard, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03663728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What animal evidence account for fishing when no fish remains from funerary contexts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie de la pêche (I)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anne Bridault; Eva David, Mar 2022, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03663762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bâtons percés from the MAN collections: The contribution of 3D microscopy to the identification of significant use wear patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Bâtons percés" – State of the Art ; Workshop of the UISPP Commission Modified Bone &amp; Shell at the Eberhard Karls University of Tübingen (Germany)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03663703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Over sees, the Teviecian funerary practices through technical behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Arias, Sep 2010, Santander, Spain. pp.610-618</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carcasses exploitation techniques: a mean to understand the driving force of Stone Age subsistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AG Animals, Plants and Substances of SFB 1070 ResourceCultures - Beyond subsistence: Human, nature interactions Workshop October 16-18, 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Keiko Kitagawa; Marta Díaz-Zorita Bonilla; Roman Sieler; Recha Seitz; Marco Nicolì; Shyama Vermeersch; Maike Melles, Oct 2019, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of adorned antler adzes from Montières (France) to Mesolithic Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ducrocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic Art – Abstraction, Decoration, Messages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Judith Grünberg; Harald Meller; Eric Brinch Petersen; Bernhard Gramsch; Thomas Płonka, Oct 2019, Halle/Saale, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carcasses exploitation techniques, a mean to understand the driving force of Stone Age subsistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond subsistence : Human-Nature interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Keiko Kitagawa; Marta Días-Zorita Bonilla, Oct 2019, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of the bone and antler industry of Hohen Viecheln to define the Maglemose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working at the sharp end at Hohen Viecheln (Schleswig, Germany)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Lübke; D. Groß, Mar 2016, Schleswig, Germany. pp.127-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Results on the chaînes opératoires from the Friesack 4 site (Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th AG Meso</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claus-Joachim Kind; Nicolas Conard; Tina K. Hornauer-Jahnke; Thomas Beutelspacher, Feb 2019, Tübingen, Germany. pp.479-484</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Téviec revisited ‘The best wine comes from old bottles’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégor Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Little</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solange Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tresset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th UISPP Congres - Session 20/2-Shell mounds, shell middens and coastal resources (G. Bailey et al. org.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional aspect of incised tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Hallgren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Bejenaru, May 2016, Iași, Romania. pp.23-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A technology linked to symbolism, the cause for Nordic Mesolithic industrial change?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIIe Congrès de l'Union Internationale des Sciences Préhistoriques et Protohistoriques - Session 13/1-Symbolism of Bone artefacts (Cl. Houmard &amp; U. Odgaard, org.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Djindjan; François Giligny; Laurent Costa, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the use of things to the status of the dead: Téviec and Hoëdic (Brittany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimee Little</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégor Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solange Rigaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAA 4-9 Sept. 2018 Barcelona, Spain - Session 745: Grave Good Biographies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights on chaînes opératoires’ reconstruction from the Rubrorum osseous collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du département de philosophie de l'Université Tyrnaviensis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Erik Hrnciarik, Mar 2017, Trnava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'identification des matériaux, au fondement de l'interprétation des productions du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travailler l’organique - Journée Sciences en fête</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Claire Houmard; Catherine Lavier; Julien Clément; Frédérick Keck, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débitage par pression à la béquille pectorale en bois de cervidé (contexte Mésolithique, Europe, XIIe mill. BP) : résultats préliminaires d’expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel Sørensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’unité au stage de taille de Belvès (Dordogne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe AnTET, May 2017, Belvès, Dordogne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04830566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two cases of replications of artefacts show circulation of people and knowledge in the Maglemosian area (Early Mesolithic, 8th mill. Cal BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contact, circulation, exchange in past societies: approaches from the bone artefacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, É. David; E. Hrnčiarik, Mar 2017, Trnava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des os anthropisés de Roc-en-Pail (Maine-et-Loire)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Gargani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique de l’unité du 28 novembre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Équipe AnTET, Nov 2017, Nanterre (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04830603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Late Mesolithic social organisation from Téviec (Morbihan, France) burial grounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mesolithic burials of Early Potstglacial communities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, J.M. Grünberg, Sep 2013, Halle, Germany. pp.609-628</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal heads used as trophies at the Mesolithic/Neolithic transition (ca. 5500 Cal BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Vitezoviċ, Aug 2014, Belgrade, Serbia. pp.112-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The other type of Mesolithic: Pointed bone implements from Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Woodman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Molin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Muge 150th Anniversary of the discovery of the Shellmiddens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Bicho, Mar 2013, Salvaterra-de-Mago, Portugal. pp.173-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rites and symbols in the use of Mesolithic antler axes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, D. Boriċ, Sep 2015, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting bone tools in Mesolithic Norway. A case study from the Viste cave and Saevarhelleren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The sheltered village in Herand Workshop of the scientific project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, K.-A. Bergsvik, Nov 2013, Lofthus, Norway. pp.25-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidences of the last ‘retouchoirs’ (égriseurs) thanks to some Mesolithic ‘opportunistic’ behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retouching the Palaeolithic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S. Gaudzinski-Windheuser; A. García-Moreno; J. Hutson; E. Turner; A. Villaluenga; J. Rosell; R. Blasco, Oct 2015, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The hammer-, “T”-axes and other heavy-duty tools made of antler revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clive Bonsall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, D. Boriċ, Sep 2015, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic punch and compressor, in search for more diagnostic criterias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel Sørensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MesoLife Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federica Fontana, Jun 2014, Selva-di-Cadore, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02349238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic North-Eastern tradition in the mood for Maglemose (2) : Norje Sunnansund as a key site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Kjällquist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Early settlement of Northern Europe – Technology and communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03272121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the technological approach to characterize human behaviour from archaeological remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, X. Ma, Apr 2013, Zhengzhou, China. pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic occupations on the edge of the Seine. Spatial organisation and function of the site of 62 rue Henry Farman, Paris (15th arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palethnographie du Mésolithique : recherches sur les habitats de plein air entre Loire et Neckar/ Actes de la table ronde de Paris, 27-27 novembre 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Paris, France. pp.16-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting bone tools in Mesolithic Norway: a case study from Viste cave and Sævarhelleren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "The sheltered village in Herand Workshop of the scientific project"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Knut Andreas Bergsvik, Nov 2013, Lofthus, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting tools during the 7th millennium BC : a regional know-how</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut-Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Congress of the European Association of Archaeologists - Session E14 "Settled and itinerant crafts people in History and Prehistory"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04695742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalenian portable art of the Piette’ collection (France), a first good in motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Lang, Aug 2011, Salzburg, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic site of Paris ‘rue Henry-Farman’ (France): first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Arias, Sep 2010, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site ‘62, rue H. Farman’, organisation et fonctionnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Marti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Griselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde Internationale Palethnographie du Mésolithique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Souffi, Nov 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraving the metapodials in the Upper Palaeolithic in France: Contribution of the collections from the National Museum at Saint-Germain-en-Laye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, I. Sidéra; É. David; A. Legrand, Aug 2007, Nanterre, France. pp.115-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Show me how you are making your hunting equipment, I will tell you where you come from!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Mesolithic Conference of the Commission 32 UISPP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Woodman, Sep 2005, Belfast, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into Mesolithic technology: the Krzyż Wielkopolski 7 (Poland) antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, B. Kufel; J. Baron; M. Diakowski, Sep 2009, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retracing Missing Late Glacial Human Occupations in Baltic: The Contribution of the Bone Industry with Special Emphasis of the Preboreal Zvejnieki site (Latvia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th UISPP Congress - WS14-The Late Glacial on the North European Plain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Street; M. Kobusiewicz, Sep 2006, Lisbonne, Portugal. pp.155-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matter and Material: Red Deer antler exploitation during the Mesolithic at Clos de Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVth UISPP Congress, Session C61, Lisbon, 4-9 September 2006.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00564143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resources for equipment or raw material? The case of cervids antler remains from the Mesolithic cave of the Clos-de-Poujol (Aveyron, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Boboeuf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th UISPP Congress - 4/C61-Animal exploitation by prehistoric hunter societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L. Fontana; F.-X. Chauvière, Sep 2006, Lisbonne, Portugal. pp.135-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zur experimentellen Herstellung mesolithischer Knochenbeile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Konferenz - Institut für Ur- und Frühgeschichte und Archäologie des Mittelalters der Eberhard-Karls-Universität Tübingen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Harald Floss, Jun 2008, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of the projectile points of the Early Mesolithic: Between technical traditions and techno-economic necessities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">73rd SAA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, D.T. Price, Mar 2008, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technology: A relevant methodology for characterizing cultures of Early Post-Glacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69th SAA Congress - S79 Recent developments in bone tool studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ch. Gates St.-Pierre; R. Walker, Mar 2004, Montréal, Canada. pp.35-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the bone and antler industry of the Early Mesolithic in Europe (9th - 8th mill. BC)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The After Ice Age Internation. Conf.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Rottemburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un premier cas d’imitation d’armature en os au Mésolithique ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque imitation, transfert et refus d’emprunt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P. Rouillard, Jun 2006, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results on a recent technological study of the Early Mesolithic bone and antler industry of Estonia, with special emphasis on the Pulli site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.67-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler industry of the oldest archaeological site of Estonia: The Pulli site (Tori)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th ICAZ-WBRG Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, H. Luik; L. Maldre, Aug 2003, Tallin, Estonia. pp.67-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Maglemosien ancien, rappel historique et principaux résultats livrés par l’industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1re Table ronde internationale du Groupe d’Études du Mésolithique en Archéologie Préventive (GEMAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éva David; Thierry Ducrocq, Nov 2004, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of a technological study of bone and antler industry for the Definition of the Early Maglemose Culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003, pp.649-657</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic techniques on bone tools and Technocomplexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Northern Archaeological Congress, Peat bog Session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Khanti-Mansijsk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological study as evidence of different behaviours for bone and antler manufacture during Early Mesolithic times (X-VIII millenaries)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1rst Northern Archaeological Congress (NAC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Natalia Chairkina, Sep 2002, Khanty-Mansiisk, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04831110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone/antler artefacts from Zamostje II (Russia): Technological point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Stone Age of the European plains Zamostje '97</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, V. Lozovski, Jul 1997, Serguiev Possad, Russia. pp.292-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler artefacts from the Late Mesolithic level of Zamostje II - 1991 (Russia) : a technological point of view.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.292-303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The debitage and manufacture techniques on bone and antler used during Early and Middle Mesolithic in northern Europe : definitions and experimental works</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Meeting of the Worked Bone Research Group (org. J. Schibler)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Bâle, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone and antler artefacts from the Early Mesolithic site of Star Carr (Yorkshire, England) : a technological point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From the Jomon to Star Carr, an International Conference on the hunter-gatherers of east and west temperate Eurasia (org. L. Janik et S. Kaner)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Cambridge, Royaume-Uni</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les techniques de débitage et de façonnage utilisées dans la fabrication de l'industrie en matières dures d'origine animale du Mésolithique ancien et moyen en Europe septentrionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Autour du Méso”. Table ronde Epipaléolithique - Mésolithique 2001 (org. Ch. Verjux et D. Leroy), 13 - 15 Octobre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales des sites mésolithiques de la Baume d'Ogens et de Birsmatten-Basisgrotte (Suisse) : résultats de l'étude technologique et comparaisons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000, pp.79-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales du “technocomplexe occidental” : techniques et définition préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000, pp.143-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche technologique des industries en matières dures animales du Mésolithique danois d'après le matériel des gisements maglemosiens de Mullerup 1 (Sarauw's island 1900) et Ulkestrup Lyng II (1946)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999, pp.167-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries en matières dures animales maglemosiennes d’après les sites de Mullerup I et Ulkestrup II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A. Thévenin, Sep 1995, Besançon, France. pp.167-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic bone industry of northern Europe : Purpose of the thesis and first results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Inter-Meso Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Neuwied, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chasséen septentrional au Néolithique moyen régional, analyses et réflexions sur la définition d'une culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992, pp.177-199</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice 'WBRG Bonetool of the Month' : Carnet de bal (dance booklet) made of bone and ivory (19th century)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerf dans le Morbihan. Dans les nécropoles mésolithiques de Téviec et d'Hoëdic. GRANDE FAUNE Chasse Gestion n°150, 52-54</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Vigier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04882205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brève sur l’archéologie préventive à l’étranger. Motala et les derniers chasseurs préhistoriques de Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 44—Bone tool technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Mesolithic Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.783-796. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780198853657.001.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the polysemic nature of traces and co-occurring patterns in anthropized material — contribution of a “retoucher” with a flaked bone aspect from Roc-en-Pail (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprawozdania Archeologiczne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 76 (1), pp.139-158. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23858/Sa76.2024.1.3604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeolakes, caves and settlement during the Pleistocene and Holocene around Tsakhiurtyn Hundi, Mongolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirosław Masojć</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunchinsuren Byambaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szykulski Józef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michalec Grzegorz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dashzeveg Bazargur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2024.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaeolakes, caves and settlement during the Pleistocene and Holocene around Tsakhiurtyn Hundi, Mongolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirosław Masojć</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunchinsuren Byambaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szykulski Józef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wójcik Antoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bazargur Dashzeveg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 98 (399), pp.e15:1-8. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2024.44⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schème, schéma et chaîne opératoire : des concepts à croiser en préhistoire — application à l’instrumentation des pêcheurs mésolithiques d’Europe du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane Mazet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter C. Woodman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 128 (4), pp.103297. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anthro.2024.103297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expedient and efficient: an Early Mesolithic composite implement from Krzyż Wielkopolski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Kabaciński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auréade Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Rageot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Cheval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 97 (392), pp.295-313. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15184/aqy.2023.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03973963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Bone Technology points to Cultural Lineages in Prehistory? New Insights from Danish Late-and Post-Glacial Weapons' Heads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasse Sørensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Petersen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Access Journal of Archaeology and Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (3), </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.33552/OAJAA.2022.03.000562⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic Re-Examination of an Unique Bone Artefact: The Figure of a Theatrical Actor Found at The Roman Fort Iža/Leányvár (Slovakia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hrnčiarik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (1), pp.118 - 127. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/opar-2020-0127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le site paléolithique de Roc-en-Pail (Chalonnes-sur-Loire, Maine-et-Loire) : état des connaissances 150 ans après sa découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Soriano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Chevrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gallia Préhistoire – Préhistoire de la France dans son contexte européen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 61 (61), pp.55-85. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/galliap.2633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03390460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Insights into Identification of Bone and Antler Tools Used in Indirect Percussion and Pressure Techniques during the Early Postglacial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikkel Sørensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, MesoLife: A Mesolithic perspective on Alpine and neighbouring territories, 423, pp.123-142. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quaint.2015.11.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crafting Bone Tools in Mesolithic Norway: A Regional Eastern-Related Know-How</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut-Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (2), pp.190-221. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1461957114Y.0000000073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flintægspyddet fra Kulturhavn Gilleleje</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Museum Nordsjællands Årbog</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015, pp.92-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de restes humains inédits provenant de la grotte du Mas d'Azil (Ariège)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquités nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46, pp.25-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l'analyse techno-fonctionnelle à la compréhension du dépôt mortuaire azilien du Mas d'Azil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antiquités nationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46, pp.37-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithic burials : Rites, symbols and social organization of early postglacial communities. Landesmuseum für Vorgeschichte Halle-Saale (Allemagne), 18-21 Septembre 2013 [compte-rendu]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Courtaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 111 (1), pp.149-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chronology of the T-Shaped Axes in the Polish Lowland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Kabaciński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Sobkowiak-Tabaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Osypińska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Terberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sprawozdania Archeologiczne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 66, pp.29-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports et limites de l’étude des vestiges fauniques à la caractérisation d’un site mésolithique de plein air à Paris : « 62 rue Henry-Farman » (15e arrondissement)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leduc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée G. Drucker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 110 (2), pp.257-280. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/bspf.2013.14260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanowisko Mezolityczne z okresu borealnego w in Krzyżu Wielkopolskim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacek Kabaciński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Makowiecki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Schild</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Sobkowiak-Tabaka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archeologia Polski</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 53 (2), pp.245-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03925380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3e table-ronde internationale du Groupe de recherche sur l'os travaillé. 3rd international meeting of the Worked Bone Research Group (WBRG), Augst (Suisse), 4-9 septembre 2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (4), pp.913</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic Zvejnieki site (Latvia) in its European Context: Preliminary results delivered by a technological study of the bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estonian Journal of Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7 (2), pp.99-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zvejnieku Mezolīta Apmetne un Kapulauks Eiropas Kontekstā: Kaula un Raga Industrijas Tehniskā Izpētes Pirmie Rezultāti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Zagorska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Latvian Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.5-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude technologique de l'industrie en matière dures animales du site mésolithique de Zamostje 2 - fouille 1991 (Russie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéo-Situla</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 26, pp.5-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découverte d’aiguilles en os de renards et de lynx qui auraient permis aux Paléoindiens de survivre à la dernière glaciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Rezgui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04819251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foreword to Logics in Pre- and Protohistory on the Occasion of the UNESCO World Logic Day 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara E. Barich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Brandherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The UISPP Journal 6(2), Special Issue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://doi.org/10.62526/BG5AP0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05305113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview en direct de Mathieu Vidard, émission radiophonique &amp;quot;La terre au carré&amp;quot; du lundi 3 janvier 2022, France Inter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valery Zeitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilaga 7. Analys av redskap av ben och horn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Hallgren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kanaljorden, Motala. Rituella våtmarksdepositioner och boplatslämningar från äldre stenålder, yngre stenålder och järnålder. Arkeologisk fôrundersökning och särskild arkeologisk undersökning, Bilagor, vol. 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les derniers chasseurs préhistoriques de l'Europe au temps du Mésolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1rst results on the new Mesolithic site of Norje Sunnansund, Scania</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Kjällquist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veretye I (Arkhangelsk, Russie) – Fouilles Svetlana Oshibkina. Masterclass de l'Université d'Uppsala (identification des témoins osseux du débitage par pression au musée de l’Hermitage Staraya Derevniya, 24-27 mars 2014, Saint-Pétersbourg). Liste, inventaire et documentation graphique remis à Kjel Knutsson (organisateur)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The way to use the animal resources in Mesolithic: a matter of identity, culture, also a conception of the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morts violentes à Téviec: l'enquête préhistorique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guillas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">n°192</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.50-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interest of the technological approach for Mesolithic Motala based on the study-report on the bone and antler industry of Strandvägen - Motala, Sweden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie osseuse du Mésolithique norvégien - Résultats du séjour d’études à Bergen 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framstilling av beinredskaper på Vestlandet 7000-6000 cal BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of the chaîne opératoire of manufacture the Sævarhelleren bone industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice nécrologique - Marek Zvelebil (1952-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Woodman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société préhistorique française, 109(1)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, pp.182-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des résultats des 8 séances de séminaire (17 intervenants) présentée pour le bilan du thème III-II de l’unité « Étude de la variabilité des systèmes techniques - Mécanisme des changements techniques », le 21 oct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’innovation technique au Mésolithique…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d’une terminologie commune à l’approche technologique de l’unité - synthèse des résultats des réflexions collectives des 2 juin 2008 &amp; 27 mars 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répertoire des techniques de débitage dans la chronologie du Paléolithique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maglemosian bone and antler industry: new insight with new Polish material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer son propos en utilisant Powerpoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects de surface de la partie active d'outils en os expérimentaux (retouchoir et biseau) ainsi que celle d’un fragment de pointe archéologique du site mésolithique de Clos-de-Poujol (Aveyron)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion sur l’apport de l’ethnoarchéologie et de l’expérimentation au contexte archéologique - synthèse des résultats et apport de la journée de 2005</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Zangato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (VI) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gustavson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (V) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Johansen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dis-moi comment tu fabriques tes armatures et je te dirai d’où tu viens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des systèmes techniques aux complexes techno-économiques du Mésolithique européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Mesolithic bone and antler industry of northern Europe: Results from technological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (IV) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Moberg Riis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (III) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Maula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture and use of Maglemosian bone “adzes” by experiment (II) ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F. Chabot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématique, méthodologie et présentation des résultats obtenus sur l’industrie osseuse du Mésolithique ancien d’Europe du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales du Mésolithique ancien et moyen en Europe du Nord : contribution de l'analyse technologique à la définition du Maglemosien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reconstructing the manufacture of Maglemosian bone “adzes” by experiment (I) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Biard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. A. Sorensen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries osseuses du Mésolithique scandinave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaîne de fabrication des outils pris du métapodien de cerf de type Ogens (pointe et ciseau)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Pointes barbelées maglemosiennes sur côte de ruminants : reconstitution et validation de la chaîne opératoire par l'expérimentation»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Johansen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Maglemosian barbed points made of metapodials : reconstructing the chaîne opératoire by experiments »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Johansen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie osseuse maglemosienne danoise et le site Mésolithique danois d’Åtoften en cours de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04645873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries en matières dures animales maglemosiennes : présentation et premiers résultats d'après la documentation livrée par le site danois de Sværdborg 1 (fouille K. Friis Johansen, 1917)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries osseuses mésolithiques du site de Sværdborg I, Danemark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude diachronique des industries en os et en bois de cerf de l'habitat chasséen et Seine-Oise-Marne de Boury-en-Vexin (Oise)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00124917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documentation photographique sur les industries osseuses mésolithiques de Seavarhelleren et de Viste (Norvège) transmise à Knut Andreas Bergsvik, 2006, 19 planches contacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ramure de cerf, symbole mortuaire à Hoëdic. In, dossier de revue de presse « Préhistoire, les révélations du Mésolithique – Le Mésolithique côtier », Archéologia 634 (septembre), p. 35</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsakhirutyn Hondi – FV8 (Altaï, Mongolia) - Report on bone flakes. Project dir. Mirosław Masojć (University of Wrocław) / Grant, National Science Centre Poland, n°NCN 2019/33/B/HS3/01113. 1 page & documentation (list, plate & pictures)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche de pièces d'industrie osseuse des séries du Bone Bed et de la Cabane 3 du site de Gonsy (Loubny, Ukraine). Projet, dir. Lioudmila Iakovleva & François Djindjian, du programme de fouilles programmées du MAEE (France). Documentation (inv. & macro- et microphotographies)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Site mésolithique Henry Farman Paris 15e - Fiche script de deux pièces archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OS DE L'AUTOPODE (MÉTAPODES, PHALANGES PROXIMALES ET GRANDS SÉSAMOÏDES)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucienne Filippi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clélia Dufayet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préhistoire du Naukluft et traditions culturelles Stone Age Naukluft And Cultural Traditions « SANACT »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production d'artefacts osseux à la fin de la Préhistoire européenne, des derniers chasseurs-cueilleurs aux premiers agriculteurs sédentaires (depuis la fin du Tardiglaciaire au début du Postglaciaire soit de 11000 à 6000 av. J.-C.) : Analyses comparées de l'industrie en matières dures d'origine animale (os, ivoire, bois de cervidés) de France et de Lettonie étendue au Pays baltes (Lituanie, Estonie) - Projet Conjoint Franco-letton de l'Ambassade de Lettonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilga Zagorska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdis Bērziņš</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview pour le journal télévisé régional à Nishnye-Tagil (Russie), thématique культурнaя средa, édition du soir, 30 sept. (2’39)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04459080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le raclage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perforation à la drille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le limage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La technique du polissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perforation au perçoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sciage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rainurage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Tubiana-Brun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boneworkmovie/кость работы видео_05062012. Adaptation vidéo du film ‘The bone tools of 10.000 years ago. Maglemosian « Bone Adzes »’ d'É. David et al. 2005, pour l’exposition ÄKSI Tallinn 2012 (écran 42’’). Estonie: TenTwelve 2012 Prod. Tallinn. Vidéo, Couleur, Estonien, 6' [sous-titré en russe et en anglais]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Märko Lillemägi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone tools of 10.000 years ago. Maglemosian 'Bone Adze': The 2005 experiments (Denmark): the additional experimental test from 2006. A Lejre experimental Centre project (n°15/6). France: Éva David (Dir.), Marie Chevais (Éd.), CNRS Images Prod./The Lejre Experimental Centre (Denmark). DVD PAL, All zones, Color, Format 4/3, English, 2’18</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasse Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Gustavson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone tools of 10.000 years ago. Maglemosian “Bone Adze”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasse Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Gustavson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03944570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’observation sur le matériel de Sarsyan (Kurdistan irakien)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fouilles archéologiques du Ministère de l'Europe et des Affaires étrangères (MEAE); Missions Stéphanie Bonilauri. 2024, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de visite du 9 avril 2024 au Campus Buffon (n°140) pour l’observation du matériel de Saint-Prest (Chartres)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum National d'Histoire Naturelle. 2024, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FV8 (Altaï, Mongolia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">National Science Centre Poland; Institute of Archaeology Mongalian Academy of Science; Mongolian National University of Education; Mirosław Masojc Excavations Project at Tsakhiurtyn Hondi. 2023, 119 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfert de compétences en archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ambassade de France en Argentine; Ambassade de France en Uruguay; Université de La Plata (Argentine); Université de Montevideo (Uruguay); Université d'Olavarría (Argentine); l’Instituto de Investigaciones Arqueológicas y Paleontológicas del Cuaternario Pampeano INCUAPA/CONICET. 2023, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouilles préventives au 60-65 rue Robert Lecoq, Amiens (Somme, Hauts-de-France) - Témoins d'ossements anthropisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Figures (7) légendées pour Thierry Ducrocq/Inrap - Hauts-de-France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonsy (Loubny, Ukraine)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de l'Europe et des Affaires étrangères (MEAE); Fouilles programmées de Lioudmila Iakovleva et François Djindjian à Gonsy. 2021, 93 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First observations on the bone and antler artefacts from the Escoural cave (Portugal)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des os anthropisés de Roc-en-Pail (Maine-et-Loire). Rapport d’expertise préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Gargani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport du projet SMI-InSHS OCTEP &amp;quot;Origine du changement technique dans l’Europe postglaciaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InSHS, CNRS. 2015, pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Report on Kanaljorden, the worked remains made of bone, antler and tooth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stifelsen Kulturmiljövaard Vestäraas. 2014, pp.1-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04825754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The worked osseous material of Norje Sunnansund</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Swedish national Heritage Board Riksantikvarieämbetet Blekinge. 2014, 42 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dabki 9, new technological insights on an Ertebølle bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Polish Academy of Sciences Poznań. 2013, 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kotedalen bone industry. Typological and technical identifications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Seksjon for Ytre kulturminnevern Universitetsmuseet i Bergen; Asle Bruen Olsen Excavations at Kotedalen, norway. 2013, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzyż Station 7. The updated inventory list of the bone and antler industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Academy of Sciences Poznań; Jacek Kabaciński Excavations Project at Krzyż Station 7. 2013, 8 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des restes humains associés à de l’industrie de la collection Piette. Résultat des recherches archivistiques et documentation photographique des restes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS; musée d'Archéologie nationale. 2013, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler industry of Strandvägen (Motala, Sweden), Preliminary observations, the 5th and 6th of March 2013, on the material stored in Linköping only (310 pieces examined). Report for the Swedish National Heritage Board & Stockholms universitet (public presentation the 14th of March 2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Department of Osteology. 2013, pp.30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01722207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The bone and antler industry of Strandvägen (Motala, Sweden) Preliminary observations, the 5th and 6th of March 2013, on the material stored in Linköpin only (310 pieces examined ) Report made by Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] University Stockholm. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary results on the bone and antler industry (2003-2012)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Academy of Sciences Poznan; Jacek Kabaciński Excavations at Krzyz Wielkopolski 7 (Poland). 2012, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liège -7000 ans, les derniers chasseurs préhistoriques de Wallonie. Archéologie du Mésolithique et Expérimentation. Rapport d’études préliminaires des zones 19 et 20 des fouilles de Tivoli et expérimentations (trophée de cerf, béquille abdominale pour la taille par pression). France: Éva David (dir.), Fanny Bastien (éd.), Maison Archéologie Ethnologie Prod. / CNRS / Service Public de Wallonie (SPW) / coll. Préhistosite de Ramioul & CETREP. DVD 5 PAL, Toutes zones, Couleur, Format 16/9, Français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre van Der Sloot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Léotard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Casseyas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Maingeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéoforum de Liège. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03927707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes, reproductions graphiques et documentations photographiques avec inventaires des industries osseuses de Seavarhelleren, Viste, Skipshelleren et Kotedalen du projet FMSH transmises à Knut Andreas Bergsvik et, pour la liste de l'industrie retrouvée dans les restes de faune, à Ann Karin Hufthammer, 69p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FMSH/University Bergen. 2012, pp.1-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04836167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mas d'Azil, Salle Mandement - Au sujet de l'état des vestiges osseux (os, dent)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société agréée Géologie Environnement Conseil, Saint-Girons. 2012, pp.10-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Site 62, rue Henry Farman, Paris 15e - Mésolithique : L'industrie en matières dures d'origine animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap - Centre Île-de-France; Fouilles préventives Bénédicte Souffi. 2010, 50 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzyz 7 inventory list</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Polish Academy of Sciences; Poznan Museum. 2009, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary Results on the “Lyngby Axes” sawn the 22th of April 2009 (Schloss Gottorf, Schleswig, Germany)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Zentrum für Baltische und Skandinavische Archäologie (ZBSA), Schleswig. 2009, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing the use of Maglemosian barbed points by experiment-part I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Seppä</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Fredsted</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pelegrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Xhauflair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lejre Grant n°Haff 10/09, The Lejre Experimental Centre. 2009, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03926200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loshbour (Reuland, Grand-Duché de Luxembourg) - Inventaire préliminaire des pièces en matières dures d'origine animale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée national d'histoire et d'art, Luxembourg. 2008, 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing human networks in Prehistoric Baltic Europe: the informative potential of Krzyż 7 & Dąbki 9 (Poland). Preliminary results on the worked bone and antler material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] European Science Foundation; Jacek Kabaciński Excavations Project at Krzyż Station 7 &amp; Dąbki 9 (Poland). 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Téviec, une station nécropole très bien documentée par Marthe et Saint-Just Péquart - Rapport de pré-expertise sur l'industrie osseuse de Téviec et projet d'exposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de la Recherche; Programmes d'Actions Concertées Incitatives - Néolithisation de la façade atlantique. 2007, 140 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la collection archéologique de Chigir (Sverdlovsk, Russie) - Rapport de mission au Musée régional de Sverdlovsk (Ékaterinebourg), 14 Avril - 18 Mai 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseau des Maisons des Sciences de l'Homme; Programmes d'Actions Concertées Incitatives Terrains, Techniques, Théories - Russie; Maison de l'Archéologie et de l'Ethnologie Nanterre. 2004, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of artefacts made of hard raw material at the end of Prehistoric Estonia: Archaeozoological and technological studies of the Pulli material (9th millenium CAL BC) - Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Kadakas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lembi Lōugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aivar Kriiska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère des Affaires étrangères (France); Direction générale de la coopération internationale et du développement; Direction de la coopération scientifique, universitaire et de la recherche; Programmes d'Actions Intégrées Franco-estonien PARROT - EGIDE n°06224TH. 2003, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vestiges en matières dures d'origine animale du Clos-de-Poujol (Aveyron). État de l'avancement des travaux et perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DRAC Midi-Pyrénées; Fouilles programmées triennales 2001-2003 - Missions Marc Boboeuf. 2003, pp.69-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral report on the 'Definition of the Maglemose by means of bone and antler technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Copenhagen University (E. Brinch Petersen to valid the Doctoral Grant obtained from the Danish Embassy in France). 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04873062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de la 6e Conférence internationale « Meso2000 : the Mesolithic in Europe ». Nynäshamm, 4-8 sept. 2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Chaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cupillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bulletin de la Société préhistorique française 98(1). 2001, pp.154-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04643707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La production d'artéfacts osseux au Mésolithique en Europe du Nord - Rapport scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fondation Fyssen. 2000, 25 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d’activité concernant le site mésolithique de la Baume d’Ogens (Suisse) : L’industrie en matières dures animales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fonds National de la Recherche Scientifique; Université de Lausanne (Suisse); Projet sur "l'économie mésolithique en Suisse occidentale" de Pierre Crotti. 1997, 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie en matières dures animalse du Mésolithique et du Néolithique des tourbes de Noyen-sur-Seine « Le Haut-des-Nachères » (Seine et Marne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muséum national d'Histoire naturelle; Université de Dijon; Projet conjoint Jean-Denis Vigne, Daniel &amp; Claude Mordant. 1994, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENTREVISTA: ÉVA DAVID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcellus d'Almedia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51359/261422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04440727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occupations mésolithiques dans la moyenne vallée de la Seine. Le site de la rue Farman à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Souffi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bridault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chaussé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Chesnaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Inrap. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 302 p., 2023, Recherches archéologiques 24, 978-2-271-14816-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la préhistoire à l'anthropologie philosophique — Recueil de textes offert à Eric Boëda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Soriano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-696, 2023, Cahiers d'anthropologie des techniques, 6, Éva David, 978-2-14-033532-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04031536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contact, circulation, exchange. Proceedings of the Modified Bone &amp; Shell UISPP Commission Conference (2-3 March 2017, University of Trnava)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Hrnčiarik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archaeopress Archaeology (Industrie de l’os préhistorique — XV), pp.1-182, 2023, 978-1-80327-595-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’essor des premières sociétés de métallurgistes en Afrique centrale — Anthropologie du terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Zangato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, Anthropologie des techniques (5), pp.1-165, 2022, 978-2-14-026706-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03888972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Pierre et son ombre : Épistémologie de la préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Forestier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2, pp.1-272, 2020, ANTHROPOLOGIE DES TECHNIQUES, 978-2-343-19641-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie des techniques - Cahier 1 - De la mémoire aux gestes en Préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2019, 978-2-343-16602-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03092916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesolithikum in der Talaue des Neckars 2. Die Fundstreuungen von Siebenlinden 3, 4 und 5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Beutelspacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claus Joachim Kind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Elisabeth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Konrad Theiss Verlag Stuttgart (Landesamt für Denkmalpflege Materialhefte zur Archäologie in Baden-Württemberg - Band 125), pp.500, 2012, 978-3-8062-2794-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ancient and modern bone artefacts from America to Russia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Sidéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natacha Buc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivian Scheinsohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John &amp; Erica Hedges, British Archaeological Reports — International Series (2136), 2010, 978-1-4073-0677-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04872835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologie osseuse des derniers chasseurs préhistoriques en Europe du Nord (Xe-VIIIe millénaires avant J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">http://web.mae.u-aris10.fr/recherche/mpEvaDavid.html, pp.666, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche en technologie osseuse appliquée au matériel préhistorique de la Pampa – II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Masterclass (démarche théorique), Olavarría, Argentina. 2023, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche en technologie osseuse appliquée au matériel préhistorique de la Pampa – I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Masterclass (propostion de lecture diacritique d'après les photos transmises - en distanciel), Université d'Olavarría, Argentina. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04695889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessin de l'industrie osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Dessin de l'Industrie osseuse, Bâtiment Max Weber-Université Paris Nanterre, France. 2021, pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01270703v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessin de l'industrie osseuse en pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. France. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principes de l’étude technologique et critères de diagnose des techniques mésolithiques. Cours du Séminaire de technologie osseuse Masters 3 HPR 003 Université Paris Ouest (UPO) - QP 36 Muséum national d’Histoire naturelle (MNHN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Principes de l’étude technologique et critères de diagnose des techniques mésolithiques, UPO, France. 2016, pp.207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-00129410v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supplementary material to the practical lecture on 'Reconstructing bone and antler chaînes opératoires: tools and approach' based on the Mas-d'Azil (Piette collection) osseous artifacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Archaeological perspectives on cultural analysis—Material culture and the transmission of knowledge (NBTN/Berit Valentin Eriksen, org.), musée d'Archéologie nationale (Saint-Germain-en-Laye), France. 2012, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Image (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MasAzil_Piette_OsHumainsAzilien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Andrews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Image</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish hooks of the Norwegian Mesolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazet Albane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knut-Andreas Bergsvik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Houmard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HOMER 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Le Château d'Oléron, France. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03398969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un unusual Mousterian retoucher from Vergisson IV, Saône-et-Loire, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Massoulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Boëda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61st Annual Meeting of the Hugo Obermaier Society for Quaternary Research and Archaeology of the Stone Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Erkrath, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’analyse technologique des « momies squelettisées » à la compréhension des procédés d’embaumement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloïse Quétel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1840e Journées de la Société d'Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l'analyse technologique des &amp;quot;momies squelettisées&amp;quot; à la compréhension des procédés d'embaumement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Kerner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloïse Quétel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1840e journée de la Société d'Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04558168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Castelnovian burial of Mondeval de Sora (San Vito di Cadore, Belluno, Italy): a specialised flint knapper's grave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Fontana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Bertola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Briois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Cristiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MesoLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Selva-di-Cadore, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary technological observations on the ‘Lyngby axes’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berit Valentin Eriksen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Gaudzinski-Windheuser; O. Jöris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Commission for The Final Palaeolithic of Northern Eurasia (Schleswig, Germany)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Schleswig, Germany. Schnell &amp; Steiner Verlag, Monographien des Römisch-Germanischen Zentralmuseums (157), pp.639-656, 2021, The beef behind all possible pasts. The tandem festschrift in honour Elaine Turner and Martin Street</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03922540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la technologie osseuse à la définition du Maglemosien (Mésolithique ancien de l'Europe du Nord)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marylène Patou-Mathis; Pierre Cattelain; Denis Ramseyer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Congrès de l’Union Internationale des Sciences pré- et protohistoriques - Colloque 1.6. L’industrie osseuse pré- et protohistorique en Europe - Approches technologiques et fonctionnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Liège, Belgique. Bulletin du Cercle archéologique Hesbaye-Condroz, 2002 (26), pp.75-86, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00120217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of the technological study of bone and antler industry to the definition of the Early Maglemose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L. Larsson; H. Kindgren; K. Knutsson; D. Loeffler; A. Åkerlund. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on the Mesolithic in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Nynäshamn, Sweden. Oxbow Books, Mesolithic on the Move. Papers presented at the 6th International Conference on the Mesolithic in Europe, Stockholm, 4-8 September 2000, pp.649-657, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’industrie en matières dures animales du “technocomplexe occidental” : Techniques et définition préliminaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ch. Cupillard; A. Richard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de Besançon (Doubs, France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, Besançon, France. Presse Universitaires Franc-Comtoises, Annales littéraires de l’Université de Franche-Comté - Série Environnement, Sociétés et Archéologie 1 (699), pp.143-150, 2000, Les derniers chasseurs-cueilleurs d’Europe occidentale (13000-5500 av. J.-C.)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03923973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie en matières dures animales du Mésolithique ancien et moyen en Europe du Nord : Contribution de l'analyse technologique à la définition du Maglemosien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Paris X - Nanterre, 1999. Français. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1999PA100081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04706241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les industries en matières dures animales maglemosiennes. Présentation et premiers résultats d’après la documentation livrée par le site danois de Sværdborg 1 (fouilles K. Friis Johansen, 1917)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éva David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-04702006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId435"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512384v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Mazet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va David" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Andreas Bergsvik" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houmard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04028146v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fernandes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fjellstr&#246;m" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunilla Eriksson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04357189v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04028119v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651367v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04028162v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Massouli&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206703v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel A. S&#248;rensen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Diemer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Santaniello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svein Vatsv&#229;g Nielsen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085722v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vogt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Gr&#248;n" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J.H.M. Peeters" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernek Robert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783935v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schwab" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213139v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hernek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888554v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781838v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Cueva Temprana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina Or&#322;owska" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/hidden-dimensions" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783812v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Hallgren" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216415v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03343877v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berit Valentin Eriksen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274614v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva David" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/hal-02997613" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888572v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997613v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885168v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888519v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Kj&#228;llquist" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548531v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888541v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538853v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourges" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genthon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lorblanchet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mauduit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. d' Hulst" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvxrq0ks.9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Casseyas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Der Sloot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;otard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289941v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538874v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Mc Cartan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Molin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Woodman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538868v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538886v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538891v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538927v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bridault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925103v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924793v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925082v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695784v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925621v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925542v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelegrin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925586v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com/oxbow/catalogsearch/result/?q=schulting" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925647v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120261v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120259v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120207v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120262v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Roux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120004v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926135v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00123480v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120117v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120119v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cattelain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120118v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066592v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132250v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888849v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599855v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695818v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830641v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242610v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031545v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663728v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695861v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663762v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663703v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923032v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884928v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825737v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884824v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922465v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884956v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885017v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Little" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rigaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885036v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885067v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922709v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888636v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884791v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830566v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel S&#248;rensen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922134v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830603v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Gargani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922682v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922810v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922770v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922616v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Molin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922505v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922735v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive Bonsall" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922452v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02349238v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03272121v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922646v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836227v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922906v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04695742v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut-Andreas Bergsvik" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922931v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922993v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923077v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923148v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923104v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923283v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923235v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564143v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923208v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643812v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923115v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923335v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923164v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120197v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120210v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923358v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643761v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120213v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120247v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831110v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923929v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120221v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120248v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120254v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120251v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120225v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120231v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120233v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923910v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120200v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120238v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martinez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020434v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882205v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vigier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643738v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078786v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198853657.001.0001" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04440727v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellus d'Almedia" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51359/261422" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836120v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673469v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461319v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461692v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559077v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519975v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Filippi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Dufayet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399889v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558893v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilga Zagorska" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdis B&#275;rzi&#326;&#353;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735303v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23858/Sa76.2024.1.3604" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550271v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miros&#322;aw Masoj&#263;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunchinsuren Byambaa" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szykulski J&#243;zef" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michalec Grzegorz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dashzeveg Bazargur" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2024.44" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618158v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W&#243;jcik Antoni" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bazargur Dashzeveg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770827v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C. Woodman" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2024.103297" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973963v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Kabaci&#324;ski" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rageot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cheval" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2023.3" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598512v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse S&#248;rensen" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Petersen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33552/OAJAA.2022.03.000562" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203881v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hrn&#269;iarik" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2020-0127" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390460v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Soriano" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ahmed-Delacroix" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevrier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.2633" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538844v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.11.135" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529094v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1461957114Y.0000000073" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529095v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529098v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Kerner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529084v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529109v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529100v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Sobkowiak-Tabaka" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Osypi&#324;ska" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Terberger" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529124v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. Drucker" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14260" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925380v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Makowiecki" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Schild" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120006v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124905v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120121v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zagorska" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120191v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04819251v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Rezgui" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305113v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara E. Barich" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Brandherm" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926167v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598639v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643835v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643849v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713270v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643869v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644539v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643857v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927875v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guillas" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643864v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643878v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926154v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644544v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644548v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644558v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644561v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643882v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646337v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643930v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644572v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Zangato" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124919v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sepp&#228;" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gustavson" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124920v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hansen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Johansen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643887v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643945v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644576v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124922v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moberg Riis" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124973v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maula" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644582v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124975v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Chabot" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124914v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124976v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Sorensen" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643951v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124979v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124910v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124982v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645873v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124915v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643959v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124917v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459080v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926287v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Tubiana-Brun" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926247v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926255v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927292v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926307v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927301v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927319v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927373v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#228;rko Lillem&#228;gi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927835v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sepp&#228;" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse Hansen" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Gustavson" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03944570v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558056v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558020v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560044v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264073v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695999v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560030v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885309v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885338v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825745v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560025v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825754v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559581v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559564v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560015v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560020v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766897v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722207v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836167v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559530v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927707v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maingeot" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559495v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559175v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559120v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559152v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926200v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Fredsted" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Xhauflair" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559087v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285349v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558955v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558726v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558662v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Kadakas" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lembi L&#333;ugas" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aivar Kriiska" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558592v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873062v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643707v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chaix" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cupillard" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cupillard" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558567v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560227v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560258v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695925v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04176839v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031536v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-de_la_prehistoire_a_l_anthropologie_philosophique_recueil_de_textes_offert_a_eric_boeda_eva_david_hubert_forestier_sylvain_soriano-9782140335327-76474.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888972v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995909v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03092916v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651206v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beutelspacher" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Joachim Kind" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Elisabeth" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872835v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legrand" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sid&#233;ra" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Buc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Scheinsohn" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120258v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695976v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695889v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-01270703v2" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203377v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00129410v4" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877099v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560420v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Andrews" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398969v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazet Albane" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884983v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;da" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560325v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Qu&#233;tel" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558168v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922878v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Fontana" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bertola" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Cristiani" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922540v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120217v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923890v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923973v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04706241v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1999PA100081" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04702006v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512384v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Mazet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;va David" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut Andreas Bergsvik" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Houmard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04028146v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fernandes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fjellstr&#246;m" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunilla Eriksson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04357189v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04028162v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Massouli&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651367v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04028119v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Forestier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206703v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel A. S&#248;rensen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Diemer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Santaniello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svein Vatsv&#229;g Nielsen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085722v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vogt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Gr&#248;n" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J.H.M. Peeters" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernek Robert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783935v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schwab" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213139v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hernek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783812v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Hallgren" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888554v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Cueva Temprana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina Or&#322;owska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/hidden-dimensions" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216415v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03343877v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berit Valentin Eriksen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274614v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva David" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/hal-02997613" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888572v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997613v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885168v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888519v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Kj&#228;llquist" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548531v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888541v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538853v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bourges" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genthon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lorblanchet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mauduit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. d' Hulst" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvxrq0ks.9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538858v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Casseyas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre van Der Sloot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;otard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289941v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538874v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Mc Cartan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Molin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Woodman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538868v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538891v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538886v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538927v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bridault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925103v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924793v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925082v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695784v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925621v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925542v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pelegrin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925586v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com/oxbow/catalogsearch/result/?q=schulting" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925647v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120261v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120207v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120259v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120262v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Roux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120004v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926135v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00123480v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120117v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120119v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cattelain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120118v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066592v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132250v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888849v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599855v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695818v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830641v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031545v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04242610v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695861v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663728v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663762v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03663703v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923032v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825737v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884928v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884824v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922465v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884956v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885067v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gor Marchand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimee Little" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Rigaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tresset" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922709v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885036v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885017v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888636v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884791v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830566v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel S&#248;rensen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922134v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04830603v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Gargani" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922682v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922810v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922616v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Molin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922770v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922505v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922452v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922735v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive Bonsall" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02349238v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03272121v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922646v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836227v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922906v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04695742v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knut-Andreas Bergsvik" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922931v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923077v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922993v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923148v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923283v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923104v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923235v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564143v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boboeuf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923208v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643812v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923115v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923335v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120197v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923164v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120210v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923358v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643761v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120213v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120247v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831110v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923929v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120221v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120248v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120254v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120251v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120231v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120225v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120233v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923910v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120200v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120238v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martinez" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020434v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882205v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vigier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643738v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078786v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198853657.001.0001" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735303v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23858/Sa76.2024.1.3604" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550271v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miros&#322;aw Masoj&#263;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunchinsuren Byambaa" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szykulski J&#243;zef" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michalec Grzegorz" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dashzeveg Bazargur" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2024.44" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618158v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W&#243;jcik Antoni" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bazargur Dashzeveg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770827v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C. Woodman" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2024.103297" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973963v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Kabaci&#324;ski" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;ade Henry" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rageot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Cheval" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2023.3" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598512v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse S&#248;rensen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Petersen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33552/OAJAA.2022.03.000562" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203881v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hrn&#269;iarik" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/opar-2020-0127" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390460v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Soriano" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ahmed-Delacroix" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevrier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/galliap.2633" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01538844v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.11.135" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529094v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1461957114Y.0000000073" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529095v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529098v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Kerner" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529084v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529109v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Courtaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529100v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Sobkowiak-Tabaka" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Osypi&#324;ska" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Terberger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529124v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Leduc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e G. Drucker" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2013.14260" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925380v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Makowiecki" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Schild" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124905v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120006v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120121v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zagorska" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120191v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04819251v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Rezgui" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305113v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara E. Barich" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Brandherm" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926167v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Zeitoun" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598639v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643835v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643849v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713270v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643857v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927875v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guillas" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643869v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644539v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643864v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643878v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926154v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644544v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644548v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644558v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644561v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643882v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643930v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646337v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644572v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Zangato" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124919v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sepp&#228;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gustavson" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124920v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hansen" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Johansen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644576v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643945v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643887v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124922v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moberg Riis" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124973v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maula" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124975v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Chabot" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644582v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124914v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124976v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Biard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Sorensen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643951v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124910v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124979v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124982v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645873v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124915v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643959v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00124917v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836120v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673469v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461319v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461692v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559077v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519975v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Filippi" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Dufayet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399889v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558893v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilga Zagorska" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdis B&#275;rzi&#326;&#353;" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459080v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927292v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Tubiana-Brun" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926307v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926255v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926287v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926247v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927301v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927319v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927373v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#228;rko Lillem&#228;gi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927835v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Sepp&#228;" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lasse Hansen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Gustavson" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03944570v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558056v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558020v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560044v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264073v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695999v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560030v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885309v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885338v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825745v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825754v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560025v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559564v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559581v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560015v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560020v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722207v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766897v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559530v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927707v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Maingeot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836167v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559495v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559175v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559120v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559152v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03926200v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Fredsted" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Xhauflair" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559087v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285349v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558955v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558726v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558662v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Kadakas" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lembi L&#333;ugas" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aivar Kriiska" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558592v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873062v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04643707v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chaix" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cupillard" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cupillard" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558567v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560227v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560258v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04440727v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcellus d'Almedia" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51359/261422" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04176839v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Chesnaux" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031536v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-de_la_prehistoire_a_l_anthropologie_philosophique_recueil_de_textes_offert_a_eric_boeda_eva_david_hubert_forestier_sylvain_soriano-9782140335327-76474.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695925v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888972v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995909v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03092916v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651206v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beutelspacher" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Joachim Kind" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Elisabeth" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872835v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legrand" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sid&#233;ra" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Buc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Scheinsohn" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120258v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695976v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695889v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-01270703v2" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203377v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00129410v4" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877099v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560420v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Andrews" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03398969v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazet Albane" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884983v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bo&#235;da" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560325v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Qu&#233;tel" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558168v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922878v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Fontana" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bertola" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briois" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Cristiani" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03922540v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00120217v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923890v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03923973v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04706241v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1999PA100081" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04702006v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>