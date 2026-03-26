--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -198,795 +198,795 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who uses food barcode scanner apps and why? Exploration of users' characteristics and development of the Food Barcode Scanner App Questionnaire</w:t>
+                <w:t xml:space="preserve">Differentiating healthy orthorexia from orthorexia nervosa: sociodemographic, psychological and dietary characteristics in a French sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+                <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Juan Ramón Barrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Nutrition and Dietetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 37 (1), pp.155-167. </w:t>
+              <w:t xml:space="preserve">Public Health Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, pp.e255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jhn.13240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1368980024002374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05311605v1</w:t>
+                <w:t xml:space="preserve">hal-04848037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of food barcode scanner app among women: Associations with orthorexia, diet and emotions</w:t>
+                <w:t xml:space="preserve">Differentiating healthy orthorexia from orthorexia nervosa: sociodemographic, psychological and dietary characteristics in a French sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Boujut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Ramón Barrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Psychologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2024.104362⟩</w:t>
+              <w:t xml:space="preserve">Public Health Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, pp.e255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1368980024002374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04613770v1</w:t>
+                <w:t xml:space="preserve">hal-05309797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Existe-t-il un effet de genre dans l’expression des orthorexies nerveuse et saine ? Une analyse des comportements alimentaires.</w:t>
+                <w:t xml:space="preserve">The use of food barcode scanner app among women: Associations with orthorexia, diet and emotions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Boujut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Behavioural Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/cbs0000422⟩</w:t>
+              <w:t xml:space="preserve">Acta Psychologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 248, pp.104362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actpsy.2024.104362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848090v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating healthy orthorexia from orthorexia nervosa: sociodemographic, psychological and dietary characteristics in a French sample</w:t>
+                <w:t xml:space="preserve">Existe-t-il un effet de genre dans l’expression des orthorexies nerveuse et saine ? Une analyse des comportements alimentaires.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Health Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1368980024002374⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Behavioural Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/cbs0000422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05309797v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who uses food barcode scanner apps and why? Exploration of users' characteristics and development of the Food Barcode Scanner App Questionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Nutrition and Dietetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+              <w:t xml:space="preserve">, 2024, 37 (1), pp.155-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jhn.13240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04218395v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05311605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiating healthy orthorexia from orthorexia nervosa: sociodemographic, psychological and dietary characteristics in a French sample</w:t>
+                <w:t xml:space="preserve">Who uses food barcode scanner apps and why? Exploration of users' characteristics and development of the Food Barcode Scanner App Questionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Health Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1368980024002374⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Nutrition and Dietetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jhn.13240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04848037v1</w:t>
+                <w:t xml:space="preserve">hal-04218395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who uses food barcode scanner apps and why? Exploration of users' characteristics and development of the Food Barcode Scanner App Questionnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Nutrition and Dietetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 37 (1), pp.155-167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jhn.13240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05309872v1</w:t>
@@ -1023,51 +1023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sasha Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Sciences and Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 74 (4), pp.424-462. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1114,51 +1114,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binge eating disorder: What are the differences in emotion regulation, impulsivity, and eating behaviors according to weight status?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Ruffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1229,265 +1229,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04086825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetarianism and weight status: What are the differences in eating styles, impulsivity, and emotional competences? A preliminary study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eva Hanras</w:t>
+                <w:t xml:space="preserve">Une ou plusieurs orthorexies ? Conceptualisation, évaluation et enjeux sociétaux : une revue critique de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Boujut</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Boujut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity Research and Clinical Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.orcp.2022.07.009⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04076330v1</w:t>
+                <w:t xml:space="preserve">hal-04141965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une ou plusieurs orthorexies ? Conceptualisation, évaluation et enjeux sociétaux : une revue critique de la littérature</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vegetarianism and weight status: What are the differences in eating styles, impulsivity, and emotional competences? A preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hanras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Boujut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Ruffault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rives-Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Obesity Research and Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (4), pp.288-294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.04.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.orcp.2022.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04141965v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vegans, strict vegetarians, partial vegetarians, omnivores: Do they differ in food choice motives, coping, and quality of life?</w:t>
               </w:r>
@@ -1499,77 +1499,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sasha Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+                <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Presse Médicale Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1635,77 +1635,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce qui différencie l’orthorexie saine de l’orthorexie nerveuse ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Francophone de Psychologie de la Santé, Jul 2023, Montpelier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1730,77 +1730,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportements d'utilisation des applications scan de produits alimentaires : une étude qualitative en psychologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Journées Francophones de Nutrition, Nov 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1857,77 +1857,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépendance à l'exercice physique et orthorexie nerveuse : étude comparative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1952,77 +1952,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’utilisation des applications scan de produits alimentaires est-elle associée aux orthorexies ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Montpellier, France. 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2069,77 +2069,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications scan de produits alimentaires : profil des utilisatrices et pattern d’usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basilie Chevrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Dorard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boujut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2164,51 +2164,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obésité et Binge Eating Disorder : le rôle des émotions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Hanras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Ruffault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2379,51 +2379,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7245F2AD"/>
+    <w:nsid w:val="649FDEBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2610,51 +2610,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eva-hanras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4489-8062" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311605v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hanras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilie Chevrier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boujut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jhn.13240" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04613770v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2024.104362" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848090v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cbs0000422" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309797v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ram&#243;n Barrada" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980024002374" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218395v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848037v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309872v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246212v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Mathieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637486.2023.2232953" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04086825v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ruffault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Messager" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rives-Lange" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.obmed.2022.100462" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076330v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orcp.2022.07.009" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141965v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hanras" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boujut" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.04.005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835122v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpmope.2022.100033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724079v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724050v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724033v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-022-01482-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960196v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254615v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rives&#8208;lange" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Barsamian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eva-hanras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4489-8062" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848037v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hanras" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boujut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ram&#243;n Barrada" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980024002374" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309797v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04613770v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2024.104362" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848090v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cbs0000422" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311605v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilie Chevrier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jhn.13240" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218395v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309872v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246212v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Mathieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09637486.2023.2232953" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04086825v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ruffault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Messager" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rives-Lange" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.obmed.2022.100462" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04141965v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hanras" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boujut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.04.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orcp.2022.07.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835122v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpmope.2022.100033" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848241v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724079v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724050v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724033v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-022-01482-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960196v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254615v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rives&#8208;lange" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Barsamian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>