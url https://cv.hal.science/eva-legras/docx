--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -181,235 +181,235 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical training Management and Opening of Research Data in Life and Environmental Sciences</w:t>
+                <w:t xml:space="preserve">Formation Théorique Gestion et Ouverture des Données de la Recherche en Sciences du Vivant et de l'Environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lorthioir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasparotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRAE; Université Haute Alsace; Université de Strasbourg; AgroParistech; Université de Lille; Sorbonne Université, Jun 2025, Paris, France. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.11596095⟩</w:t>
+              <w:t xml:space="preserve">, INRAE; Université Haute Alsace; Université de Strasbourg; AgroParistech; Université de Lille; Sorbonne Université, Apr 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.11111326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191413v1</w:t>
+                <w:t xml:space="preserve">hal-05191320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation Théorique Gestion et Ouverture des Données de la Recherche en Sciences du Vivant et de l'Environnement</w:t>
+                <w:t xml:space="preserve">Practical training Management and Opening of Research Data in Life and Environmental Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Gasparotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRAE; Université Haute Alsace; Université de Strasbourg; AgroParistech; Université de Lille; Sorbonne Université, Apr 2025, Paris, France. </w:t>
+              <w:t xml:space="preserve">, INRAE; Université Haute Alsace; Université de Strasbourg; AgroParistech; Université de Lille; Sorbonne Université, Jun 2025, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.11111326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.11596095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191320v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05191413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Training Managing and Opening Research Data in Life and Environmental Sciences</w:t>
               </w:r>
@@ -421,64 +421,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lorthioir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasparotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célian Godefroid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -519,429 +519,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le PGD d'entité au service d'une politique des données : Retour d'expérience d'AgroParisTech</w:t>
+                <w:t xml:space="preserve">Introduction à la science ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasparotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Jaouen</w:t>
+                <w:t xml:space="preserve">Grégoire Burgé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lavoignat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Jun 2024, Paris, France. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Mar 2024, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04683427v1</w:t>
+                <w:t xml:space="preserve">hal-04682008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing and Opening Research Data in Life and Environmental Sciences</w:t>
+                <w:t xml:space="preserve">AgroParisTech : retour sur trois ans d’accompagnement à la gestion et l’ouverture des données de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Gasparotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682240v1</w:t>
+                <w:t xml:space="preserve">hal-04682190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AgroParisTech : retour sur trois ans d’accompagnement à la gestion et l’ouverture des données de la recherche</w:t>
+                <w:t xml:space="preserve">Managing and Opening Research Data in Life and Environmental Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Lorthioir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasparotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682190v1</w:t>
+                <w:t xml:space="preserve">hal-04682240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction à la science ouverte</w:t>
+                <w:t xml:space="preserve">Le PGD d'entité au service d'une politique des données : Retour d'expérience d'AgroParisTech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Burgé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Lavoignat</w:t>
+                <w:t xml:space="preserve">Gaelle Jaouen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Mar 2024, Paris, France</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Jun 2024, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.12205929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682008v1</w:t>
+                <w:t xml:space="preserve">hal-04683427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion et ouverture des données de la recherche</w:t>
               </w:r>
@@ -953,64 +953,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Legras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Lorthioir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasparotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printemps de la Donnée 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE; Université Haute-Alsace; Université de Strasbourg; INSA; PNDB; AgroParisTech; Université de Lille; Sorbonne Université; Data Terra, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1179,220 +1179,220 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03857804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de synthèse du groupe de travail « Territoire » AgroParisTech discuté au conseil scientifique d’AgroParisTech</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse bibliométrique conduite dans le cadre du groupe &amp;quot;Territoire&amp;quot; d'AgroParisTech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Legras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Interne] INRAE. 2018, 30 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Interne] AgroParisTech. 2018, 58 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791715v1</w:t>
+                <w:t xml:space="preserve">hal-02790366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse bibliométrique conduite dans le cadre du groupe &amp;quot;Territoire&amp;quot; d'AgroParisTech</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapport de synthèse du groupe de travail « Territoire » AgroParisTech discuté au conseil scientifique d’AgroParisTech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Interne] AgroParisTech. 2018, 58 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Pinton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy-El-Karim Berthomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bonaudo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Calvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Interne] INRAE. 2018, 30 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02790366v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La révolution de la donnée au Royaume-Uni : Big Data et Data Science</w:t>
               </w:r>
@@ -1530,51 +1530,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E7C963EF"/>
+    <w:nsid w:val="B1E2E33F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1761,51 +1761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eva-legras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1799-6353" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182206505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191413v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Legras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Jaouen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11596095" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191320v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Lorthioir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasparotto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11111326" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191401v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lian Godefroid" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11595011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683427v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Jaouen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12205929" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682240v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682190v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682008v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Burg&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lavoignat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682029v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03857804v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Brenel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mercier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stela Suhan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adib Kassas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;nard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791715v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Pinton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-El-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790366v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01504843v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/eva-legras" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1799-6353" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182206505" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191320v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Legras" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Jaouen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Lorthioir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasparotto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11111326" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191413v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11596095" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05191401v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lian Godefroid" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.11595011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682008v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Burg&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lavoignat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682190v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682240v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683427v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Jaouen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12205929" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682029v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03857804v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Brenel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mercier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stela Suhan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adib Kassas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;nard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790366v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791715v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Pinton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-El-Karim Berthom&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonaudo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Calvel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01504843v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>