--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,2365 +66,2818 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative Quantification of Categorical Criteria for Enhanced Job Seeking</w:t>
+                <w:t xml:space="preserve">Visualizing Opinion Space in Voting Advice Applications: A User Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Başak Oral</w:t>
+                <w:t xml:space="preserve">Damion E Verboom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Võeras</w:t>
+                <w:t xml:space="preserve">Tamara Mchedlidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Basak Oral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE VIS 2024 Posters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, St. Pete Beach (Florida), United States</w:t>
+              <w:t xml:space="preserve">IEEE VIS 2025 - IEEE Visualization and Visual Analytics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679584v1</w:t>
+                <w:t xml:space="preserve">hal-05373953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aiding Humans in Financial Fraud Decision Making: Toward an XAI-Visualization Framework</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Iterative Quantification of Categorical Criteria for Enhanced Job Seeking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Başak Oral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Võeras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE VIS 2024 Posters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Florida, United States</w:t>
+              <w:t xml:space="preserve">, Oct 2024, St. Pete Beach (Florida), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04677846v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting Domain Characterization in Visualization Design Studies With the Critical Decision Method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Aiding Humans in Financial Fraud Decision Making: Toward an XAI-Visualization Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelos Chatzimparmpas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jörn Kohlhammer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE VisGuides: Visualization Guidelines in Research, Design, and Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Oklahoma City, United States</w:t>
+              <w:t xml:space="preserve">IEEE VIS 2024 Posters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Florida, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775272v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SpatialRugs: Enhancing Spatial Awareness of Movement in Dense Pixel Visualizations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting Menu Design Through the Lens of Implicit Statistical Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Udo Schlegel</w:t>
+                <w:t xml:space="preserve">Emmanouil Giannisakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eren Cakmak</w:t>
+                <w:t xml:space="preserve">Annabelle Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel A Keim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+                <w:t xml:space="preserve">Gilles Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroVis Workshop on Visual Analytics (EuroVA)}</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2022 International Conference on Advanced Visual Interfaces (AVI 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Roma, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972047v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03669928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retroactive Transfer Phenomena in Alternating User Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supporting Domain Characterization in Visualization Design Studies With the Critical Decision Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Cibulski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reyhaneh Raissi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+                <w:t xml:space="preserve">Setia Hermawati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacquelyn H Berry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Bailly</w:t>
+                <w:t xml:space="preserve">Jörn Kohlhammer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM CHI Conference on Human Factors in Computing Systems (CHI 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE VisGuides: Visualization Guidelines in Research, Design, and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Oklahoma City, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02452719v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narratives in Crowdsourced Evaluation of Visualizations: A Double-Edged Sword?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">SpatialRugs: Enhancing Spatial Awareness of Movement in Dense Pixel Visualizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juri Buchmüller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Udo Schlegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eren Cakmak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel A Keim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Conference on Human Factors in Computing Systems (CHI) </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3025453.3025870⟩</w:t>
+              <w:t xml:space="preserve">EuroVis Workshop on Visual Analytics (EuroVA)}</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Norrköping, Sweden. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/eurova.20201078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01448095v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02972047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting Historical Research Through User-Centered Visual Analytics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Retroactive Transfer Phenomena in Alternating User Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reyhaneh Raissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Boukhelifa</w:t>
+                <w:t xml:space="preserve">Jacquelyn H Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanouil Giannisakis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Daniel Fekete</w:t>
+                <w:t xml:space="preserve">Wayne D Gray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">sixth international Eurovis workshop on visual analytics (EuroVA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2312/eurova.20151095⟩</w:t>
+              <w:t xml:space="preserve">ACM CHI Conference on Human Factors in Computing Systems (CHI 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Honolulu, Hawaiʻi, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3313831.3376538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01156527v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02452719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The CENDARI Project: A user-centered 'enquiry environment' for modern and medieval historians [Poster]</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Narratives in Crowdsourced Evaluation of Visualizations: A Double-Edged Sword?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Conference on Human Factors in Computing Systems (CHI) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Denver, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3025453.3025870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061909v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Supporting Historical Research Through User-Centered Visual Analytics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boukhelifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanouil Giannisakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wesley Willett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Fekete</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sixth international Eurovis workshop on visual analytics (EuroVA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Cagliary, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/eurova.20151095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01156527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The CENDARI Project: A user-centered 'enquiry environment' for modern and medieval historians [Poster]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakub Beneš</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander O'Connor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lausanne, Switzerland. pp.434-436</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Accounting for Availability Biases in Information Visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE VIS 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01377996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V-FRAMER: Visualization Framework for Mitigating Reasoning Errors in Public Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lily W Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Easterday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Kay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of CHI 2024, ACM Conference on Human Factors in Computing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3613904.3642750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Information to Choice: A Critical Inquiry Into Visualization Tools for Decision Making</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Decoupling Judgment and Decision Making: A Tale of Two Tails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Başak Oral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Telea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2307.08326⟩</w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2023.3346640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04175656v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354869v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SpatialRugs: A compact visualization of space and time for analyzing collective movement data</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">From Information to Choice: A Critical Inquiry Into Visualization Tools for Decision Making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emre Oral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ria Chawla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Wijkstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narges Mahyar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2021.08.003⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2307.08326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923554v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Unmet Data Visualization Needs of Decision Makers within Organizations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">SpatialRugs: A compact visualization of space and time for analyzing collective movement data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juri F Buchmüller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Udo Schlegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eren Cakmak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel A Keim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Steven Franconeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 101, pp.23-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2021.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199715v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is Interaction for Data Visualization?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Unmet Data Visualization Needs of Decision Makers within Organizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charles Perin</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Tory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Franconeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 26 (1), pp.119 - 129. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02197062v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Task-based Taxonomy of Cognitive Biases for Information Visualization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">What is Interaction for Data Visualization?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Perin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 26 (2), pp.1413 - 1432. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2018.2872577⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 26 (1), pp.119 - 129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2019.2934283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01868738v2</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02197062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigating the Attraction Effect with Visualizations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Task-based Taxonomy of Cognitive Biases for Information Visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Franconeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Plaisant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Steven Franconeri</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, TVCG 2019 (InfoVis 2018), 25 (1), pp.850 - 860. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2018.2865233⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 26 (2), pp.1413 - 1432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2018.2872577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845004v2</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868738v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptual and Methodological Issues in Evaluating Multidimensional Visualizations for Decision Support</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mitigating the Attraction Effect with Visualizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Franconeri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 24 (1), pp.749 - 759. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2017.2745138⟩</w:t>
+              <w:t xml:space="preserve">, 2019, TVCG 2019 (InfoVis 2018), 25 (1), pp.850 - 860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2018.2865233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01584729v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845004v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Attraction Effect in Information Visualization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Conceptual and Methodological Issues in Evaluating Multidimensional Visualizations for Decision Support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 23 (1), pp.471 - 480. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVCG.2016.2598594⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 24 (1), pp.749 - 759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2017.2745138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01355750v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01584729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Attraction Effect in Information Visualization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dragicevic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Visualization and Computer Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (1), pp.471 - 480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVCG.2016.2598594⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01355750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Direct Manipulation using Finger Tracking for Complex Tasks in an Immersive Cube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Roussou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Lombardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Reality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 18 (3), pp.203-217. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10055-014-0246-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01060303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Information Visualization for Decision Making : Identifying Biases and Moving Beyond the Visual Analysis Paradigm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evanthia Dimara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Human-Computer Interaction [cs.HC]. Université Paris Saclay (COmUE), 2017. English. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2017SACLS367⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-01968033v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DCPAIRS: A Pairs Plot Based Decision Support System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Valdivia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Kinkeldey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroVis - 19th EG/VGTC Conference on Visualization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01516470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2434,257 +2887,257 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing the Attraction Effect on Two Information Visualization Datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Bezerianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8895, Inria Saclay Ile de France. 2016, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Direct Manipulation using Finger Tracking for Complex Tasks in an Immersive Cube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapoulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evanthia Dimara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Roussou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Lombardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] RT-0440, INRIA. 2013, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId85"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2831,51 +3284,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679584v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba&#351;ak Oral" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert V&#245;eras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evanthia Dimara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677846v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelos Chatzimparmpas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775272v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Cibulski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setia Hermawati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Kohlhammer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972047v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri Buchm&#252;ller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udo Schlegel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eren Cakmak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A Keim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/eurova.20201078" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452719v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reyhaneh Raissi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacquelyn H Berry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne D Gray" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bailly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3313831.3376538" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01448095v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bezerianos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dragicevic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3025453.3025870" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01156527v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boukhelifa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Giannisakis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Willett" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Fekete" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/eurova.20151095" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01061909v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Bene&#353;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O'Connor" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377996v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474456v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily W Ge" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Easterday" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Cheng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3613904.3642750" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175656v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Oral" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ria Chawla" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wijkstra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Mahyar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2307.08326" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923554v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri F Buchm&#252;ller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2021.08.003" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199715v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Zhang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Tory" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Franconeri" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197062v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2019.2934283" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01868738v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Plaisant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2018.2872577" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01845004v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2018.2865233" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01584729v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2017.2745138" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355750v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2016.2598594" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01060303v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapoulie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marchal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Roussou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lombardo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-014-0246-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01516470v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Valdivia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kinkeldey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01295624v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00857534v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373953v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damion E Verboom" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Mchedlidze" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basak Oral" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evanthia Dimara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Peres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679584v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ba&#351;ak Oral" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert V&#245;eras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677846v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelos Chatzimparmpas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03669928v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Giannisakis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Goujon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bailly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775272v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Cibulski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setia Hermawati" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Kohlhammer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972047v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri Buchm&#252;ller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Udo Schlegel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eren Cakmak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A Keim" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/eurova.20201078" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452719v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reyhaneh Raissi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacquelyn H Berry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne D Gray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3313831.3376538" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01448095v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Bezerianos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dragicevic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3025453.3025870" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01156527v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boukhelifa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Willett" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Fekete" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/eurova.20151095" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01061909v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Bene&#353;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander O'Connor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377996v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474456v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily W Ge" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Easterday" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Cheng" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3613904.3642750" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354869v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Telea" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2023.3346640" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175656v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Oral" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ria Chawla" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wijkstra" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Mahyar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2307.08326" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923554v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri F Buchm&#252;ller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2021.08.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199715v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Zhang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Tory" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Franconeri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197062v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2019.2934283" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01868738v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Plaisant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2018.2872577" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01845004v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2018.2865233" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01584729v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2017.2745138" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355750v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVCG.2016.2598594" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01060303v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapoulie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marchal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Roussou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lombardo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-014-0246-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01968033v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017SACLS367" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01516470v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Valdivia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Kinkeldey" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01295624v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00857534v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>