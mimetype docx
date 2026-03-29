--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -361,51 +361,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 1000-year record of paleoclimate and paleoenvironment change inferred from sedimentary organic matter in Lake Azuei, Haiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Noncent</w:t>
+                <w:t xml:space="preserve">Daiki Nomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Sifeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -495,51 +495,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydroclimate reconstruction during the last 1000 years inferred from the mineralogical and geochemical composition of a sediment core from Lake-Azuei (Haiti)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Noncent</w:t>
+                <w:t xml:space="preserve">Daiki Nomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Sifeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -844,51 +844,51 @@
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12889-022-14619-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04036062v1</w:t>
+                <w:t xml:space="preserve">hal-04035941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-economic and demographic factors influencing open defecation in Haiti: a cross-sectional study</w:t>
               </w:r>
@@ -974,51 +974,51 @@
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12889-022-14619-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04035941v1</w:t>
+                <w:t xml:space="preserve">halshs-04036062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insufficient yet improving involvement of the global south in top sustainability science publications</w:t>
               </w:r>
@@ -1444,286 +1444,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONTRIBUTION TO THE DIAGNOSTIC STUDY OF INTESTINAL PARASITOSIS, HAITI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SOCIAL REPRESENTATIONS OF DISEASES LINKED TO CLIMATE CHANGE IN THE POPULATION OF A SLUM DISTRICT: A CASE STUDY FROM HAITI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammcise Apply</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daphnee Michel</w:t>
+                <w:t xml:space="preserve">Francklin Benjamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucainson Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Daphnée Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Daphenide St-Louis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Scientific Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03249148v1</w:t>
+                <w:t xml:space="preserve">hal-03249151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SOCIAL REPRESENTATIONS OF DISEASES LINKED TO CLIMATE CHANGE IN THE POPULATION OF A SLUM DISTRICT: A CASE STUDY FROM HAITI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CONTRIBUTION TO THE DIAGNOSTIC STUDY OF INTESTINAL PARASITOSIS, HAITI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphnee Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucainson Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammcise Apply</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphenide St-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francklin Benjamin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Daphenide St-Louis</w:t>
+                <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Scientific Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19044/esj.2021.v17n17p64⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249151v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03249148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mot des coéditeurs - Gestion de l'environnement et développement durable en Haïti</w:t>
               </w:r>
@@ -1791,51 +1791,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiological contamination of groundwater by Cryptosporidium oocysts in Haiti. Health risk assessment for population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2270,51 +2270,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of ionic strength and soil characteristics on the behavior of Cryptosporidium oocysts in saturated porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urbain Fifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2637,272 +2637,272 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptosporidiosis in Haiti: surprisingly low level of species diversity revealed by molecular characterization of Cryptosporidium oocysts from surface water and groundwater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...63 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Angerville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evens Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 20, pp.45. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+              <w:t xml:space="preserve">, 2013, 20 (7), pp.45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/parasite/2013045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02424300v1</w:t>
+                <w:t xml:space="preserve">hal-02424301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptosporidiosis in Haiti: surprisingly low level of species diversity revealed by molecular characterization of Cryptosporidium oocysts from surface water and groundwater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Damiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmyre Clervil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïssata Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parasite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 20 (7), pp.45. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+              <w:t xml:space="preserve">, 2013, 20, pp.45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/parasite/2013045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02424301v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the Mobility of Lead, Copper and Cadmium in a Calcareous Soil of Port-au-Prince, Haiti</w:t>
               </w:r>
@@ -2986,291 +2986,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological risk assessment of urban and industrial systems: A review</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Donguy</w:t>
+                <w:t xml:space="preserve">Cryptosporidium Contamination of Surface and Water Supplies in Haiti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Brasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Agnamey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2011.08.053⟩</w:t>
+              <w:t xml:space="preserve">Archives of Environmental &amp; Occupational Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 66 (1), pp.12-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19338244.2010.506492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02424924v1</w:t>
+                <w:t xml:space="preserve">hal-02424922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptosporidium Contamination of Surface and Water Supplies in Haiti</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Agnamey</w:t>
+                <w:t xml:space="preserve">Ecological risk assessment of urban and industrial systems: A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Perrodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Boillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Angerville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Donguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Environmental &amp; Occupational Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 66 (1), pp.12-17. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 409 (24), pp.5162-5176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19338244.2010.506492⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2011.08.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02424922v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groundwater contamination by microbiological and chemical substances released from hospital wastewater: Health risk assessment for drinking water consumers</w:t>
               </w:r>
@@ -5299,64 +5299,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Roobens Célius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Noncent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasmine Cesars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5380,176 +5380,176 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04232612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation of Sargassum sp. and modelling of adsorption of emerging micropollutants on activated carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Francoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ferino-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Yacou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Jean-Marius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science and Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre (Guadeloupe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02425421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La problématique de l’eau dans les bidonvilles en formation : étude des cas de Canaan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolette Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5565,51 +5565,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Doctoriales Sciences Sociales de l’Eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Montpellier, France. 2nd Doctoriales Sciences Sociales de l’Eau, pp.86-87, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01411064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5619,124 +5619,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la recherche universitaire à la compréhension du stress qualitatif et quantitatif de l’eau en Haïti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bayard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eco-systèmes d'Haïti: Focus sur les réalités et les espoirs de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Cap-Haïtien, Haïti. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edition Pédagogie Nouvelle S.A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-99970-72-10-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01401087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5746,416 +5746,416 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’habilitation urbaine post- séisme de Port-au-Prince : quel rôle pour les universités et la recherche?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">de Tricornot Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theodat Jean Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Georges Eddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Martel Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental and Human Health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddie Laboy-Nieves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattheus F.A. Goosen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evens Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CRC Press, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/b10540⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
-              <w:r>
-[...59 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02424298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloque International Faire face à la pénurie d'eau République d'Haïti Ministère de l'Environnement Panos Caraïbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enseignement des sciences appliquées en Haïti : un nouveau regard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evenson Calixte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Torrens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion Intégrée de l'Eau en Haïti Actes du Colloque International réalisé à Port-au-Prince, les 26,27,28 juin 2002</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6164,51 +6164,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Vermande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6218,902 +6218,964 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Challenge of Water in the Sanitary Conditions of the Populations Living in the Slums of Port-au-Prince: The Case of Canaan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolette Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magline Alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Telcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Saffache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.96321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastics and environmental Health: assessing environmental hazards in Haiti.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphenide St-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammcise Apply</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphnée Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IntechOpen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5772/intechopen.98371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03298993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vector-Borne Diseases and Climate Change in the Environmental Context in Haiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max François Millien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphnée Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaston Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Telcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.96037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution of Water Resources and Environmental Impacts in Urban Areas of Developing Countries: Case of the City of Les Cayes (Haiti)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketty Balthazard-Accou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Agnamey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Raccurt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Health [Working Title]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IntechOpen, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/intechopen.86951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02394595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notion de transfert Ville-Campagne à Port-au-Prince (Haïti) : en quoi la ville peut-elle apporter une valeur ajoutée pour la campagne par la gestion de ses déchets organiques et la campagne vers la ville par la production de produits alimentaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Duchaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Vermande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LUTTE ANTIÉROSIVE - Réhabilitation des sols tropicaux et protection contre les pluies exceptionnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.irdeditions.12419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02043652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covid-19: changes in living and socioeconomic shifts in the spotlight</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La pratique de la médecine en Haïti : d'une tradition paternaliste du soin à une santé publique centrée sur le patient à inventer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02963605v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Covid-19: changes in living and socioeconomic shifts in the spotlight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francklin Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max François Millien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evens Emmanuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02963605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Santé et conditions de vie à Canaan aux confins de Port-au-Prince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bodson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yolette Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelogue Thérasmé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives de développement de l'aire métropolitaine de Port-au-Prince, Horizon 2030</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01944107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7123,398 +7185,398 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'école haïtienne sous la loupe de Jacques Abraham : un miroir des inégalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quetya Aubin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05053499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covid-19 : perception de la pandémie et de l'importance des gestes barrières par les marchandes de fruits et légumes de Port-au-Prince</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francklin Benjamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katiana Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renando Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Prou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Millien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covid-19 : des changements de vie et mutations socioéconomiques en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francklin Benjamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max François Millien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QUEL POURRAIT-ÊTRE L'APPORT DES INTELLECTUELS VIVANT À L'EXTÉRIEUR DU PAYS DANS LA CONSTITUTION DES CHAMPS SCIENTIFIQUES EN HAITI ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venise A Dubique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Petit-Frère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02982716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7524,147 +7586,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ÉTAT DES LIEUX DE LA RECHERCHE AU SEIN DES IES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renauld Govain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raulin Lincifort Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly Guerrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francklin Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CORPUHA (Conférence des Recteurs, Présidents et Dirigeants d’Universités et d’institutions d’Enseignement Supérieur Haïtiennes). 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02963603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7674,114 +7736,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EVALUATION DES RISQUES SANITAIRES ET ECOTOXICOLOGIQUES LIES AUX EFFLUENTS HOSPITALIERS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evens Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environnement et Société. Insa Lyon, 2004. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02061910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId226"/>
+      <w:footerReference w:type="default" r:id="rId228"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7849,51 +7911,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C55BBD9E"/>
+    <w:nsid w:val="6A4B29BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8080,51 +8142,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/evens-emmanuel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8865-3409" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081288441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968783v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melicile Glesil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjoane Maur&#237;cio Silva Maciel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taynara Lais Silva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Fuentes Ferreira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymee Medeiros Da Rocha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102-311XEN020824" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498683v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noncent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Sifeddine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evens Emmanuel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Cormier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Javier Brice&#241;o&#8208;zuluaga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111845" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151030v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Cormier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596836231163512" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942641v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammcise Apply" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Corbet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deroy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucainson Raymond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036062v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dique Paul" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jean Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Kiragu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woodley G&#233;n&#233;us" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-022-14619-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768336v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Struelens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame-Penda Ba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Bonzi-Coulibaly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0273083" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274930v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine C&#233;sars" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magline Alexis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19044/esj.2021.v17n21p316" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolette J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Saffache" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29104/phi-aqualac/2021-v13-1-03" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284242v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249148v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphnee Michel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphenide St-Louis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketty Balthazard-Accou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19044/esj.2021.v17n17p64" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249151v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francklin Benjamin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Michel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918359v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pr&#233;vil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424914v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momar Diouf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Agnamey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677511v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bodson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Martel Roy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424299v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrodin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Orias" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boillot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brackers de Hugo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jean" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030008ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00984581v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Donguy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.03.104" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPTR15CH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423321v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urbain Fifi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Andr&#233; Casimir" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brasseur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.11.045" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVRDVN86-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424928v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph10115830" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424927v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Angerville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bazin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph10072670" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424300v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Damiani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmyre Clervil" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssata Diallo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia da Costa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2013045" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424301v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424924v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.08.053" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424922v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pape" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaillant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19338244.2010.506492" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gis&#232;le Pierre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2009.01.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGJ2P395-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424305v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osnick Joseph" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rouez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Metivier-Pignon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330903139520" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424910v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956362v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne M&#233;tivier&#8208;pignon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424912v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416002v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Altenor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Carene" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lambert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Ehrhardt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2008.10.133" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3SR70SR-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424308v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwine Tanis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Hanna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2008.06.013" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X76Z183X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424309v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEP.2007.016496" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175402v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.1815" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424919v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Keck" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2004.08.011" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F1LMGLWZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424920v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Blanchard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vermande" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2004.02.004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MN1J6HXS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673261v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fritzner Amazan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Temple" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517266v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517260v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laurence Verret" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anie Bras" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401102v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411071v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598753v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norly Germain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Rezg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Monteiro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Roobens C&#233;lius" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Durand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Cesars" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02425421v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Francoeur" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferino-Perez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Yacou" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Jean-Marius" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411064v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401087v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epn.ht" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112905v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de Tricornot Herv&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodat Jean Marie" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Georges Eddy" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424298v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Laboy-Nieves" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattheus F.A. Goosen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b10540" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470067v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470065v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evenson Calixte" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Torrens" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470062v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207174v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Telcy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.96321" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298993v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/online-first/77660" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.98371" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207176v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Fran&#231;ois Millien" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Jean" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.96037" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394595v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Raccurt" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.86951" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043652v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fernandes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jean" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duchaufour" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.12419" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963605v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944107v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelogue Th&#233;rasm&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053499v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quetya Aubin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973145v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katiana Jean" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renando Antoine" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Millien" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945811v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982716v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venise A Dubique" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Petit-Fr&#232;re" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963603v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renauld Govain" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raulin Lincifort Cadet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Guerrier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02061910v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/evens-emmanuel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8865-3409" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081288441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968783v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melicile Glesil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adjoane Maur&#237;cio Silva Maciel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taynara Lais Silva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Fuentes Ferreira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymee Medeiros Da Rocha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102-311XEN020824" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498683v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Nomura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Sifeddine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evens Emmanuel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Cormier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Javier Brice&#241;o&#8208;zuluaga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111845" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151030v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Cormier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596836231163512" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942641v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammcise Apply" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Corbet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deroy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucainson Raymond" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035941v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dique Paul" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jean Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Kiragu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woodley G&#233;n&#233;us" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-022-14619-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036062v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768336v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Struelens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame-Penda Ba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Bonzi-Coulibaly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0273083" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274930v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine C&#233;sars" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magline Alexis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19044/esj.2021.v17n21p316" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolette J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Saffache" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29104/phi-aqualac/2021-v13-1-03" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284242v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249151v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francklin Benjamin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Michel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphenide St-Louis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249148v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphnee Michel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketty Balthazard-Accou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19044/esj.2021.v17n17p64" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918359v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pr&#233;vil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424914v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momar Diouf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Agnamey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677511v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bodson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Martel Roy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424299v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrodin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Orias" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boillot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Brackers de Hugo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jean" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030008ar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00984581v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Donguy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.03.104" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GPTR15CH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423321v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urbain Fifi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Andr&#233; Casimir" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brasseur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2013.11.045" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVRDVN86-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424928v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph10115830" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424927v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Angerville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bazin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph10072670" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424301v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2013045" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424300v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Damiani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmyre Clervil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssata Diallo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia da Costa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415998v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424922v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pape" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaillant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19338244.2010.506492" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424924v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2011.08.053" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gis&#232;le Pierre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2009.01.011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGJ2P395-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424305v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osnick Joseph" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rouez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Metivier-Pignon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330903139520" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424910v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956362v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne M&#233;tivier&#8208;pignon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424912v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416002v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Altenor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Carene" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lambert" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Ehrhardt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2008.10.133" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3SR70SR-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424308v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwine Tanis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Hanna" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2008.06.013" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X76Z183X-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424309v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEP.2007.016496" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175402v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.1815" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424919v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Keck" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2004.08.011" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F1LMGLWZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424920v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Blanchard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vermande" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2004.02.004" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MN1J6HXS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673261v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fritzner Amazan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Temple" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517266v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517260v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laurence Verret" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anie Bras" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401102v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411071v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598753v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norly Germain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Rezg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Monteiro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Roobens C&#233;lius" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Durand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noncent" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Cesars" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02425421v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Francoeur" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferino-Perez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Yacou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Jean-Marius" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411064v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401087v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epn.ht" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112905v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de Tricornot Herv&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodat Jean Marie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Georges Eddy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424298v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Laboy-Nieves" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattheus F.A. Goosen" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b10540" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470067v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470065v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evenson Calixte" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Torrens" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470062v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207174v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Telcy" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.96321" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298993v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/online-first/77660" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.98371" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207176v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Fran&#231;ois Millien" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Jean" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.96037" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394595v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Raccurt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.86951" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043652v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Fernandes" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jean" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Duchaufour" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.12419" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550071v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963605v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944107v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelogue Th&#233;rasm&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053499v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quetya Aubin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973145v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katiana Jean" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renando Antoine" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Prou" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Millien" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945811v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982716v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venise A Dubique" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Petit-Fr&#232;re" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963603v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renauld Govain" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raulin Lincifort Cadet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Guerrier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02061910v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>