--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2227,1006 +2227,1006 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« L’expertise dans les contentieux relatifs à l’obsolescence programmée »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire PROCLIMEX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation des Treilles, Sep 2023, Tourtour, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Animation de la table-ronde « Sanctionner les infractions environnementales »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres juridiques de Marseille Le droit pour sauver la planète</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04580346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« L’expertise dans les contentieux relatifs à l’obsolescence programmée »</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Connecting Scientific Evidence to Litigation Strategies: the issue of the admissibility of expert evidence in Human Rights Litigation”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Fondation des Treilles, Sep 2023, Tourtour, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Canali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium on Translating Climate Science for the Human Rights Court Room: An Interdisciplinary Encounter between Science and Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">“Connecting Scientific Evidence to Litigation Strategies: the issue of the admissibility of expert evidence in Human Rights Litigation”</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le contentieux environnemental des affaires, le cas Total Energies »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Strasbourg, France</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque L’entreprise et le droit de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Libanaise, May 2023, Beyrouth, Liban</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">« Le contentieux environnemental des affaires, le cas Total Energies »</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insights from (critical) social science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque L’entreprise et le droit de l’environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Libanaise, May 2023, Beyrouth, Liban</w:t>
+              <w:t xml:space="preserve">Research Seminar, Who Speaks for the Future of the Earth?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison Franco-Japonaise, Mar 2023, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Insights from (critical) social science</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connecting Scientific Evidence to Litigation Strategies: the issue of the admissibility of expert evidence in Human Rights Litigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Seminar, Who Speaks for the Future of the Earth?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison Franco-Japonaise, Mar 2023, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">"Symposium on Translating Climate Science for the Human Rights Court Room: An Interdisciplinary Encounter between Science and Law"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nele Schuldt (UGent), Mar 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Nele Schuldt (UGent), Mar 2023, Strasbourg, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05191397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Horizon 2050 et neutralité carbone : pertinence des instruments européens ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La fabrique d’un droit climatique au service de la trajectoire 1.5.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Toulouse, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03101732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Propriété, biodiversité et contrat »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les ressources foncières - VI Conférence de l'ICREI et du CA2E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Aix en Provence, France. pp.165-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">« Propriété, biodiversité et contrat »,</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00426453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propriété, biodiversité et contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les ressources foncières - VI Conférence de l'ICREI et du CA2E</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Aix en Provence, France. pp.165-178</w:t>
+              <w:t xml:space="preserve">Propriété, biodiversité et contrat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France. non précisées</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Propriété, biodiversité et contrat</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00239297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique communautaire de lutte contre les discriminations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propriété, biodiversité et contrat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, France. non précisées</w:t>
+              <w:t xml:space="preserve">Table-ronde de l'IREMAM sur "Discriminations ethniques/raciales des concepts à l'action publique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La politique communautaire de lutte contre les discriminations</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00239298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse juridique des mesures agro-environnementales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table-ronde de l'IREMAM sur "Discriminations ethniques/raciales des concepts à l'action publique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">colloque Biodiversité et Agriculture : des mesures agro-environnementales à la conditionnalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00239325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'effectivité en France du protocole de Carthagène, sur le commerce international des OGM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV Congresso internacional de direito ambiental e bioética</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Brasilia, Brésil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00239303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mécanismes encadrant l'effectivité du Protocole de Carthagène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IV Congresso internacional de direito ambiental e bioética</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Salvador, Brésil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00239308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contractualisation avec les propriétaires au service de Natura 2000</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixième Conférence internationale de l'International Center for Research in Environmental Issues (ICREI) et du Centre d'Analyse Economique (CEA2E)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00239311v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-00239308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport sur les travaux de l'atelier n° 2 : L'indemnisation des servitudes et contraintes environnementales</w:t>
               </w:r>
@@ -4585,51 +4585,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00238470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (30)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4834,2049 +4834,2140 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03898849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Horizon 2050 et neutralité : Quelques observations sur la pertinence des instruments européens »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PEDONE. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in La fabrique d’un « droit climatique » pour construire un monde à 1.5.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03101762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« A la recherche du procès environnemental »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le procès environnemental : du procès sur l’environnement au procès pour l’environnement, E. Truilhé, M. Hautereau-Boutonnet dir., à paraître, Dalloz, Paris, A paraître</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03101850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Horizon 2050 et neutralité : Quelques observations sur la pertinence des instruments européens »</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le procès environnemental, des procès sur l’environnement au procès pour l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Hautereau-Boutonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mathilde Hautereau-Boutonnet; Ève Truilhé. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le procès environnemental : du procès sur l’environnement au procès pour l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9782247204113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« A la recherche du procès environnemental en droit de l’Union européenne : cheminer puis plonger »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">in La fabrique d’un « droit climatique » pour construire un monde à 1.5.,</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le procès environnemental : du procès sur l’environnement au procès pour l’environnement, E. Truilhé, M. Hautereau-Boutonnet dir., à paraître, Dalloz, Paris, A paraître</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03101856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les People's Climate Case&amp;quot; c. Union européenne (2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les grandes affaires climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, DICE Éditions, pp.193-206, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.dice.10943⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05554475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les People climate case c/ Union européenne (2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Le procès environnemental : du procès sur l’environnement au procès pour l’environnement</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Confluence des droits. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les grandes affaires climatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.dice.10943⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05445766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les People’s Climate Case c. Union européenne » (2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Brosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Confluence des droits. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les grandes Affaires Climatiques, C. Cournil (Dir.), éd. DICE, Confluences des droits, 2020 (disponible ici : https://dice.univ-amu.fr/fr/dice/dice/publications/confluence-droits/ouvrages), pp. 193-205.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03101775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expertise, Dictionnaire juridique des transitions écologiques, F. Collart Dutilleul, V. Pironon, A. Van Lang, à paraître.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truilhé Eve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des transitions écologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel encadrement juridique pour les activités pétrolières offshore en droit de l’Union européenne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clio Bouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carina Oliveira dir. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meio ambiente marinho e direito (Volume-II)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement des risques incertains par le droit de l’Union européenne, in : Regards juridiques franco-japonais sur le risque environnemental, M. Hautereau-Boutonnet, K. Yoshida (dir.), PUAM, 2017.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards juridiques franco-japonais sur le risque environnemental, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essai de modélisation des rapports expert-décideur : réflexions autour de l’expertise internationale en matière climatique et au-delà</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Karine Favro; Madeleine Lobe-Lobas; Jean-Paul Markus. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’expert dans tous ses états – A la recherche d’une déontologie de l’expert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalloz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 9782247204113</w:t>
+              <w:t xml:space="preserve">, pp.89-103, 2016, 9782247152490</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">« A la recherche du procès environnemental en droit de l’Union européenne : cheminer puis plonger »</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel encadrement juridique pour les activités pétrolières offshore en droit de l’Union européenne ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clio Bouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truilhé-Marengo Eve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A gestão sustentável dos recursos marinhos na zona costeira e no espaço marinho brasileiro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brefs propos sur les relations entre science et droit au prisme des questions probatoires, in : « L’expert dans tous ses états – A la recherche d’une déontologie de l’expert », K. Favro, M. Lobé Lobas, J.-P. Markus (Dir.), Dalloz, Paris, 2016, pp. 114-123.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Truilhé-Marengo Eve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« L’expert dans tous ses états – A la recherche d’une déontologie de l’expert », </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le procès environnemental : du procès sur l’environnement au procès pour l’environnement, E. Truilhé, M. Hautereau-Boutonnet dir., à paraître, Dalloz, Paris, A paraître</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître</w:t>
+              <w:t xml:space="preserve">La relation juge expert dans les contentieux sanitaires et environnementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Estelle Brosset</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02556014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre lobbying et expertise : la participation des entreprises à l'élaboration des normes internationales relatives au vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Brosset. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit international et européen du vivant : quel rôle pour les acteurs privés ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la documentation Française, pp.87-102, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00426540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le juriste face aux mesures agri-environnementales : entre qualification et évaluation »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conservation de la biodiversité et politique agricole commune de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la documentation Française, pp.101-120, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00426458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normes techniques en droit international ; Les mots et les choses »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enjeux de la normalisation technique internationale ; entre environnement, santé et commerce international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation Française, pp.13-42, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00418735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le consensus comme modalité d'adoption des normes au sein du Codex alimentarius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enjeux de la normalisation technique internationale: entre environnement, santé et commerce international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation Française, pp.105-119, 2006, Travaux du CERIC</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00418732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Estelle Brosset; Eve Truilhé-Marengo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les enjeux de la normalisation technique internationale ; entre environnement, santé et commerce international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Documentation Française, 2006, 978-2110061584</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le consensus comme modalité d'adoption des normes au sein du Codex alimentarius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé et environnement : les enjeux de la normalisation internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation française, non précisées, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00211878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normes techniques en droit international. Les mots et les choses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé et environnement : les enjeux de la normalisation internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation française, non précisées, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00211873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le contrat plutôt que la contrainte ? Analyse et implications juridiques du recours à l'outil contractuel pour gérer les sites Natura 2000 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natura 2000 : de l'injonction européenne aux négociations locales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la documentation Française, pp.101-120, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00426468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire des décisions &amp;quot;Canada - Mesures visant l'importation de lait et l'exportation de produits laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. RUIZ FABRI, B. STERN. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La jurisprudence de l'OMC -OMC Case Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Martinus Nijhoff, non précisées, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00239282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat plutôt que la contrainte ? Analyse et implications juridiques du recours à l'outil contractuel pour gérer les sites Natura 2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. DUBOIS, S. MALJEAN-DUBOIS. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natura 2000 : de l'injonction européenne aux négociations locales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation française, pp.265-282, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00211858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du droit du marché au droit des contrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'intégration européenne au XXIème siècle - Ouvrage en l'honneur de Jacques Bourrinet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, non précisée, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00238486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La preuve dans le règelement des différends à l'OMC : applications possibles en matière d'OGM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Bourrinet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le commerce international des OGM - Quelle articulation entre le récent Protocole de Carthagène sur la biosécurité et le droit de l'Organisation mondiale du Commerce ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Documentation française, pp.285-303, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00263428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La preuve dans le règlement des différends à l'OMC : applications possibles en matière d'OGM ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...34 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Allbeury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Maljean-Dubois - J. Bourrinet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Le commerce international des OGM - Quelle articulation entre le récent Protocole de Carthagène sur la biosécurité et le droit de l'Organisation Mondiale du Commerce ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la documentation Française, pp.282-303, 2002</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00426498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La portée du principe de précaution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Bourrinet, S. Maljean-Dubois. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le commerce international des OGM - Quelle articulation entre le récent Protocole de Carthagène sur la biosécurité et le droit de l'Organisation Mondiale du Commerce ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La documentation française, pp.71-96, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...1536 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00263431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6886,51 +6977,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Maljean-Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6946,73 +7037,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le droit français aux prises avec les limites planétaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface de l'ouvrage &amp;quot;Le droit français aux prises avec les limites planétaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7028,195 +7119,195 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le droit français aux prises avec les limites planétaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04330878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une limitation effective de la pollution plastique : quelles pistes en droit de l'UE ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La lutte contre la pollution plastique des océans en droit international, comparé et européen,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03898827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« OMC et environnement »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Lanfranchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00426455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7226,91 +7317,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des droits de la nature au sein de l'Union européenne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7320,51 +7411,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le procès environnemental : du procès sur l'environnement au procès pour l'environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7377,73 +7468,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Hautereau-Boutonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CERIC - UMR 7318. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02146056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le procès environnemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Hautereau-Boutonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Mission de recherche Droit et Justice. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02143713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le procès environnemental - Du procès sur l'environnement au procès pour l'environnement Rapport pour la mission Droit et Justice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Hautereau-Boutonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7456,247 +7626,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Mission de recherche Droit et Justice. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03194063v1</w:t>
-              </w:r>
-[...77 lines deleted...]
-                <w:t xml:space="preserve">halshs-02143713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un droit communautaire des contrats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Truilhé-Marengo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paul Cézanne - Aix-Marseille III, 2002. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00426526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId133"/>
+      <w:footerReference w:type="default" r:id="rId134"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7843,51 +7934,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206301v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hautereau-Boutonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilhe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05003533v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Truilh&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127lg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330954v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04331061v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898844v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898807v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02575670v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Brosset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilh&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451462v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boutonnet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112088v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829720v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112093v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829820v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829775v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451190v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truilh&#233;-Marengo Eve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilh&#233;-Marengo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215032v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fonbaustier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Maljean-Dubois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Neyret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Teller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451203v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214545v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743776v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#232;le Hermitte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00613893v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Richard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238474v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211867v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211872v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211863v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426463v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238488v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426475v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580346v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580345v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580349v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Canali" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580347v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05191397v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101732v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426453v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239298v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239311v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239313v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239317v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239300v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239321v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239352v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239356v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426491v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426535v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263435v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101754v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101743v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101738v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Renoux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vidal-Naquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.dice.12353" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101861v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829868v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451184v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418726v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238470v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05003497v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101850v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101762v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194095v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/le-proces-environnemental-p.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101856v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445766v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.dice.10943" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101775v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829770v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truilh&#233; Eve" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829859v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829840v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Bouillard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451196v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/l-expert-dans-tous-ses-etats-p.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479475v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451198v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556014v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426540v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426458v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418735v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451216v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211878v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418732v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211873v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426468v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211858v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239282v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238486v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263428v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426498v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Allbeury" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263431v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834558v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330878v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898827v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426455v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lanfranchi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196132v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146056v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194063v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02143713v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00426526v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206301v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Hautereau-Boutonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilhe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05003533v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Truilh&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127lg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330954v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04331061v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898844v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898807v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02575670v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Brosset" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilh&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02451462v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boutonnet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112088v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829720v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112093v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829820v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829775v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451190v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truilh&#233;-Marengo Eve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214763v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Truilh&#233;-Marengo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215032v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fonbaustier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Maljean-Dubois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Neyret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Teller" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451203v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214545v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00743776v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#232;le Hermitte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00613893v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Richard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238474v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211867v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211872v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211863v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426463v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238488v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426475v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580345v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580346v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580349v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Canali" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580347v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05191397v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101732v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426453v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239298v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239325v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239308v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239311v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239313v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239317v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239300v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239321v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239352v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239356v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426491v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426535v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263435v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101754v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101743v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101738v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Renoux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Vidal-Naquet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.dice.12353" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101861v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829868v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451184v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418726v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238470v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05003497v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330927v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101762v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101850v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194095v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/le-proces-environnemental-p.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101856v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05554475v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.dice.10943" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445766v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101775v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829770v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truilh&#233; Eve" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829840v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clio Bouillard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829859v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451196v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boutique-dalloz.fr/l-expert-dans-tous-ses-etats-p.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479475v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451198v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02556014v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426540v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426458v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418735v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00418732v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451216v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211878v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211873v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426468v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00239282v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211858v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00238486v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263428v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426498v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Allbeury" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00263431v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834558v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04330878v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03898827v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00426455v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Lanfranchi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196132v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146056v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02143713v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194063v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00426526v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>