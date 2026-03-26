--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fleurine Akoueson </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How scientific networks can help advancing both scientific knowledge and public policies: the case study of the “Plastics, Environment and Health” network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; Ifremer, Jun 2025, Nice, France. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the emission potential (microplastics &amp; organic additives) by conventional or biodegradable mussel nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Nitschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Bossaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayan Almasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rolando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro 2024 - Plastic Pollution from Macro to Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marine Sciences For Society research network; Lanzarote Biosphere Reserve; World Network of Island and Coastal Biopshere Reserves (WNICBR), Sep 2024, Lanzarote, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04761265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la toxicité d’additifs plastiques de barquettes alimentaires sur différentes lignées cellulaires humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolina Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Louise Blier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04147003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les additifs plastiques dans les barquettes alimentaires : caractérisation en Py-GC-HRMS et impacts sur les stades de développement de l'huitre creuse (Crassostrea gigas)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrolysis-GC-HRMS: an application for the identification and quantification of organic plastic additives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 32nd Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SETAC, May 2022, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place de la plateforme 3PAC : analyse et caractérisation des particules de plastiques dans l’environnement et les produits marins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kazour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jéremy Thery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marco 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CPER Marco, Oct 2021, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrolyse-GC-MS-Orbitrap: une application pour l’identification et la quantification d’additifs plastiques organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armance Brémard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marco 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CPER Marco, Oct 2021, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GC/MS-Orbitrap: une application pour la caractérisation d’additifs plastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Polymères et Océans, Feb 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastics in food : characterization of plastic additives using Pyrolysis-GC-MS-Orbitrap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AOAC Virtual Food Science Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AOAC, Aug 2021, On-line conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastiques & Additifs : Etat des lieux des impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hermabessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Pertubateurs Endocriniens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Muséum National d'Histoire Naturelle, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03941136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plastics used in agriculture and for food: uses, properties and impacts. Condensed report of the collective scientific assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Duquesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mercier-Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Monsaingeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Paresys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; CNRS. 2025, 164 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plastics used in agriculture and for food: uses, properties and impacts. Extended report of the collective scientific assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Duquesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mercier-Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Monsaingeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Paresys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; CNRS. 2025, 1 533 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic leachates inhibit small-scale self-organization in mussel beds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo Zardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Nicastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lau Truong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Decorse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nozak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 914, pp.169816. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.169816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04883626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additives in polypropylene and polylactic acid food packaging: Chemical analysis and bioassays provide complementary tools for risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Huvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 857 (Part 2), pp.159318. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.159318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03811053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of plastic additives: Py/TD-GC-HRMS method development and application on food containers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armance Brémard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 168, pp.105745. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaap.2022.105745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03846369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic leachates disrupt the chemotactic and chemokinetic behaviours of an ecosystem engineer (Mytilus edulis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Uguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy R Nicastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo I Zardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie M Gaudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Spilmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 306, pp.135425. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.135425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03721287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and quantification of plastic additives using Pyrolysis-GC/MS: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 773, pp.145073. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.145073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03137716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’émission de microplastiques et d’additifs de deux filets mytilicoles : conventionnel vs biodégradable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Nitschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayan Almasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Bossaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ronaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04604343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pyrolyse GC/MS-Orbitrap une application pour la caractérisation d'additifs plastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SEFA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GC/MS-Orbitrap: an application for the characterization of organic plastic additives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro 2020 - Fate and Impacts of microplastics: knowledge and responsabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, On-line, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03884776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les additifs issus des microplastiques : caractérisation, lixiviation et impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Université du Littoral Côte d'Opale, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022DUNK0641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04053373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId73"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fleurine Akoueson </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How scientific networks can help advancing both scientific knowledge and public policies: the case study of the “Plastics, Environment and Health” network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">One Ocean Science Congress 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS; Ifremer, Jun 2025, Nice, France. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/oos2025-775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05022324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the emission potential (microplastics &amp; organic additives) by conventional or biodegradable mussel nets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Nitschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Bossaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayan Almasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rolando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro 2024 - Plastic Pollution from Macro to Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marine Sciences For Society research network; Lanzarote Biosphere Reserve; World Network of Island and Coastal Biopshere Reserves (WNICBR), Sep 2024, Lanzarote, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04761265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la toxicité d’additifs plastiques de barquettes alimentaires sur différentes lignées cellulaires humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolina Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Louise Blier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Fessard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04147003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les additifs plastiques dans les barquettes alimentaires : caractérisation en Py-GC-HRMS et impacts sur les stades de développement de l'huitre creuse (Crassostrea gigas)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2022, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrolysis-GC-HRMS: an application for the identification and quantification of organic plastic additives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 32nd Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SETAC, May 2022, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrolyse-GC-MS-Orbitrap: une application pour l’identification et la quantification d’additifs plastiques organiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armance Brémard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marco 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CPER Marco, Oct 2021, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GC/MS-Orbitrap: une application pour la caractérisation d’additifs plastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Polymères et Océans 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Polymères et Océans, Feb 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place de la plateforme 3PAC : analyse et caractérisation des particules de plastiques dans l’environnement et les produits marins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Kazour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jéremy Thery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marco 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CPER Marco, Oct 2021, Boulogne-sur-Mer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastics in food : characterization of plastic additives using Pyrolysis-GC-MS-Orbitrap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AOAC Virtual Food Science Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AOAC, Aug 2021, On-line conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastiques & Additifs : Etat des lieux des impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dehaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hermabessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Duflos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Pertubateurs Endocriniens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Muséum National d'Histoire Naturelle, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03941136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plastics used in agriculture and for food: uses, properties and impacts. Condensed report of the collective scientific assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Duquesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mercier-Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Monsaingeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Paresys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; CNRS. 2025, 164 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plastics used in agriculture and for food: uses, properties and impacts. Extended report of the collective scientific assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Duquesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Mercier-Bonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Monsaingeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Paresys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE; CNRS. 2025, 1 533 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic leachates inhibit small-scale self-organization in mussel beds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo Zardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy Nicastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Lau Truong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Decorse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nozak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 914, pp.169816. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.169816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04883626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additives in polypropylene and polylactic acid food packaging: Chemical analysis and bioassays provide complementary tools for risk assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Tallec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Huvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 857 (Part 2), pp.159318. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.159318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03811053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of plastic additives: Py/TD-GC-HRMS method development and application on food containers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armance Brémard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 168, pp.105745. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaap.2022.105745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03846369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplastic leachates disrupt the chemotactic and chemokinetic behaviours of an ecosystem engineer (Mytilus edulis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Uguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katy R Nicastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo I Zardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie M Gaudron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Spilmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 306, pp.135425. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2022.135425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03721287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and quantification of plastic additives using Pyrolysis-GC/MS: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 773, pp.145073. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.145073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03137716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l’émission de microplastiques et d’additifs de deux filets mytilicoles : conventionnel vs biodégradable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Nitschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayan Almasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Bossaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ronaldo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-04604343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pyrolyse GC/MS-Orbitrap une application pour la caractérisation d'additifs plastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SEFA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03711564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GC/MS-Orbitrap: an application for the characterization of organic plastic additives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaza Chbib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Monchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ika Paul-Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Périne Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro 2020 - Fate and Impacts of microplastics: knowledge and responsabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, On-line, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03884776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les additifs issus des microplastiques : caractérisation, lixiviation et impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleurine Akoueson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Université du Littoral Côte d'Opale, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022DUNK0641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04053373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId73"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05022324v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-775" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04761265v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurine Akoueson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Nitschke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bossaer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Almasri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rolando" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04147003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Andersson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Louise Blier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fessard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711133v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaza Chbib" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rine Doyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Monchy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711154v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711255v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kazour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Thery" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armance Br&#233;mard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711312v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03941136v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hermabessiere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126469v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mercier-Bonin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Monsaingeon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Paresys" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127243v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883626v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Zardi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Nicastro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lau Truong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nozak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.169816" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03811053v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tallec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huvet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.159318" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03846369v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2022.105745" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721287v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Uguen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy R Nicastro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo I Zardi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie M Gaudron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spilmont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.135425" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03137716v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145073" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04604343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ronaldo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711564v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03884776v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04053373v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022DUNK0641" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05022324v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ika Paul-Pont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duflos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-775" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04761265v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurine Akoueson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Nitschke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Bossaer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayan Almasri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rolando" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04147003v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Andersson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Louise Blier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fessard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711133v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaza Chbib" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;rine Doyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Monchy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711154v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711182v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armance Br&#233;mard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711312v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711255v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kazour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Thery" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03941136v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hermabessiere" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126469v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mercier-Bonin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Monsaingeon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Paresys" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127243v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883626v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Zardi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Nicastro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lau Truong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nozak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.169816" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03811053v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tallec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huvet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.159318" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03846369v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2022.105745" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721287v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Uguen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy R Nicastro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo I Zardi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie M Gaudron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Spilmont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2022.135425" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03137716v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.145073" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04604343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ronaldo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03711564v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03884776v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04053373v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022DUNK0641" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>