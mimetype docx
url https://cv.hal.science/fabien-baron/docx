--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -234,827 +234,827 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05260543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GeAl 2-2x Fe 2x O 3 (OH) 4 nanotubes: new electrocatalyst for oxygen evolution reaction</w:t>
+                <w:t xml:space="preserve">Hydrothermal smectite synthesis in presence of Glycine: Synergistic chemical evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Naciri</w:t>
+                <w:t xml:space="preserve">Rihab Fkiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jian Li</w:t>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wahid Ullah</w:t>
+                <w:t xml:space="preserve">Clément Comminges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bourdelle</w:t>
+                <w:t xml:space="preserve">Claude Geffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 276, pp.107902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.202515690⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2025.107902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05266919v1</w:t>
+                <w:t xml:space="preserve">hal-05370979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron-rich microband formation in marine sediments by hydrothermal iron cycling bacteria at Lucky Strike</w:t>
+                <w:t xml:space="preserve">GeAl 2-2x Fe 2x O 3 (OH) 4 nanotubes: new electrocatalyst for oxygen evolution reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+                <w:t xml:space="preserve">Yassine Naciri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernest Chi Fru</w:t>
+                <w:t xml:space="preserve">Jian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Destrigneville</w:t>
+                <w:t xml:space="preserve">Wahid Ullah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Decrausaz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fleurice Parat</w:t>
+                <w:t xml:space="preserve">Franck Bourdelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43247-025-02223-2⟩</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202515690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05053696v1</w:t>
+                <w:t xml:space="preserve">hal-05266919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrothermal smectite synthesis in presence of Glycine: Synergistic chemical evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Iron-rich microband formation in marine sediments by hydrothermal iron cycling bacteria at Lucky Strike</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rihab Fkiri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Ernest Chi Fru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Comminges</w:t>
+                <w:t xml:space="preserve">Christine Destrigneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Petit</w:t>
+                <w:t xml:space="preserve">Thierry Decrausaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Geffroy</w:t>
+                <w:t xml:space="preserve">Fleurice Parat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 276, pp.107902. </w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2025.107902⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43247-025-02223-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370979v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the crystal chemistry on the dissolution kinetics of Fe(III)-rich smectites</w:t>
+                <w:t xml:space="preserve">Kinetics of Mg-Ni saponite crystallization from precursor mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Masson</w:t>
+                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Robin</w:t>
+                <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Joussein</w:t>
+                <w:t xml:space="preserve">Philippe Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yuhuan Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 371, </w:t>
+              <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 72, pp.e16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.01.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/cmn.2024.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442866v1</w:t>
+                <w:t xml:space="preserve">hal-04728631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The key role of bedrock composition in the formation of carbonates on Mars</w:t>
+                <w:t xml:space="preserve">Role of the crystal chemistry on the dissolution kinetics of Fe(III)-rich smectites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gil-Lozano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Baron</w:t>
+                <w:t xml:space="preserve">Delphine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gaudin</w:t>
+                <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-P. Lorand</w:t>
+                <w:t xml:space="preserve">Emmanuel Joussein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Fernandez</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Tertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 28, pp.54-59. </w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 371, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7185/geochemlet.2403⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2024.01.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04418957v1</w:t>
+                <w:t xml:space="preserve">hal-04442866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetics of Mg-Ni saponite crystallization from precursor mixtures</w:t>
+                <w:t xml:space="preserve">The key role of bedrock composition in the formation of carbonates on Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
+                <w:t xml:space="preserve">C. Gil-Lozano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Decarreau</w:t>
+                <w:t xml:space="preserve">A. Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Blanc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">J.-P. Lorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuhuan Yuan</w:t>
+                <w:t xml:space="preserve">V. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 72, pp.e16. </w:t>
+              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28, pp.54-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/cmn.2024.29⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7185/geochemlet.2403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04728631v1</w:t>
+                <w:t xml:space="preserve">hal-04418957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of pH on the Hydrothermal Synthesis of Al-Substituted Smectites (Saponite, Beidellite, and Nontronite)</w:t>
               </w:r>
@@ -1066,51 +1066,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Criouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Viennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1213,51 +1213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Viennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Buch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1308,51 +1308,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gas Chromatography Fingerprint of Martian Amino Acids before Analysis of Return Samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rihab Fkiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzi Timoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1360,51 +1360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Rioland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Poinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (2), pp.76. </w:t>
@@ -1436,563 +1436,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04508246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geodynamic seawater-sediment porewater evolution of the east central Atlantic Paleogene ocean margin revealed by U-Pb dating of sedimentary phosphates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Highly variable content of fluorapatite-hosted CO32- in the Upper Cretaceous/Paleogene phosphorites (Morocco) and implications for paleodepositional conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Aubineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleurice Parat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radouan El Bamiki</w:t>
+                <w:t xml:space="preserve">Abdellatif Elghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Mauguin</w:t>
+                <w:t xml:space="preserve">Otmane Raji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aissam Addou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2022.997008⟩</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 597, pp.120818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.120818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03773539v1</w:t>
+                <w:t xml:space="preserve">hal-03822812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating kaolinite crystallinity using near-infrared spectroscopy: implications for its geology on Earth and Mars</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Pineau</w:t>
+                <w:t xml:space="preserve">Geodynamic seawater-sediment porewater evolution of the east central Atlantic Paleogene ocean margin revealed by U-Pb dating of sedimentary phosphates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fleurice Parat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernest Chi Fru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilien Mathian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Radouan El Bamiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Rondeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Le Deit</w:t>
+                <w:t xml:space="preserve">Olivia Mauguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2022-8025⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2022.997008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03407659v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03773539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The growth process of saponite: A study based on particle size distributions and morphological evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
+                <w:t xml:space="preserve">Estimating kaolinite crystallinity using near-infrared spectroscopy: implications for its geology on Earth and Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hongping He</w:t>
+                <w:t xml:space="preserve">Maximilien Mathian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaorong Qin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Benjamin Rondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Le Deit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2022.106463⟩</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 107 (8), pp.1453-1469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am-2022-8025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710658v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly variable content of fluorapatite-hosted CO32- in the Upper Cretaceous/Paleogene phosphorites (Morocco) and implications for paleodepositional conditions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdellatif Elghali</w:t>
+                <w:t xml:space="preserve">The growth process of saponite: A study based on particle size distributions and morphological evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Otmane Raji</w:t>
+                <w:t xml:space="preserve">Hongping He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aissam Addou</w:t>
+                <w:t xml:space="preserve">Xiaorong Qin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Decarreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 597, pp.120818. </w:t>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 221, pp.106463. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.120818⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2022.106463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03822812v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03710658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First-principles modeling of the infrared spectrum of Fe- and Al-bearing lizardite</w:t>
               </w:r>
@@ -2374,330 +2374,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controls on tetrahedral Fe(III) abundance in 2:1 phyllosilicates—Discussion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Authigenic kaolinite and sudoite in sandstones from the Paleoproterozoic Franceville sub-basin (Gabon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Aubineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olabode Bankole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alain Decarreau</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrazak El Albani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2021-7865⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 353 (1), pp.209-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.62⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03373415v1</w:t>
+                <w:t xml:space="preserve">hal-03710655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authigenic kaolinite and sudoite in sandstones from the Paleoproterozoic Franceville sub-basin (Gabon)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Controls on tetrahedral Fe(III) abundance in 2:1 phyllosilicates—Discussion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sabine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Abderrazak El Albani</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 353 (1), pp.209-226. </w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106 (9), pp.1534 - 1535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crgeos.62⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2138/am-2021-7865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710655v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03373415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of saponite: An experimental study based on crystal chemistry and crystal growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaoqun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongping He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q I Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2876,849 +2876,849 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03026641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of the metastability of ferric smectite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The crystal growth of smectite: A study based on the change in crystal-chemistry and morphology of saponites with synthesis time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoqun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongping He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Villieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2019.08.040⟩</w:t>
+              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.14−23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.9b00194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02363221v1</w:t>
+                <w:t xml:space="preserve">hal-02383001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative Raman calibration of sulfate-bearing polymineralic mixtures: a S quantification in sedimentary rocks on Mars</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Morizet</w:t>
+                <w:t xml:space="preserve">Direct synthesis of pure brannerite UTi2O6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Guillot-Deudon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hantao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mineralogical Magazine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 83 (1), pp.57-69. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 515, pp.401-406. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1180/mgm.2018.147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02933698v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Constraints on Early Mars Weathering Conditions From an Experimental Approach on Crust Simulants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Quantitative Raman calibration of sulfate-bearing polymineralic mixtures: a S quantification in sedimentary rocks on Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Larre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Morizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guillot-Deudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">N. Mangold</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mangold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JE005920⟩</w:t>
+              <w:t xml:space="preserve">Mineralogical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 83 (1), pp.57-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1180/mgm.2018.147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02285911v1</w:t>
+                <w:t xml:space="preserve">hal-02933698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of coffinite (USiO4) in roll-front uranium deposits using visible to near infrared (Vis-NIR) portable field spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Hebert</w:t>
+                <w:t xml:space="preserve">Experimental evidence of the metastability of ferric smectite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
+                <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Robin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Decarreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2019.01.003⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 265, pp.69-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2019.08.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02048827v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct synthesis of pure brannerite UTi2O6</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+                <w:t xml:space="preserve">New Constraints on Early Mars Weathering Conditions From an Experimental Approach on Crust Simulants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P Lorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Clavier</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Mangold</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.01.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Planets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (7), pp.1783-1801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019JE005920⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01979146v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02285911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The crystal growth of smectite: A study based on the change in crystal-chemistry and morphology of saponites with synthesis time</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hongping He</w:t>
+                <w:t xml:space="preserve">Quantification of coffinite (USiO4) in roll-front uranium deposits using visible to near infrared (Vis-NIR) portable field spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Villieras</w:t>
+                <w:t xml:space="preserve">Karl Lelievre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
+                <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 4, pp.14−23. </w:t>
+              <w:t xml:space="preserve">Journal of Geochemical Exploration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 199, pp.53-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.9b00194⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gexplo.2019.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02383001v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying the phyllosilicate minerals of hypogene ore deposits in lateritic saprolites using the near-IR spectroscopy second derivative methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Mathian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Lescuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3782,51 +3782,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of nontronite and other Fe-rich smectites: a critical review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Decarreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3873,90 +3873,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the nontronite Mössbauer spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Pentrák</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Stucki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3997,316 +3997,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01932927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretation of the infrared spectra of the lizardite-nepouite series in the near- and mid-infrared range</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sabine Petit</w:t>
+                <w:t xml:space="preserve">Revisiting the cation mass-valence sum approach to assigning infrared OH-bands in dioctahedral smectites in the light of new data from synthetic Ga-Fe3+ smectites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Grauby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Decarreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2138/am-2016-5352⟩</w:t>
+              <w:t xml:space="preserve">Vibrational Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 87, pp.137-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vibspec.2016.09.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01980497v1</w:t>
+                <w:t xml:space="preserve">hal-01459071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the cation mass-valence sum approach to assigning infrared OH-bands in dioctahedral smectites in the light of new data from synthetic Ga-Fe3+ smectites</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Decarreau</w:t>
+                <w:t xml:space="preserve">Interpretation of the infrared spectra of the lizardite-nepouite series in the near- and mid-infrared range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vibrational Spectroscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 101 (2), pp.423-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2138/am-2016-5352⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.vibspec.2016.09.022⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01459071v1</w:t>
+                <w:t xml:space="preserve">hal-01980497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Aqueous Si and Fe Speciation on Tetrahedral Fe(III) Substitutions in Nontronites: a Clay Synthesis Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sabine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clays and Clay Minerals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 64 (3), pp.230-244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4340,51 +4340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave-Assisted Hydrothermal Synthesis of Ni-Mg Layered Silicate Clays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suraj S.C. Pushparaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4392,51 +4392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matte V. Sivaiah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Decarreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current microwave chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 3 (1), pp.85 - 89. </w:t>
@@ -4608,103 +4608,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of near Infrared Spectroscopy for the Identification of Coffinite and Uranothorite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Beaufort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Near Infrared Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22 (2), pp.149-152. </w:t>
@@ -4813,51 +4813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mathian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Le Deit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5068,51 +5068,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05260543v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Criouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2025.116789" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266919v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Naciri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Ullah" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourdelle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202515690" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053696v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aubineau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Chi Fru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Destrigneville" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Decrausaz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurice Parat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-02223-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370979v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Fkiri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Comminges" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Geffroy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.107902" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442866v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Masson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Joussein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tertre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.01.028" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418957v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gil-Lozano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaudin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Lorand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fernandez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2403" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728631v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoqun Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decarreau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhuan Yuan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cmn.2024.29" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300843v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42860-023-00255-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300810v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Criouet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115743" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508246v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Timoumi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rioland" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors11020076" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03773539v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouan El Bamiki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mauguin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.997008" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407659v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pineau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Mathian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rondeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Deit" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2022-8025" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710658v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongping He" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorong Qin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2022.106463" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822812v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Elghali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmane Raji" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Addou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.120818" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03424587v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fritsch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Radtke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Juillot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-33-647-2021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03487101v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Viennet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Guillou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Remusat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delbes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2021.12.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beaufort" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-021-00173-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373415v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2021-7865" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710655v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olabode Bankole" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gr&#233;goire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.62" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006209v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q I Tao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2021-7625" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026641v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Turuani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Eglinger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goncalves" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Machault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/mgm.2020.7" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02363221v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.08.040" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933698v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Larre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Morizet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guillot-Deudon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mangold" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/mgm.2018.147" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285911v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Lorand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mangold" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JE005920" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048827v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hebert" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Lelievre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2019.01.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979146v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hantao Lin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.01.003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383001v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Villieras" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00194" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01700855v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hebert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lescuyer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2017.11.019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935224v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decarreau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/claymin.2017.052.4.05" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932927v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pentr&#225;k" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Stucki" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2017-1501x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980497v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2016-5352" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459071v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vibspec.2016.09.022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S6QVWN9B-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988093v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1346/CCMN.2016.0640309" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923731v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraj S.C. Pushparaj" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fontaine" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matte V. Sivaiah" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2213335602666150317233416" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358332v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiyuan Li" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanli Li" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luojing Xiang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianqian Huang" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanjuan Qiu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2015.01.023" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048822v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jnirs.1110" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507615v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pineau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathian" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rondeau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05260543v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Criouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2025.116789" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370979v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Fkiri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Comminges" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Geffroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2025.107902" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266919v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Naciri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Li" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahid Ullah" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourdelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202515690" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053696v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Aubineau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Chi Fru" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Destrigneville" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Decrausaz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurice Parat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-02223-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728631v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoqun Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decarreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhuan Yuan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cmn.2024.29" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442866v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Masson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Robin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Joussein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tertre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2024.01.028" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418957v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gil-Lozano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaudin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Lorand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fernandez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2403" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300843v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42860-023-00255-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300810v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Criouet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Balan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2023.115743" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508246v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Timoumi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rioland" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Poinot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemosensors11020076" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822812v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Elghali" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmane Raji" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Addou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.120818" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03773539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouan El Bamiki" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Mauguin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2022.997008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407659v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pineau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Mathian" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rondeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Deit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2022-8025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710658v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongping He" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorong Qin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2022.106463" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03424587v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fritsch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Radtke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Juillot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-33-647-2021" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03487101v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Viennet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Guillou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Remusat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delbes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2021.12.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beaufort" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41529-021-00173-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710655v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olabode Bankole" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Gr&#233;goire" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak El Albani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.62" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373415v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2021-7865" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006209v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q I Tao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2021-7625" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026641v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Turuani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Eglinger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goncalves" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Machault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/mgm.2020.7" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383001v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Villieras" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00194" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979146v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hantao Lin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.01.003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Larre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Morizet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guillot-Deudon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mangold" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/mgm.2018.147" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02363221v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2019.08.040" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285911v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Lorand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mangold" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JE005920" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048827v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hebert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Lelievre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2019.01.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01700855v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hebert" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lescuyer" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2017.11.019" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935224v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Decarreau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/claymin.2017.052.4.05" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932927v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pentr&#225;k" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Stucki" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2017-1501x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459071v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grauby" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vibspec.2016.09.022" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S6QVWN9B-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980497v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2138/am-2016-5352" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988093v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1346/CCMN.2016.0640309" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923731v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraj S.C. Pushparaj" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fontaine" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matte V. Sivaiah" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2213335602666150317233416" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358332v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiyuan Li" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanli Li" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luojing Xiang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianqian Huang" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanjuan Qiu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2015.01.023" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048822v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Beaufort" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jnirs.1110" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507615v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pineau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mathian" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rondeau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>