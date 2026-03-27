--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -636,291 +636,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of the altimetry-based water levels from Sentinel-3A and B in the Inner Niger Delta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adama Telly Diepkilé</w:t>
+                <w:t xml:space="preserve">Evaluation of the Performances of Radar and Lidar Altimetry Missions for Water Level Retrievals in Mountainous Environment: The Case of the Swiss Lakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Frappart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Blarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavien Egon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Blarel</w:t>
+                <w:t xml:space="preserve">Ibrahim Fayad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Mougin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Muriel Bergé-Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Crétaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the International Association of Hydrological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/piahs-384-31-2021⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13112196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669210v1</w:t>
+                <w:t xml:space="preserve">hal-03251365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the Performances of Radar and Lidar Altimetry Missions for Water Level Retrievals in Mountainous Environment: The Case of the Swiss Lakes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validation of the altimetry-based water levels from Sentinel-3A and B in the Inner Niger Delta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adama Telly Diepkilé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Egon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Blarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Frappart</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (11), </w:t>
+              <w:t xml:space="preserve">Proceedings of the International Association of Hydrological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 384, pp.31-35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs13112196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/piahs-384-31-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03251365v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03669210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altimetry for the future: Building on 25 years of progress</w:t>
               </w:r>
@@ -4385,51 +4385,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04511008v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aminjafari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I A Brown" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Papa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023wr036160" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474410v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Normandin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourrel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Telly Diepkil&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mougin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10106049.2024.2311203" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175259" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185774v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Enguehard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zeiger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Satg&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2023.101397" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669210v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Egon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-384-31-2021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251365v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Fayad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Berg&#233;-Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cr&#233;taux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13112196" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665314v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakaros Bogning" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paris" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ni&#241;o" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.03.045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03045692v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Papa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.06.043" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352440v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bellot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13193804" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720566v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Ziyad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalifa Goita" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramata Magagi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12060967" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387398v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10060833" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01903847v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mahe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10020350" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137005v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schaedele" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Blumstein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2018.02.037" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302144v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Vu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Darrozes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10010093" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03678719v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lubac" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon B&#233;langer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-1543-2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272424v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Normandin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blarel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourrel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.04.326" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414511v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fatras" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Diepkil&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pce.2015.05.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742814v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Horwath" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Legresy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique R&#233;my" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lemoine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05401.x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979749v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Remy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Flament" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benveniste" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2012.04.003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLBJ3MBG-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00497983v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lacroix" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legresy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2009.07.019" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1NJ9CM06-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288131v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dechambre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Legr&#233;sy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2007.08.022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C31R5QW0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982087v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Zwarts" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS52108.2023.10282131" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099617v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biancamaria" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884026" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381915v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873797v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mah&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Onguene" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-384-181-2021" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910426v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frappart" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zeiger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbeder" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gond" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553223" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410552v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aoulad" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prigent" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mougin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553484" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389678v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518637" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912186v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119842125.ch19" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04511008v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aminjafari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I A Brown" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Frappart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Papa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023wr036160" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474410v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Normandin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourrel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Telly Diepkil&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Mougin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10106049.2024.2311203" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175259" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04185774v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Enguehard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zeiger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Satg&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2023.101397" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03251365v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Fayad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Berg&#233;-Nguyen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cr&#233;taux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13112196" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669210v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Egon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mougin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-384-31-2021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03665314v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakaros Bogning" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Paris" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ni&#241;o" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.03.045" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03045692v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Papa" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Prigent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2020.06.043" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352440v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Betbeder" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Gond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bellot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13193804" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720566v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawad Ziyad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalifa Goita" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramata Magagi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12060967" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387398v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10060833" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01903847v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mahe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10020350" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137005v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schaedele" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Blumstein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2018.02.037" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302144v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Vu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Darrozes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10010093" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03678719v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lubac" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon B&#233;langer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-22-1543-2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272424v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Normandin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Blarel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bourrel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.04.326" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414511v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fatras" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Diepkil&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pce.2015.05.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742814v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Horwath" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Legresy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique R&#233;my" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lemoine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05401.x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979749v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Remy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Flament" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benveniste" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2012.04.003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLBJ3MBG-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00497983v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lacroix" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Legresy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Picard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2009.07.019" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1NJ9CM06-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288131v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dechambre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Legr&#233;sy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2007.08.022" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C31R5QW0-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982087v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Zwarts" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS52108.2023.10282131" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04099617v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biancamaria" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS46834.2022.9884026" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381915v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bonnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873797v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gil Mah&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Onguene" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-384-181-2021" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910426v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frappart" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zeiger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Betbeder" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gond" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553223" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410552v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aoulad" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prigent" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mougin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553484" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389678v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ottle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Grippa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2018.8518637" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912186v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119842125.ch19" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>