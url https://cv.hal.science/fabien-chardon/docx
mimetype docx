--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,8708 +66,1621 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
-[...7085 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the role of chlorophyll in carbon and nitrogen management in response to darkness in barley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilloteau Clara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marmagne Anne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles FairCarboN 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Le Croisic, France</w:t>
+              <w:t xml:space="preserve">Carbon allocation in Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05354320v1</w:t>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the role of chlorophyll in carbon and nitrogen management in response to darkness in barley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilloteau Clara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marmagne Anne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon allocation in Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Versailles, France</w:t>
+              <w:t xml:space="preserve">Journées annuelles FairCarboN 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05354346v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the function of Arabidopsis LDAP1 in lipid droplet turnover induced by heat stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Salis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Chrisologue Totozafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine C. Deruyffelaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque GRAINES 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, VERSAILLES, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking sugar transport and nitrogen remobilization and use efficiency in Arabidopsis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilie Aubry</w:t>
+                <w:t xml:space="preserve">Deciphering the function of Arabidopsis LDAP1 in lipid droplet turnover induced by heat stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Salis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Chrisologue Totozafy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine C. Deruyffelaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd workshop Carbon Allocation in Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Versailles, France. </w:t>
+              <w:t xml:space="preserve">10th European Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, AMSTERDAM, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04313874v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the function of Arabidopsis LDAP1 in lipid droplet turnover induced by heat stress</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Linking sugar transport and nitrogen remobilization and use efficiency in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beate Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dinant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, AMSTERDAM, Netherlands</w:t>
+              <w:t xml:space="preserve">2nd workshop Carbon Allocation in Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Versailles, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04518314v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04313874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the function of Arabidopsis LDAP1 in lipid droplet turnover induced by heat stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Salis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Chrisologue Totozafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine C. Deruyffelaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th GERLI Lipidomics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractériser l’effet de l’allèle fonctionnel du gène NAM-B1 pour augmenter la concentration en protéines du grain de blé tendre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Gouis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Rougeol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esther Rodriguez de Haro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Colloque National du Réseau Français de Biologie des Graines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04785618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response to darkness senescence and low nitrate availability of nitrogen use efficiency in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Bill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Plant Senescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Berlin (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact analysis of QTL for leaf senescence onto N remobilization in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International_Symposium_Plant_Senescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Jeju, South Korea. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering interaction between leaf senescence and nitrogen remobilization into seeds using natural variation in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guerche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. International Conference on Arabidopsis Research (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Arabidopsis natural variation in seed content using Near-Infrared Reflectance Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lecureuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Durandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bernard-Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. International Conference on Arabidopsis Research (ICAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between leaf senescence and resource allocation for seed filling in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Durandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lecureuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Soulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Workshop on Leaf Senescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Versailles, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02933562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the relationships between leaf senescence, flowering time and plant productivity by using quantitative genetics and natural variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Soulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Bedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lecureuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, NA, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8777,1769 +1690,8856 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the role of chlorophyll in the adaptation of plants to abiotic stresses and nutrient management in barley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilloteau Clara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marmagne Anne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées annuelles FairCarboN 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modifying SWEET-mediated sugar transport to improve nitrogen remobilization and use efficiency in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beate Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Marmagne</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dinant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st PlantACT! Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Dusseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04679637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RémoBlé : améliorer la remobilisation de l’azote pour augmenter la concentration en protéines du blé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lardos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Rencontre Scientifique du FSOV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, semae-FSOV, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the Functional Allele of the NAM-B1 Gene to Increase the Wheat Grain Protein Concentration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lardos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. International Cereal and Bread Congress (ICBC24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent advances in the long-distance transport of sugars by the phloem and consequences on source-sink relations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Vilaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Vignolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Le Hir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Bellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Biology Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christophe Robaglia, Jul 2023, Marseilles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04489028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOW PROTEOMIC STUDIES HELP US TO UNDERSTAND ESSENTIAL ROLES OF AUTOPHAGY IN PLANTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Soulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Mahieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th SFBV international conference of the French society of plant biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autophagy in N management at the whole plant level.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Masclaux-Daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OrgN2020 International Workshop on Organic Nitrogen and Plant Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Ascona (CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autophagy and plant proteases for N remobilization during leaf senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Marmagne</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marien Havé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Luo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Plant Senescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Berlin (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple omics uncover the roles of autophagy on maintaining the balance of endomembrane compositions in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marien Havé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Plant Senescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Berlin (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen use efficiency and seed filling in response to climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 4th International Symposium on the Nitrogen Nutrition of Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Nanjing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovering the complexity in scientific knowledge: towards automatically reconstructing the maize floral transition gene regulatory network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Ressayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Conde E Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Damerval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Deveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conférence on Ecological Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04420441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering variations of phloem and xylem sap metabolite profiles in response to N availability in Arabidopsis accessions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dinant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Le Hir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium Plant Signaling and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Daegu, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autophagy and plant proteases for nutrient remobilization during leaf senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marien Havé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Plant Protease and PCD symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, GHENT Bergium, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of glutamine synthetases in nitrogen mobilization during leaf senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Moison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Soulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Marmagne</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dinant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Plant Senescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Jeju-si, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does natural variation impact the metabolite profile of phloem and xylem saps in Arabidopsis thaliana?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Dinant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Magniette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Colloque de la SFBV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Biologie Végétale (SFBV). FRA., Jul 2016, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V‐ATPases and amino acid catabolism are strongly disturbed in the roots of autophagy mutants in Arabidopsis, impacting water use efficiency and tricarboxylic acid metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 123, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.70359⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lack or excess of autophagy leads to premature leaf senescence probably owing to unbalanced nutrient management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Frémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcaf050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05104668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence of the specific roles of autophagy in senescent leaves and maturing seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autophagy Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/27694127.2025.2472160⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale phenotyping of senescence-related changes in roots of rapeseed in response to nitrate limitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae417/7816147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery of the biostimulant effect of asparagine and glutamine on plant growth in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lardos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Bonadé Bottino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Caris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Béal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.1281495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2023.1281495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resource allocation modeling for autonomous prediction of plant cell phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Goelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Rajjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Loudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fromion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 83, pp.86-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymben.2024.03.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529640v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A tissue-specific rescue strategy reveals the local roles of autophagy in leaves and seeds for resource allocation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 197, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiae647⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05109991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An atypical NLR gene confers bacterial wilt susceptibility in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choghag Demirjian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjes Razavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (5), pp.100607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.xplc.2023.100607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PlantACT! – how to tackle the climate crisis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heribert Hirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Al-Babili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilia Almeida-Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Aranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (5), pp.537-543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2023.01.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modulation of plant nitrogen remobilization and postflowering nitrogen uptake under environmental stresses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 277, pp.153781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2022.153781⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impairment of sugar transport in the vascular system acts on nitrogen remobilization and nitrogen use efficiency in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beate Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dinant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physiologia Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 174 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ppl.13830⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genotypic Variation of Nitrogen Use Efficiency and Amino Acid Metabolism in Barley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Decouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.807798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2021.807798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proton exchange by the vacuolar nitrate transporter CLCa is required for plant growth and nitrogen use efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Hodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christof Lind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Wolfe Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 (1), pp.318 - 335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plcell/koac325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural variation in the long-distance transport of nutrients and photoassimilates in response to N availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica de Marco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Le Hir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Vilaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 273, pp.153707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2022.153707⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ACCELERATED CELL DEATH 6 Acts on Natural Leaf Senescence and Nitrogen Fluxes in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jasinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabrissin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lécureuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.611170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.611170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybrid alkyds, the glowing route to reach cutting-edge properties?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxinne Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Negrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Caillol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 151, pp.106025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2020.106025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03029357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptional Plasticity of Autophagy-Related Genes Correlates with the Genetic Response to Nitrate Starvation in Arabidopsis Thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Bedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (4), pp.1021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells9041021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03160311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Consequences of a Disruption in Cyto-Nuclear Coadaptation on the Molecular Response to a Nitrate Starvation in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Cueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Aubé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Lornac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (5), pp.573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants9050573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02959209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autophagy Controls Sulphur Metabolism in the Rosette Leaves of Arabidopsis and Facilitates S Remobilization to the Seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Lornac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marien Havé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Soulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (2), pp.332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells9020332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Post-flowering biotic and abiotic stresses impact nitrogen use efficiency and seed filling in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jasinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fagard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Bill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guerche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71 (15), pp.4578-4590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eraa011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concurrent activation of OsAMT1;2 and OsGOGAT1 in rice leads to enhanced nitrogen use efficiency under nitrogen limitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sichul Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joonheum Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chardon Fabien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yehyun Yim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 103 (1), pp.7-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.14794⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autophagy and macro-and micro-nutrient management in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinwu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daiki Shinozaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marien Havé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells8111426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proteomic and lipidomic analyses of the Arabidopsis atg5 autophagy mutant reveal major changes in endoplasmic reticulum and peroxisome metabolisms and in lipid composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marien Havé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Cueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 223 (3), pp.1461-1477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15913⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CORRECTION: Exploiting the Genetic Diversity of Maize Using a Combined Metabolomic, Enzyme Activity Profiling, and Metabolic Modelling Approach to Link Leaf Physiology to Kernel Yield.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Canas-Pendon Canas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhazira Yesbergenova-Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Simons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick P. Armengaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30, pp.946. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.18.00273⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of the genetic-environment interaction on the dynamic of nitrogen pools in arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgiana Chietera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain S. Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Bedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (2), pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/agriculture8020028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving seed oil and protein content in Brassicaceae: some new genetic insights from &amp;lt;em&amp;gt;Arabidopsis thaliana&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jasinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Nesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lecureuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guerche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2018047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Three cytosolic glutamine synthetase isoforms localized in different-order veins act together for N remobilization and seed filling in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Moison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie S. Dinant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Soulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Azzopardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69 (18), pp.4379-4393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ery217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autophagy controls resource allocation and protein storage accumulation in Arabidopsis seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Di Berardino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kohki Yoshimoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Cueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69 (6), pp.1403-1414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ery012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitrogen remobilization during leaf senescence: lessons from Arabidopsis to crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marien Havé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 68 (10), pp.2513-2529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erw365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative methods to assess differential susceptibility of arabidopsis thaliana natural accessions to dickeya dadantii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Buellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fagard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2017.00394⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploiting the Genetic Diversity of Maize Using a Combined Metabolomic, Enzyme Activity Profiling, and Metabolic Modeling Approach to Link Leaf Physiology to Kernel Yield.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Canas-Pendon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhazira Yesbergenova-Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Simons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Armengaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (5), pp.919-943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.16.00613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ASN1-encoded asparagine synthetase in floral organs contributes to nitrogen filling in Arabidopsis seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gaufichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Belcram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadakatsu Yoneyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yukiko Sakakibara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 91, pp.371-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.13567⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QTL meta-analysis in Arabidopsis reveals an interaction between leaf senescence and resource allocation to seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jasinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Durandet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Lecureuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Soulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (14), pp.3949-3962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eru125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural variation of the root morphological response to nitrate supply in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome J. de Pessemier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal M. Juraniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Delaplace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian C. Hermans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mechanisms of Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 130 (1), pp.45 - 53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mod.2012.05.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Overexpression of the Vacuolar Sugar Carrier AtSWEET16 Modifies Germination, Growth, and Stress Tolerance in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick A. W. Klemens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Patzke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Deitmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Spinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Le Hir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 163 (3), pp.1338 - 1352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.113.224972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural Variation of Arabidopsis Root Architecture Reveals Complementing Adaptive Strategies to Potassium Starvation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian F. Kellermeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna A. Amtmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 161 (3), pp.1421 - 1432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.112.211144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leaf fructose content is controlled by the vacuolar transporter SWEET17 in Arabidopsis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Bedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick a W Klemens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Spinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 23 (8), pp.697-702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2013.03.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00860481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural variation of Arabidopsis response to nitrogen availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sobia S. Ikram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali M. Bedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François F. Daniellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain S. Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (1), pp.91 - 105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/err244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01004266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring NUE in crops and in Arabidopsis ideotypes to improve yield and seed quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (9), pp.3401 - 3412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/err353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01003433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative trait loci associated with drought tolerance in the model legume Medicago truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounawer M. Badri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry T. Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Elarbi M. E. Aouani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Euphytica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 181 (3), pp.415 - 428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10681-011-0473-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptional regulation of ribosome components are determined by stress according to cellular compartments in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodnay Sormani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0028070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QTLs mapping of morphological traits related to salt tolerance in Medicago truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumaya S. Arraouadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry T. Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Elarbi M. E. Aouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounawer M. Badri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Physiologiae Plantarum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (3), pp.917-926. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11738-010-0621-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The cytosolic glutamine synthetase GLN1;2 plays a role in the control of plant growth and ammonium homeostasis in Arabidopsis rosettes when nitrate supply is not limiting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy J. Lothier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure L. Gaufichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodnay R. Sormani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas T. Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne M. Azzopardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (4), pp.1375-1390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erq299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00999835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring nitrogen remobilization for seed filling using natural variation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (6), pp.2131-2142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erq405⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural variation of nitrate uptake and nitrogen use efficiency in Arabidopsis thaliana cultivated with limiting and ample nitrogen supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Daniele-Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 61 (9), pp.2293-2302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erq059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biological functions of asparagine synthetase in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gaufichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Cren-Reisdorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven J. Rothstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 179 (3), pp.141-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2010.04.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitrogen uptake, assimilation and remobilization in plants: challenges for sustainable and productive agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Dechorgnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gaufichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 105 (7), pp.1141-1157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcq028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partial Resistance of Medicago truncatula to Aphanomyces euteiches Is Associated with Protection of the Root Stele and Is Controlled by a Major QTL Rich in Proteasome-Related Genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naceur Djebali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jauneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Ameline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jaulneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (9), pp.1043-1055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-22-9-1043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">QTL analysis for sugar‐regulated leaf senescence supports flowering‐dependent and ‐independent senescence pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Wingler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Jane Purdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sally‐anne Edwards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux‐daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 185, pp.420 - 433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03072.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of the Interaction Between the Bacterial Wilt Pathogen Ralstonia solanacearum and the Model Legume Plant Medicago truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Vailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Sartorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Jardinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, vol. 20 n° 2., pp.159-167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00467114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of quantitative trait loci influencing aerial morphogenesis in the model legume Medicago truncatula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Julier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 114 (8), pp.1391-1406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-007-0525-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Arabidopsis ATNRT2.7 nitrate transporter controls nitrate content in seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dorbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoai Nam Truong Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (5), pp.1590-1602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.107.050542⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BioMercator: integrating genetic maps and QTL towards discovery of candidate genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Arcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Labourdette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Falque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 20 (14), pp.2324-2326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bth230⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02680717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phylogenomic analysis of the PEBP gene family in cereals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Damerval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 61 (5), pp.579-590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00239-004-0179-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic architecture of flowering time in maize as inferred from quantitative trait loci meta-analysis and synteny conservation with the rice genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Virlon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Falque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602247v1</w:t>
+                <w:t xml:space="preserve">Johann Joets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 168, pp.2169-2185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.104.032375⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10557,77 +10557,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed composition in Arabidopsis dataset collection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guerche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jasinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57745/H9UHNX⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10686,103 +10686,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impairment of sugar transport in the vascular system acts on nitrogen remobilisation and nitrogen use efficiency in Arabidopsis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beate Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Dinant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -10836,64 +10836,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural variation as a tool to investigate nutrient use efficiency in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgiana Chietera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien F. Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrient Use Efficiency in Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10953,51 +10953,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant quantitative traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sobia Ikram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Quantitative Traits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley Online Library, 2010, </w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11200,51 +11200,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242577v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence James" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Trouverie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70359" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05104668v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fr&#233;mont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaf050" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110027v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux&#8208;daubresse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27694127.2025.2472160" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791240v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae417/7816147" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495878v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lardos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Bonad&#233; Bottino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Caris" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B&#233;al" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1281495" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109991v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae647" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529640v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loudet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2024.03.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234790v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choghag Demirjian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Razavi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Yu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xplc.2023.100607" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037738v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heribert Hirt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Al-Babili" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Almeida-Trapp" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Antoine" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Aranda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2023.01.005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217374v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2022.153781" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04301847v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beate Hoffmann" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Aubry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dinant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13830" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03556773v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bailly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.807798" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221098v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica de Marco" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Hir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vilaine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2022.153707" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253183v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hodin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Lind" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Espagne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Wolfe Bianchi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koac325" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139471v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jasinski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabrissin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Masson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.611170" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029357v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxinne Denis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Negrell" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caillol" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.106025" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03160311v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bedu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9041021" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959209v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delannoy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aub&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Lornac" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9050573" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02509443v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Hav&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Soulay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9020332" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942993v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fagard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bill" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guerche" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa011" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157345v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sichul Lee" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonheum Park" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chardon Fabien" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehyun Yim" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14794" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367568v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinwu Chen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Shinozaki" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Luo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pottier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111426" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391059v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Tellier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15913" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624574v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canas-Pendon Canas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhazira Yesbergenova-Cuny" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Simons" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Armengaud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.18.00273" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629201v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecureuil" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2018047" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623578v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgiana Chietera" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Chaillou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8020028" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Di Berardino" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohki Yoshimoto" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery012" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184353v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Moison" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Dinant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery217" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605953v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canas-Pendon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Armengaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.16.00613" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605881v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Buellet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00394" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608203v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw365" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605672v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gaufichon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Belcram" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadakatsu Yoneyama" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiko Sakakibara" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13567" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204132v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Durandet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru125" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004088v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian F. Kellermeier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Chardon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Amtmann" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.112.211144" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203998v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A. W. Klemens" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Patzke" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Deitmer" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Spinner" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.224972" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001610v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. de Pessemier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal M. Juraniec" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Delaplace" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Hermans" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mod.2012.05.010" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860481v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick a W Klemens" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.03.021" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004266v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sobia S. Ikram" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali M. Bedu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Daniellou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err244" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003433v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Noel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err353" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000538v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya S. Arraouadi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Huguet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elarbi M. E. Aouani" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounawer M. Badri" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11738-010-0621-8" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191310v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodnay Sormani" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028070" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000981v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-011-0473-3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FPK38T97-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999835v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy J. Lothier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Gaufichon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodnay R. Sormani" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas T. Lemaitre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne M. Azzopardi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq299" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019350v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq405" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203929v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Daniele-Vedele" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq059" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203920v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq028" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203935v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Cren-Reisdorf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Rothstein" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Suzuki" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2010.04.010" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PRDBLHPL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203847v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naceur Djebali" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Ameline" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jaulneau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-22-9-1043" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495825v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Wingler" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jane Purdy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally&#8208;anne Edwards" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03072.x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668117v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huguet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Ayadi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pierre" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0525-1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5486F985F7997302FBBEF251D12CCEC98E0BA35F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467114v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Vailleau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Sartorel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668421v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chopin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel Baldwin Orsel" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dorbe" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai Nam Truong Cellier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.050542" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680717v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arcade" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labourdette" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Mangin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bth230" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681872v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Damerval" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-004-0179-4" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0KBCD9DF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678548v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Virlon" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moreau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Joets" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.104.032375" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354320v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilloteau Clara" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marmagne Anne" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354346v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518493v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Salis" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Chrisologue Totozafy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine C. Deruyffelaere" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313874v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518314v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518306v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04785618v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rougeol" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bresson" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Rodriguez de Haro" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494596v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739796v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739889v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739797v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bernard-Moulin" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933562v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Soulay" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605473v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354331v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04679637v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798596v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ravel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04816849v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489028v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vignolles" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bellini" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494527v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Mahieu" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494409v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494622v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494606v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494643v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420441v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deveaux" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734019v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Wolff" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bellini" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494391v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606294v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602247v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Magniette" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859004v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/H9UHNX" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779844v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801856v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-3-319-10635-9" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10635-9_2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203948v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sobia Ikram" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470015902.a0002021.pub2" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354346v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilloteau Clara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marmagne Anne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux&#8208;daubresse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354320v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518493v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Salis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Chrisologue Totozafy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine C. Deruyffelaere" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518314v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313874v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beate Hoffmann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Aubry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dinant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518306v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04785618v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Rougeol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bresson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bancel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Rodriguez de Haro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494596v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bill" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739796v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jasinski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739889v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guerche" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739797v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecureuil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Durandet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bernard-Moulin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933562v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Soulay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605473v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Soulay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bedu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354331v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04679637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798596v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ravel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lardos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04816849v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489028v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vilaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vignolles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Hir" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bellini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494527v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Mahieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494622v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Hav&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Luo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494643v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420441v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Ressayre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Damerval" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Deveaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734019v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica de Marco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Wolff" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bellini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494391v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606294v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Moison" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602247v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Magniette" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242577v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence James" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Trouverie" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70359" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05104668v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fr&#233;mont" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaf050" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110027v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27694127.2025.2472160" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791240v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae417/7816147" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495878v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Bonad&#233; Bottino" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Caris" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B&#233;al" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1281495" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04529640v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goelzer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loudet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fromion" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2024.03.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109991v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiae647" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234790v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choghag Demirjian" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Razavi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Yu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xplc.2023.100607" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04037738v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heribert Hirt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Al-Babili" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Almeida-Trapp" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Antoine" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Aranda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2023.01.005" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217374v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2022.153781" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04301847v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.13830" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03556773v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Decouard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bailly" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.807798" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253183v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hodin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Lind" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Espagne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Wolfe Bianchi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koac325" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221098v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2022.153707" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139471v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabrissin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Masson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.611170" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029357v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxinne Denis" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Negrell" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caillol" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2020.106025" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03160311v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9041021" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959209v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delannoy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Aub&#233;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Lornac" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9050573" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02509443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9020332" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942993v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fagard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa011" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157345v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sichul Lee" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonheum Park" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chardon Fabien" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yehyun Yim" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14794" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367568v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinwu Chen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Shinozaki" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pottier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111426" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391059v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Tellier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15913" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624574v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canas-Pendon Canas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhazira Yesbergenova-Cuny" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Simons" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Armengaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.18.00273" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623578v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgiana Chietera" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Chaillou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8020028" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629201v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2018047" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184353v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Dinant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery217" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628792v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Di Berardino" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kohki Yoshimoto" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery012" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608203v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw365" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605881v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Buellet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00394" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605953v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Canas-Pendon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Armengaud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.16.00613" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605672v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gaufichon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Belcram" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadakatsu Yoneyama" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yukiko Sakakibara" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13567" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204132v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru125" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001610v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome J. de Pessemier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Chardon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal M. Juraniec" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Delaplace" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Hermans" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mod.2012.05.010" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203998v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick A. W. Klemens" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Patzke" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Deitmer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Spinner" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.224972" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004088v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian F. Kellermeier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Amtmann" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.112.211144" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860481v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Calenge" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick a W Klemens" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.03.021" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004266v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sobia S. Ikram" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali M. Bedu" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Daniellou" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err244" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003433v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Noel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err353" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000981v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounawer M. Badri" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Huguet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Elarbi M. E. Aouani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-011-0473-3" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FPK38T97-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191310v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodnay Sormani" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0028070" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000538v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya S. Arraouadi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11738-010-0621-8" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999835v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy J. Lothier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Gaufichon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodnay R. Sormani" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas T. Lemaitre" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne M. Azzopardi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq299" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019350v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq405" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203929v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Daniele-Vedele" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq059" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203935v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Cren-Reisdorf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven J. Rothstein" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Suzuki" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2010.04.010" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PRDBLHPL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203920v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq028" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203847v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naceur Djebali" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Ameline" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jaulneau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-22-9-1043" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495825v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Wingler" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jane Purdy" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally&#8208;anne Edwards" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03072.x" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00467114v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Vailleau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Sartorel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Jardinaud" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668117v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huguet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radia Ayadi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pierre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-007-0525-1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5486F985F7997302FBBEF251D12CCEC98E0BA35F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668421v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chopin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel Baldwin Orsel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dorbe" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai Nam Truong Cellier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.050542" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680717v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arcade" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labourdette" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Mangin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bth230" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681872v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-004-0179-4" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0KBCD9DF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678548v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Virlon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moreau" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Joets" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.104.032375" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859004v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/H9UHNX" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03779844v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801856v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-3-319-10635-9" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10635-9_2" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203948v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sobia Ikram" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470015902.a0002021.pub2" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>