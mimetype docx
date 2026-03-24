--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -143,50 +143,119 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Depuis 2005, je suis maître assitant à IMT Atlantique, et membre de l'équipe de CODeX (Commande, Observation, Diagnostic et Expérimentation) au sein du LS2N à Nantes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Mes activités de recherche font appel historiquement aux outils de la commande robuste, issus des approches linéaires (LQR, H2, Hinf). J'ai tout d'abord chercher à valoriser ses outils d'un point de vue méthodologique pour la conception de lois de commande décentralisées et distribuées. Je m'intéresse aussi depuis quelques années à la valorisation méthodologique des outils de la commande prédictive, notamment en exploitant les plus-values offertes par les approches basées data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tous ces travaux sont menés pour répondre à des enjeux industriels. Mes thématiques applicatives de prédilection sont :</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">le domaine automobile : notamment les assistances à la conduite et les solutions de pilotage automatique pour les véhicules routiers ou off-road,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">le domaine maritime : notamment l'hybridation des navires,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">l'optimisation énergétique des batiments,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">la robotique : notamment la conception d'algorithmes de pilotage pour les robots parallèles à câbles, ou encore les machines haute précision / haute cadence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
@@ -474,417 +543,417 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From multi-physics models to neural network for predictive control synthesis</w:t>
+                <w:t xml:space="preserve">Multi-flow optimization of a greenhouse system: A hierarchical control approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Clément Blaud</w:t>
+                <w:t xml:space="preserve">Pierre Clement Blaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Haurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Mouraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optimal Control Applications and Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 44 (3), pp.1394-1411. </w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 351, pp.121840. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/oca.2845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2023.121840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510668v1</w:t>
+                <w:t xml:space="preserve">hal-04203158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time motion planning for an autonomous mobile robot with wheelground adhesion constraint</w:t>
+                <w:t xml:space="preserve">From multi-physics models to neural network for predictive control synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiuchun Gao</w:t>
+                <w:t xml:space="preserve">Pierre Clément Blaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ramdane Abdessamed</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Haurant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Mouraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01691864.2023.2186188⟩</w:t>
+              <w:t xml:space="preserve">Optimal Control Applications and Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44 (3), pp.1394-1411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/oca.2845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04037351v1</w:t>
+                <w:t xml:space="preserve">hal-03510668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-flow optimization of a greenhouse system: A hierarchical control approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-time motion planning for an autonomous mobile robot with wheelground adhesion constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiuchun Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatol Pashkevich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Clement Blaud</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anthony Mouraud</w:t>
+                <w:t xml:space="preserve">Ramdane Abdessamed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 351, pp.121840. </w:t>
+              <w:t xml:space="preserve">Advanced Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2023.121840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01691864.2023.2186188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203158v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driving with a Haptic Guidance System in Degraded Visibility Conditions: Behavioral Analysis and Identification of a Two-Point Steering Control Model</w:t>
               </w:r>
@@ -1117,51 +1186,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Four MPC implementations compared on the Quadruple Tank Process Benchmark: pros and cons of neural MPC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément Blaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1247,51 +1316,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ResNet and PolyNet based identification and (MPC) control of dynamical systems: a promising way</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clement Blaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1758,51 +1827,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and control of multi-energy systems through multi-prosumer node and economic model predictive control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Clément Blaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Haurant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2003,364 +2072,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LPV Static Output Feedback for Constrained Direct Tilt Control of Narrow Tilting Vehicles</w:t>
+                <w:t xml:space="preserve">Gain-scheduled static output feedback control for saturated LPV systems with bounded parameter variations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 28 (2), pp.661-670. </w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 89, pp.420-424. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCST.2018.2882345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2017.12.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01980168v1</w:t>
+                <w:t xml:space="preserve">hal-01629329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible design methodology to solve energy management problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clement Fauvel</w:t>
+                <w:t xml:space="preserve">LPV Static Output Feedback for Constrained Direct Tilt Control of Narrow Tilting Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Fiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2017.11.005⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Control Systems Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (2), pp.661-670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCST.2018.2882345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01631520v1</w:t>
+                <w:t xml:space="preserve">hal-01980168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gain-scheduled static output feedback control for saturated LPV systems with bounded parameter variations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tran Anh-Tu Nguyen</w:t>
+                <w:t xml:space="preserve">A flexible design methodology to solve energy management problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Claveau</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Electrical Power &amp; Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97, pp.220-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijepes.2017.11.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2017.12.027⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01629329v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct and Steering Tilt Robust Control of Narrow Vehicles</w:t>
               </w:r>
@@ -2667,51 +2736,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00688656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (57)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3042,1277 +3111,1272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model Predictive Control of Cable-Driven Parallel Robot with Cable Sagging: an Assumed Mode Approach</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Friction in Motion Systems: A Systematic Approach to LuGre Model Identification, from Experimental Design to Parameter Calibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Urquiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Duquenoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Conference on System Theory, Control and Computing (ICSTCC 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IFAC Control Applications of Optimisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Krakow, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04981401v1</w:t>
+                <w:t xml:space="preserve">hal-05543451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing Neural Network and Linear Models in Economic MPC: Insights from BOPTEST for Building Temperature Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Gauthier-Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoel Le Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECC 2024: European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EUCA, Jun 2024, Stockholm, Sweden. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ECC64448.2024.10590813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du pilotage industriel d'une piscine publique grâce à la modélisation dirigée par les données : proposition d'un jeu de données applicatif</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Gauthier-Clerc</w:t>
+                <w:t xml:space="preserve">Model Predictive Control of Cable-Driven Parallel Robot with Cable Sagging: an Assumed Mode Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thieffry Maxime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hoel Le Capitaine</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+                <w:t xml:space="preserve">Claveau Fabien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chevrel Philippe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA@PFIA2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th International Conference on System Theory, Control and Computing (ICSTCC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Oct 2024, Sinaia, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSTCC62912.2024.10744726⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159407v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operating data of a specific Aquatic Center as a Benchmark for dynamic model learning: search for a valid prediction model over an 8-hour horizon</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hoel Le Capitaine</w:t>
+                <w:t xml:space="preserve">FEM-based Dynamic Model for Cable-Driven Parallel Robots with Elasticity and Sagging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eulalie Coevoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Duriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Thieffry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECC 2023: European Control Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/ECC57647.2023.10178287⟩</w:t>
+              <w:t xml:space="preserve">CableCon 2023: 6th International Conference on Cable-Driven Parallel Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-32322-5_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04086508v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Hybrid Linear-Nonlinear ARX Model for reliable Multi-Step Prediction: application to SwPool Benchmark</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Optimisation du pilotage industriel d'une piscine publique grâce à la modélisation dirigée par les données : proposition d'un jeu de données applicatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gauthier-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoel Le Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Decision and Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA@PFIA2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA-Association Française pour l'Intelligence Artificielle; ICube-laboratoire des sciences de l'ingénieur, de l'informatique et de l'imagerie, Jul 2023, Strasbourg, France. pp.81-87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CDC49753.2023.10383731⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04213807v1</w:t>
+                <w:t xml:space="preserve">hal-04159407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FEM-based Dynamic Model for Cable-Driven Parallel Robots with Elasticity and Sagging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maxime Thieffry</w:t>
+                <w:t xml:space="preserve">Operating data of a specific Aquatic Center as a Benchmark for dynamic model learning: search for a valid prediction model over an 8-hour horizon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Gauthier-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoel Le Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CableCon 2023: 6th International Conference on Cable-Driven Parallel Robots</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-32322-5_5⟩</w:t>
+              <w:t xml:space="preserve">ECC 2023: European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUCA, Jun 2023, Bucharest, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC57647.2023.10178287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04037333v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H2/Hinf robust lateral control of an off-road two-steering-axle vehicle on slippery sloping soils</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Legrand</w:t>
+                <w:t xml:space="preserve">A Hybrid Linear-Nonlinear ARX Model for reliable Multi-Step Prediction: application to SwPool Benchmark</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Gauthier-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoel Le Capitaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anthony Dollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROCOND 2022: 10th IFAC Symposium on Robust Control Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.345⟩</w:t>
+              <w:t xml:space="preserve">Conference on Decision and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Dec 2023, Singapore, Singapore. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CDC49753.2023.10383731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03655220v2</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariable lateral control of an off-road vehicle operating on sloping grounds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">H2/Hinf robust lateral control of an off-road two-steering-axle vehicle on slippery sloping soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rancinangue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECC 2022: European Control Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/ECC55457.2022.9838119⟩</w:t>
+              <w:t xml:space="preserve">ROCOND 2022: 10th IFAC Symposium on Robust Control Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Kyoto, Japan. pp.187-192, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03631799v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655220v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariable lateral control of a two-steering axles off-road vehicle, operating on sloping grounds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Multivariable lateral control of an off-road vehicle operating on sloping grounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Rancinangue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ième journées virtuelles de la SAGIP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECC 2022: European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, London, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC55457.2022.9838119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03632927v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new control scheme of cable-driven parallel robot balancing between sliding mode and linear feedback</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Caro</w:t>
+                <w:t xml:space="preserve">Multivariable lateral control of a two-steering axles off-road vehicle, operating on sloping grounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rancinangue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Dollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC 2020: 21st IFAC World Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2ième journées virtuelles de la SAGIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02515924v1</w:t>
+                <w:t xml:space="preserve">hal-03632927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rider model identification using dynamic neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4361,242 +4425,255 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Espie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC World Congress 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, BERLIN, Germany. pp.15346-15352, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driver Model Validation through Interaction with Varying Levels of Haptic Guidance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+                <w:t xml:space="preserve">A new control scheme of cable-driven parallel robot balancing between sliding mode and linear feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Tahoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Plestan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMC 2020: IEEE International Conference on Systems, Man, and Cybernetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283382⟩</w:t>
+              <w:t xml:space="preserve">IFAC 2020: 21st IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Berlin, Germany. pp.9936-9943, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2020.12.2708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929636v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02515924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Driver Model to Clarify Cooperation Between Drivers and Haptic Guidance Systems</w:t>
+                <w:t xml:space="preserve">Driver Model Validation through Interaction with Varying Levels of Haptic Guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yishen Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Pano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4608,339 +4685,339 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMC 2020: IEEE International Conference on Systems, Man, and Cybernetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Toronto, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283101⟩</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929620v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic H2 /H∞ haptic shared control synthesis for cars, parameterized by sharing level</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Pano</w:t>
+                <w:t xml:space="preserve">Towards a Driver Model to Clarify Cooperation Between Drivers and Haptic Guidance Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yishen Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMC 2020: IEEE International Conference on Systems, Man, and Cybernetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Toronto, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283441⟩</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02929610v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real Time Motion Generation for Mobile Robot</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anatol Pashkevich</w:t>
+                <w:t xml:space="preserve">Systematic H2 /H∞ haptic shared control synthesis for cars, parameterized by sharing level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Pano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouki Sentouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIM 2019 : The 9th IFAC Conference on Manufacturing Modelling, Management and Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.179⟩</w:t>
+              <w:t xml:space="preserve">SMC 2020: IEEE International Conference on Systems, Man, and Cybernetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Toronto, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMC42975.2020.9283441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02290637v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticipatory and Compensatory e-Assistance for Haptic Shared Control of the Steering Wheel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Pano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4959,352 +5036,339 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 18th European Control Conference (ECC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Naples, France. pp.724-731, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ECC.2019.8796050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Motion Generation for Mobile Robot with Non-Skidding Constraint</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Real Time Motion Generation for Mobile Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiuchun Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatol Pashkevich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Conference on Mechatronics (ICM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICMECH.2019.8722896⟩</w:t>
+              <w:t xml:space="preserve">MIM 2019 : The 9th IFAC Conference on Manufacturing Modelling, Management and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02148787v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02290637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous Identification of Driver Model Parameters via the Unscented Kalman Filter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yishen Zhao</w:t>
+                <w:t xml:space="preserve">Optimal Motion Generation for Mobile Robot with Non-Skidding Constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiuchun Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatol Pashkevich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IFAC Workshop on Linear Parameter Varying Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.12.359⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE International Conference on Mechatronics (ICM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Ilmenau, Germany. pp.628-633, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICMECH.2019.8722896⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02352056v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared Control Based on an Ecological Feedforward and a Driver Model Based Feedback</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Continuous Identification of Driver Model Parameters via the Unscented Kalman Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yishen Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5317,111 +5381,124 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC International Symposium on Advances in Automotive Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.062⟩</w:t>
+              <w:t xml:space="preserve">3rd IFAC Workshop on Linear Parameter Varying Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Eindhoven, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.12.359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02110825v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02352056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driver model parameter identification to estimate driver adaptation over time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shared Control Based on an Ecological Feedforward and a Driver Model Based Feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Pano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yishen Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5434,1189 +5511,1202 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Journées de l'Automatique du GdR MACS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th IFAC International Symposium on Advances in Automotive Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Orléans, France. pp.385-392, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954364v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02110825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Output regulation of multi-input systems under packet dropout with application to trajectory tracking of two cooperative robots</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rongyao Ling</w:t>
+                <w:t xml:space="preserve">Control Solution for a Cable-Driven Parallel Robot with Highly Variable Payload</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Plestan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECC 2018 : European Control Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Limassol, Cyprus. pp.441, </w:t>
+              <w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Quebec city, Canada. pp.1429-1436, </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/ECC.2018.8550349⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/DETC2018-85304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01706700v1</w:t>
+                <w:t xml:space="preserve">hal-01863730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’interaction pilote/moto lors de la prise de virage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Loiseau</w:t>
+                <w:t xml:space="preserve">Driver model parameter identification to estimate driver adaptation over time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yishen Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Mars</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Espie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Journées de l'Automatique du GdR MACS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954378v1</w:t>
+                <w:t xml:space="preserve">hal-01954364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une assistance anticipatrice et compensatrice pour la commande haptique partagée de la direction d’un véhicule</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Pano</w:t>
+                <w:t xml:space="preserve">Output regulation of multi-input systems under packet dropout with application to trajectory tracking of two cooperative robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongyao Ling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Journées de l'Automatique du GdR MACS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECC 2018 : European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Limassol, Cyprus. pp.441, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC.2018.8550349⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954355v1</w:t>
+                <w:t xml:space="preserve">hal-01706700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulleys and Force Sensors Influence on Payload Estimation of Cable-Driven Parallel Robots</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Caro</w:t>
+                <w:t xml:space="preserve">Analyse de l’interaction pilote/moto lors de la prise de virage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Plestan</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Espie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3ème Journées de l'Automatique du GdR MACS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IROS.2018.8594171⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01862015v1</w:t>
+                <w:t xml:space="preserve">hal-01954378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control Solution for a Cable-Driven Parallel Robot with Highly Variable Payload</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franck Plestan</w:t>
+                <w:t xml:space="preserve">Une assistance anticipatrice et compensatrice pour la commande haptique partagée de la direction d’un véhicule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Pano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">3ème Journées de l'Automatique du GdR MACS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01863730v1</w:t>
+                <w:t xml:space="preserve">hal-01954355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Effective Use of Vehicle Sensors for Automatic Lane Keeping via LPV Static Output Feedback Control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+                <w:t xml:space="preserve">Pulleys and Force Sensors Influence on Payload Estimation of Cable-Driven Parallel Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Plestan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC 2017 : 20th IFAC World Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.2072⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Madrid, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2018.8594171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01493847v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two-Layer LPV Based Control Strategy for Input and State Constrained Problem: Application to Energy Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clement Fauvel</w:t>
+                <w:t xml:space="preserve">On the Effective Use of Vehicle Sensors for Automatic Lane Keeping via LPV Static Output Feedback Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Tran Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Control Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECC.2015.7330691⟩</w:t>
+              <w:t xml:space="preserve">IFAC 2017 : 20th IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Toulouse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.2072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01143854v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01493847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Management in Multi-Consumers Multi-Sources System: A Practical Framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">A Two-Layer LPV Based Control Strategy for Input and State Constrained Problem: Application to Energy Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC World Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.02446⟩</w:t>
+              <w:t xml:space="preserve">European Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Linz, Austria. pp.WeC10.2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECC.2015.7330691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00982323v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01143854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear control of a Narrow Tilting Vehicle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy Management in Multi-Consumers Multi-Sources System: A Practical Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lama Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SMC.2014.6974300⟩</w:t>
+              <w:t xml:space="preserve">IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa. pp.N°2446, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.02446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01105300v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00982323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Generically Well-Posed H2 Control Problem for a One Shot Feedforward and Feedback Synthesis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-linear control of a Narrow Tilting Vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Mourad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on System Theory, Control and Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICSTCC.2013.6688960⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, San Diego, United States. pp.2488 - 2494, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMC.2014.6974300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00874416v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01105300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controle longitudinal d'une remorque electrique : demonstrateur et usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6632,920 +6722,903 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Automatique et Automobile, JAA 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Bordeaux, France. pres_15-10-13_17h00</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00874402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and analysis of networked control algorithms using descriptor models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Generically Well-Posed H2 Control Problem for a One Shot Feedforward and Feedback Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Fauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th I.E.E.E. International Conference on System Theory, Control and Computing, I.C.S.T.C.C.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on System Theory, Control and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Sinaia, Romania. pp. 201-206, ID16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSTCC.2013.6688960⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00858780v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle actif des accélérations latérales perçues d'un véhicule automobile étroit et inclinable</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling and analysis of networked control algorithms using descriptor models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion du Groupe de Travail Automatique et Automobile</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Versailles, France</w:t>
+              <w:t xml:space="preserve">17th I.E.E.E. International Conference on System Theory, Control and Computing, I.C.S.T.C.C.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Sinaia, Romania. paper ID : 94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00704632v1</w:t>
+                <w:t xml:space="preserve">hal-00858780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande Multivariable STC/DTC pour la Stabilité Latérale de Véhicules Etroits et Inclinables</w:t>
+                <w:t xml:space="preserve">Contrôle actif des accélérations latérales perçues d'un véhicule automobile étroit et inclinable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Mourad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique, CIFA, 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Grenoble, France. pp.WePM2T7.4</w:t>
+              <w:t xml:space="preserve">Réunion du Groupe de Travail Automatique et Automobile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00732075v1</w:t>
+                <w:t xml:space="preserve">hal-00704632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle latéral partagé d'un véhicule automobile : conception à base d'un modèle cybernétique du conducteur et d'une commande H2 anticipative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Commande Multivariable STC/DTC pour la Stabilité Latérale de Véhicules Etroits et Inclinables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Mourad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion GTAA (Groupe de Travail Automatique et Automobile)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Versailles, France</w:t>
+              <w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique, CIFA, 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Grenoble, France. pp.WePM2T7.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00702059v1</w:t>
+                <w:t xml:space="preserve">hal-00732075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a two DOF gain scheduled frequency shaped LQ controller for Narrow Tilting Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lama Mourad</w:t>
+                <w:t xml:space="preserve">Contrôle latéral partagé d'un véhicule automobile : conception à base d'un modèle cybernétique du conducteur et d'une commande H2 anticipative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Lafay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Control Conference, ACC 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Montréal, Canada. pp.Proceedings of the American Control Conference</w:t>
+              <w:t xml:space="preserve">Réunion GTAA (Groupe de Travail Automatique et Automobile)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00668266v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00702059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the visual and motor control of steering with an eye to shared-control automation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louay Saleh</w:t>
+                <w:t xml:space="preserve">Design of a two DOF gain scheduled frequency shaped LQ controller for Narrow Tilting Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Mourad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Lafay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Factors and Ergonomics Society 55th Annual Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Control Conference, ACC 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Montréal, Canada. pp.Proceedings of the American Control Conference</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00630161v1</w:t>
+                <w:t xml:space="preserve">hal-00668266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-like cybernetic driver model for lane keeping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the visual and motor control of steering with an eye to shared-control automation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louay Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Mars</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Lafay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC World Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Factors and Ergonomics Society 55th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Las Vegas, United States. pp.1422-1426, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1071181311551296⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00567778v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00630161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Two Level Strategy for Combustion Engine Starter Robust Control in the Context of a Hybrid Power train</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Harry Luque</w:t>
+                <w:t xml:space="preserve">Human-like cybernetic driver model for lane keeping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louay Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lafay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mercier-Calvairac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2011, MILAN, Italy. pp.MoC19.2</w:t>
+              <w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.TuAT1.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00567741v1</w:t>
+                <w:t xml:space="preserve">hal-00567778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lateral Control Strategy for Narrow Tilting Commuter Vehicle Based on the Perceived Lateral Acceleration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Mourad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7574,165 +7647,178 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Milan, Italy. pp.TuC19.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00567777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation du conducteur pour le contrôle de la trajectoire d'un véhicule automobile</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chouki Sentouh</w:t>
+                <w:t xml:space="preserve">A Two Level Strategy for Combustion Engine Starter Robust Control in the Context of a Hybrid Power train</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Luque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabien Claveau</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Poil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mercier-Calvairac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, NANCY, France. (elec. proc)</w:t>
+              <w:t xml:space="preserve">IFAC World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, MILAN, Italy. pp.MoC19.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00480009v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00567741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tutorat par les pairs dans le cadre de projets intégrateurs ou l'effet tuteur</w:t>
               </w:r>
@@ -7807,51 +7893,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04550967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A human-centred Approach of Steering Control Modelling</w:t>
+                <w:t xml:space="preserve">Modélisation du conducteur pour le contrôle de la trajectoire d'un véhicule automobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
@@ -7869,197 +7955,171 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IAVSD Symposium on Dynamics of Vehicles on Roads and Tracks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Stockholm, Sweden. 12 pp</w:t>
+              <w:t xml:space="preserve">Conférence Internationale Francophone d'Automatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, NANCY, France. (elec. proc)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00457752v1</w:t>
+                <w:t xml:space="preserve">hal-00480009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and optimization of an hybrid Sailboat by a power modeling approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Multivariable Centralized Controller Design Methodology for a Steer-by-Wire System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Electric Ship Technologies Symposium, ESTS 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Baltimore, United States</w:t>
+              <w:t xml:space="preserve">European Control Conference, ECC09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625908v1</w:t>
+                <w:t xml:space="preserve">hal-00625906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sensorimotor Driver Model for Steering Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chouki Sentouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8091,119 +8151,119 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC 2009)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, San Antonio, TX, United States. pp.2462--2467, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSMC.2009.5346350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00457750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensionnement et optimisation d'un voilier hybride par une modélisation par la puissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8218,342 +8278,381 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Club EEA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00732078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power modeling for the optimization of a marine hybrid propulsion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+                <w:t xml:space="preserve">A human-centred Approach of Steering Control Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chouki Sentouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Mars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference and Exhibition on Ecological Vehicles and Renewable Energies, EVER 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Monte-Carlo, Monaco</w:t>
+              <w:t xml:space="preserve">21st IAVSD Symposium on Dynamics of Vehicles on Roads and Tracks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Stockholm, Sweden. 12 pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625905v1</w:t>
+                <w:t xml:space="preserve">hal-00457752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multivariable Centralized Controller Design Methodology for a Steer-by-Wire System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and optimization of an hybrid Sailboat by a power modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Control Conference, ECC09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">IEEE Electric Ship Technologies Symposium, ESTS 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Baltimore, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00625906v1</w:t>
+                <w:t xml:space="preserve">hal-00625908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AN EXTENDED STATE-FEEDBACK H2 CONTROLLER FOR DESCRIPTOR SYSTEMS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Yagoubi</w:t>
+                <w:t xml:space="preserve">Power modeling for the optimization of a marine hybrid propulsion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Loron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd IFAC Symposium on System, Structure and Control (SSSC'07)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Iguassu Falls, Brazil</w:t>
+              <w:t xml:space="preserve">International Conference and Exhibition on Ecological Vehicles and Renewable Energies, EVER 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Monte-Carlo, Monaco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317335v1</w:t>
+                <w:t xml:space="preserve">hal-00625905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active Learning in an International Context: A Case Study on Vehicle Lateral Control Design</w:t>
               </w:r>
@@ -8641,388 +8740,483 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A two degrees of freedom H2 controller design methodology for multi-motors web handling system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AN EXTENDED STATE-FEEDBACK H2 CONTROLLER FOR DESCRIPTOR SYSTEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Yagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Knittel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th IEEE American Control Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Portland, United States</w:t>
+              <w:t xml:space="preserve">3rd IFAC Symposium on System, Structure and Control (SSSC'07)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Iguassu Falls, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317240v1</w:t>
+                <w:t xml:space="preserve">hal-01317335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sequential design methodology for large-scale LBT systems</w:t>
+                <w:t xml:space="preserve">A two degrees of freedom H2 controller design methodology for multi-motors web handling system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Knittel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th IEEE American Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01317242v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01317240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of some H2-based control design methodologies for multilevel large-scale systems</w:t>
+                <w:t xml:space="preserve">A sequential design methodology for large-scale LBT systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IFAC Symposium on Large Scale Systems : Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Osaka, Japan. pp.451-457</w:t>
+              <w:t xml:space="preserve">24th IEEE American Control Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317246v1</w:t>
+                <w:t xml:space="preserve">hal-01317242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comparison of some H2-based control design methodologies for multilevel large-scale systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th IFAC Symposium on Large Scale Systems : Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Osaka, Japan. pp.451-457</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01317246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Decentralized control for winding systems: which incidence on reachable performances?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Yagoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Knittel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th IEEE Mediterranean Conference on Control and Automation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Rhodes, Greece. pp.T7-099</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9032,51 +9226,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stiffness Oriented Tension Distribution Algorithm for Cable-Driven Parallel Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9108,70 +9302,70 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In : Lenarcic J., Siciliano B. (eds) Advances in Robot Kinematics 2020. ARK 2020. Springer Proceedings in Advanced Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, pp.209-217, 2020, 978-3-030-50974-3. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-50975-0_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02515911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9181,51 +9375,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système de pilotage d'orientation d'une remorque en marche arrière et ensemble roulant comprenant un véhicule, une remorque, et un tel système de pilotage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9234,73 +9428,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3029130. COMMANDE_HCERES2020; DI/14-013. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01328081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engin roulant apte à être tracté par des moyens tracteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9309,51 +9503,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: WO2012095615. 2012, pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00732081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9363,152 +9557,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche modulaire de la gestion des systèmes énergétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification d'un modèle conducteur en situation de contrôle latéral de son véhicule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louay Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9556,51 +9750,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9610,584 +9804,584 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse des états de l’art. T2.2 Spécification des cas d’usage, des types de CHM et des dispositifs de monitoring M1-M18</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Bueno-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine van Der Beken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iolande Vingiano-Viricel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Kraiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">VEDECOM; GIE RECHERCHE ETUD PSA-RENAULT; PSA; IRCCyN; LAMIH - UMR CNRS 8201; IFSTTAR. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05028706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle des voiles : principes généraux et algorithmes - projet ADEME SILENSEAS</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gestion de l'Usine Electrique : principes généraux et solutions algorithmiques - projet ADEME SILENSEAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] IRCCyN. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Chauvin</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-02429355v1</w:t>
+                <w:t xml:space="preserve">hal-02429349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion de l'Usine Electrique : principes généraux et solutions algorithmiques - projet ADEME SILENSEAS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+                <w:t xml:space="preserve">Contrôle des voiles : principes généraux et algorithmes - projet ADEME SILENSEAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Vuillemin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Glumineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] IRCCyN. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429349v1</w:t>
+                <w:t xml:space="preserve">hal-02429355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prototypes hybrides HY : architecture (organique et informatique) et cas tests pour le contrôle commande lié à l'agrément de conduite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Luque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] 1, IRCCyN/EMN. 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le vehicule hybride prototype HY: analyse des architectures materielles et de controle commande dans l objectif de l amdlioration de son agrement de conduite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Luque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Poil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mercier-Caldairac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] 1, IRCCyN/EMN. 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10197,114 +10391,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'analyse et la commande structurée des grands systèmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Claveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Ecole Centrale de Nantes (ECN); Université de Nantes, 2005. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00087765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId222"/>
+      <w:footerReference w:type="default" r:id="rId223"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10372,51 +10566,199 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C5A4D205"/>
+    <w:nsid w:val="45F6D1EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="A76A40F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10522,50 +10864,53 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -10603,51 +10948,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-claveau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1338-3883" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098617079" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977864v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Moussa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thieffry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Claveau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chevrel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2025.105972" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097512v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqi Liu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kergus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.112936" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510668v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment Blaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haurant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Mouraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2845" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037351v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuchun Gao" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatol Pashkevich" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramdane Abdessamed" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01691864.2023.2186188" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203158v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement Blaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2023.121840" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902419v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishen Zhao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mars" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vehicles4040074" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Pano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Sentouh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2022.3155370" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631171v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764892v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3196920" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332227v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Picard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plestan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Tahoumi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2021.102648" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930223v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongyao Ling" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Feng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3019055" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883894v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Loiseau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouki Nacer Eddine Boultifat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Espie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-its.2020.0088" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2019.105778" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378967v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2018.6234" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980168v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Anh-Tu Nguyen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2882345" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631520v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fauvel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fiani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2017.11.005" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-86S2C4J4-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629329v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.027" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932688v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Mourad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2013.2295684" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790521v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louay Saleh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2013.2248363" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688656v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Knittel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491671v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Urquiza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yagoubi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Duquenoy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097545v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491652v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981401v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Karim" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vie" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thieffry Maxime" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claveau Fabien" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevrel Philippe" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC62912.2024.10744726" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550997v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoel Le Capitaine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC64448.2024.10590813" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159407v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086508v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC57647.2023.10178287" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213807v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC49753.2023.10383731" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037333v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Coevoet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Duriez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-32322-5_5" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655220v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Legrand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rancinangue" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dollet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.345" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631799v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838119" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632927v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515924v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2708" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498139v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2347" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929636v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283382" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929620v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283101" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929610v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283441" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290637v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.179" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378864v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8796050" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148787v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMECH.2019.8722896" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352056v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.12.359" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110825v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.062" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954364v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706700v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2018.8550349" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954378v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954355v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862015v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2018.8594171" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863730v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2018-85304" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493847v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tu Tran Nguyen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2072" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143854v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2015.7330691" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982323v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.02446" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105300v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2014.6974300" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874416v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC.2013.6688960" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874402v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858780v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704632v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732075v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702059v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668266v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630161v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1071181311551296" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567778v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567741v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Luque" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Poil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mercier-Calvairac" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567777v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480009v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550967v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pires da Rocha" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Canu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457752v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625908v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupriez-Robin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Loron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457750v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2009.5346350" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732078v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625905v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625906v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317335v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317334v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Ramirez-Mendoza" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller-Jones" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317240v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Knittel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317242v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317246v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317285v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515911v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50975-0_26" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328081v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732081v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317984v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317262v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028706v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Bueno-Garcia" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine van Der Beken" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iolande Vingiano-Viricel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kraiem" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429355v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Glumineau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Loiseau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429349v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vuillemin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317269v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Luque" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317272v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poil" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mercier-Caldairac" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00087765v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-claveau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1338-3883" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098617079" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977864v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Moussa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Thieffry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Claveau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chevrel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2025.105972" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097512v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqi Liu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kergus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lacarri&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2025.112936" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Clement Blaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Haurant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Mouraud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2023.121840" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510668v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment Blaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2845" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037351v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuchun Gao" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatol Pashkevich" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramdane Abdessamed" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01691864.2023.2186188" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03902419v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishen Zhao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mars" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vehicles4040074" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631149v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Pano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Sentouh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2022.3155370" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631171v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764892v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3196920" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332227v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Picard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plestan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Tahoumi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2021.102648" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930223v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongyao Ling" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Feng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2020.3019055" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883894v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Loiseau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouki Nacer Eddine Boultifat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Espie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-its.2020.0088" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2019.105778" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378967v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2018.6234" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629329v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Anh-Tu Nguyen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2017.12.027" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980168v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2018.2882345" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631520v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Fauvel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fiani" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2017.11.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-86S2C4J4-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932688v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Mourad" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2013.2295684" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00790521v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louay Saleh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2013.2248363" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688656v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Knittel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491671v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Urquiza" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yagoubi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Duquenoy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097545v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491652v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543451v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550997v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoel Le Capitaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC64448.2024.10590813" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981401v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Karim" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thieffry Maxime" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claveau Fabien" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chevrel Philippe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC62912.2024.10744726" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037333v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Coevoet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Duriez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-32322-5_5" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159407v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier-Clerc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086508v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC57647.2023.10178287" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213807v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC49753.2023.10383731" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655220v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Legrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rancinangue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dollet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.345" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631799v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC55457.2022.9838119" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632927v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498139v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2347" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515924v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2020.12.2708" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929636v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283382" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929620v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283101" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929610v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC42975.2020.9283441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378864v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2019.8796050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290637v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.179" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148787v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMECH.2019.8722896" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352056v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.12.359" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110825v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.062" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863730v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2018-85304" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954364v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706700v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC.2018.8550349" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954378v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954355v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862015v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2018.8594171" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493847v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tu Tran Nguyen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2072" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143854v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2015.7330691" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982323v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.02446" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105300v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2014.6974300" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874402v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874416v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC.2013.6688960" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858780v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704632v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732075v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702059v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Lafay" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668266v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630161v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1071181311551296" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567778v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567777v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567741v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Luque" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Poil" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mercier-Calvairac" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550967v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pires da Rocha" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Canu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480009v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625906v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457750v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2009.5346350" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732078v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupriez-Robin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Loron" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457752v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625908v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625905v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317334v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Ramirez-Mendoza" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller-Jones" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317335v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317240v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Knittel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317242v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317246v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317285v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515911v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50975-0_26" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328081v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732081v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317984v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317262v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028706v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Bel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Bueno-Garcia" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine van Der Beken" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iolande Vingiano-Viricel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Kraiem" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429349v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Chauvin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vuillemin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429355v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Glumineau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Loiseau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317269v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Luque" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01317272v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poil" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mercier-Caldairac" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00087765v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>