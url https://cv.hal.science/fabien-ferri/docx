--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -412,174 +412,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03434516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De la raison graphique à la raison computationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interfaces numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Le design de l’« intelligence artificielle » à l’épreuve du vivant, Vol. 9 (N° 1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.4125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Matérialiser le schème et dynamiser le schéma : penser et agir par le diagramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophique. Hors-série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Annales littéraires, N°1009, pp.33-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02481806v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-02863846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'herméneutique matérielle</w:t>
               </w:r>
@@ -957,2188 +957,2257 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01934987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le diagramme comme médiation entre la nature et l’esprit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du laboratoire Logiques de l’Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Logiques de l’Agir (UR 2274, UMLP), Feb 2026, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Highlighting the epistemological issues of bibliography through the practical problems of building a philosophy of science database: the SIPS case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Conference of the European Society for the History of Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for the History of Science, Sep 2024, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporalité de la lecture des modes d’emploi et performativité diagrammatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVe Congrès de la Société Française d'Histoire des Sciences et des Techniques (SFHST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Histoire des Sciences et des Techniques (SFHST), Apr 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algorithmique et diagrammatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée « Diagramme et Temps » du séminaire d’Histoire et de Philosophie des Mathématiques (HPM) du laboratoire SPHere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arilès Remaki, Nov 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscription et individuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études « Les sciences de l’écriture : traces, empreintes et langages »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Franck Cormerais, Dec 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rendre visibles les opérations humaines de l’intelligence pratique : l’ingénierie sémiotique comme projet d’intelligence artificielle graphique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Épistémopéria : Épistémologie des opérations de l'intelligence artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabien Ferri, Feb 2022, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’encyclopédisme visuel d’Otto Neurath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études « L’encyclopédisme après l’encyclopédie : réflexions interdisciplinaires croisées »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vincent Bourdeau; Sophie Audidère, Dec 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Algorithmique et diagrammatique</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disposition des signes, spatialité diagrammatique et espace sémiotique de manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée « Diagramme et Temps » du séminaire d’Histoire et de Philosophie des Mathématiques (HPM) du laboratoire SPHere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arilès Remaki, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire international de sémiotique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maria Giulia Dondero; Pierluigi Basso Fossali, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...159 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03462447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figure, schéma, graphe et diagramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Qu'est-ce qu'un diagramme?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Naïs Virenque, Oct 2021, Louvain-la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03396166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Disposition des signes, spatialité diagrammatique et espace sémiotique de manipulation</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’orthothéticité de la lettre alphabétique à l’iconicité opérationnelle du schéma diagrammatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire international de sémiotique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maria Giulia Dondero; Pierluigi Basso Fossali, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire "Frontières de la philosophie : intelligence artificielle et numérique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire LinX / École Polytechnique, Feb 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02493615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La diagrammatologie comme phénoménologie de la connaissance pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du laboratoire Logiques de l'Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EA 2274 Logiques de l'Agir, Université de Franche-Comté, Nov 2020, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02988809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examen et conséquences de l’adoption du postulat au fondement de la méthode analogique chez Simondon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Simondon et l'analogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carole Widmaier; Fabien Ferri, Oct 2020, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02960244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">De l’orthothéticité de la lettre alphabétique à l’iconicité opérationnelle du schéma diagrammatique</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au commencement était le diagramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Frontières de la philosophie : intelligence artificielle et numérique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire LinX / École Polytechnique, Feb 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque « Ancrages matériels, imagination diagrammatique et publication encyclopédique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Logiques de l'Agir, Nov 2019, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La diagrammatologie comme phénoménologie de la connaissance pratique</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02387273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser le diagramme comme dispositif sémio-technique avec Peirce et Simondon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du laboratoire Logiques de l'Agir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EA 2274 Logiques de l'Agir, Université de Franche-Comté, Nov 2020, Besançon, France</w:t>
+              <w:t xml:space="preserve">Journée d'études « Ontologie et analogie »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre international des études simondoniennes / MSH Paris Nord, May 2019, La Plaine Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le schématisme diagrammatique de la morphogenèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international «Forme &amp; diagramme : problèmes de morphogenèse dans la pensée, l’art et la nature»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CRIT (UFC); Laboratoire Logiques de l'Agir (UFC), Apr 2019, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que vaut une intelligence artificielle face à un cerveau réel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent van Waes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21e édition de la Semaine du cerveau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société des Neurosciences, Mar 2019, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des diagrammes comme outils aux diagrammes comme machines graphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire 2019-2020 | Logique, Mathématiques, Informatique, Raisonnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de Recherches Philosophiques de Lyon, Nov 2019, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02375023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le B.A.-BA de l’IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence du Pôle Kerichen-Vauban</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Conférences du Pôle Kerichen-Vauban, association pour la promotion des sciences, Feb 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Au commencement était le diagramme</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unveiling Darwin’s Theory of Evolution Through the Epistemological Study of His Diagram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Ancrages matériels, imagination diagrammatique et publication encyclopédique »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diagrams 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edinburgh Napier University, Jun 2018, Edinburgh, United Kingdom. pp.791-795, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91376-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Penser le diagramme comme dispositif sémio-technique avec Peirce et Simondon</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01933401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le langage diagrammatique au-delà de la différence phénoménologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'études « Ontologie et analogie »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre international des études simondoniennes / MSH Paris Nord, May 2019, La Plaine Saint-Denis, France</w:t>
+              <w:t xml:space="preserve">Colloque international «Quand la forme devient substance: puissance des gestes, intuition diagrammatique et phénoménologie de l’espace»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international de philosophie, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le schématisme diagrammatique de la morphogenèse</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01936116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démocratiser la connaissance grâce à la raison visuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international «Forme &amp; diagramme : problèmes de morphogenèse dans la pensée, l’art et la nature»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CRIT (UFC); Laboratoire Logiques de l'Agir (UFC), Apr 2019, Besançon, France</w:t>
+              <w:t xml:space="preserve">Ateliers doctoraux « Philosophie et sciences » du laboratoire Logiques de l'Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Franche-Comté, Oct 2018, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...185 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'algorithme au diagramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée doctorale du laboratoire COSTECH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de technologie de Compiègne, Apr 2018, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...215 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphogenèse et diagramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Théorie des catégories et ontologie plate »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège international de philosophie, Mar 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’imagination inventive et le fonctionnement de l’objet technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire d'épistémologie pratique du laboratoire Logiques de l'Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Logiques de l'Agir, Nov 2016, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligence artificielle et interprétation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Digital Studies 2015-2016 « Herméneutique(s) du numérique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de recherche et d'innovation, May 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au-delà des humanités numériques, le numérique humanisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium Agorantic « Quelle place pour les humanités numériques dans l'Agorantic ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FR CNRS 3621 Agorantic, Mar 2016, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du bricolage de l’évolution à la technique de la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Académie d'été de Pharmakon.fr : Réapprendre à vivre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ars Industrialis; Bernard Stiegler, Aug 2016, Épineuil-le-Fleuriel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01955444v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-01935676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer les potentiels de la sémiotique diagrammatique à travers son ancrage matériel graphique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amir Biglari. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sémiotique et ses potentiels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.81-101, 2025, Du sens, 978-2-336-53434-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Harmattan</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-05033846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genèse et structure d’une machine sémiotique : le diagramme de Darwin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le schème et le diagramme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.89-103, 2024, Sciences : concepts et problèmes, 978-2-84867-993-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufc.55106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
-[...30 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04694143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le langage diagrammatique au-delà de la différence phénoménologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luciano Boi; Carlos Lobo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">When Form Becomes Substance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.485-496, 2022, 978-3-030-83124-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-83125-7_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3148,3716 +3217,3716 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de philosophie morale et politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna C. Zielinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Crétois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les canons : arts, littérature, philosophie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.113-139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bulletin bibliographique de philosophie politique et sociale 2024-2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Reber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, pp.185-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13b07⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-05465798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bulletin bibliographique de philosophie politique et sociale 2023-2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Marty</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Reber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Reber</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, pp.185-202. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/13b07⟩</w:t>
+              <w:t xml:space="preserve">2024, pp.85-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/philosophique.1850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04694184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Céline Marty</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...126 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Neuwirth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le schème et le diagramme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.9-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pufc.55051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05240504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recension de Otto Neurath et le Cercle de Vienne de gauche (Éditions de la Sorbonne, 2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, https://sips.univ-fcomte.fr/index.php/document/8103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05244999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliographie de Robert Damien (1991-2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser les pratiques collectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.219-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliographie d’André Tosel (1970-2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser les pratiques collectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.203-217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de philosophie morale et politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mougombili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.123-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.221.0123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-04197019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2019-2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Reber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.103-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.211.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03211594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2018-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Karim Bouhassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.109-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.201.0109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2017-2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Campagnolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Celentano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.95-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.192.0095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02185652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Denis Lelarge, L’encyclopédie sociale d’Otto Neurath. La raison visuelle (L’Harmattan, 2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, https://sips.univ-fcomte.fr/index.php/document/3334</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2016-2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mougombili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.105-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.181.0105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2015-2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Galateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgana Farinetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, pp.245-276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.172.0245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Michel Fichant et Sophie Roux (dir.), Louis Couturat (1868-1914).Mathématiques, langage, philosophie, Paris, Classiques Garnier, 2017. 363 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, https://sips.univ-fcomte.fr/index.php/document/3296</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03453506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2014-2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Charles Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ménissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.409-454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.163.0409⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2013-2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Speranta Dumitru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Mougombili</w:t>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, pp.401-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.153.0401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Alain Séguy-Duclot, La réalité physique (Hermann, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, https://sips.univ-fcomte.fr/index.php/document/3015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919714v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2012-2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Glon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2022, pp.123-144. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rmm.221.0123⟩</w:t>
+              <w:t xml:space="preserve">2014, pp.395-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.143.0395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2019-2020</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Jocelyn Benoist &amp; Thierry Paul (dir.), Le formalisme en action (Hermann, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, https://sips.univ-fcomte.fr/index.php/document/3016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Soazig Le Bihan (dir.), Précis de philosophie de la physique (Paris, Vuibert)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2814</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de Physique et métaphysique de Michael Esfeld (Presses polytechniques et universitaires romandes, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2809</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916083v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Jean-Michel Berthelot (dir.), Épistémologie des sciences sociales (Presses universitaires de France, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2796</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : François Duchesneau, Jean-Jacques Kupiec &amp; Michel Morange (dir.), Claude Bernard : la méthode de la physiologie (Éditions Rue d’Ulm, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2909</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de L’Empreinte du monde de Jean-Marie Chevalier (Ithaque, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2812</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Bruno Bachimont, Le contrôle dans les systèmes à base de connaissances : contribution à l’épistémologie de l’intelligence artificielle (Hermes Science Publications, 1994)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2922</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Georges Lochak, La Géométrisation de la physique (Flammarion, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2874</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Janette Friedrich, Lev Vygotski : médiation, apprentissage et développement (Université de Genève, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2940</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de L’Autre École d’Iéna de Christian Bonnet (Classiques Garnier, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2810</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique « Philosophie morale et politique » 2011-2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Guibet Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Reber</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Bouhassoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charles Girard</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Picavet</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Glon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2021, pp.103-125. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rmm.211.0103⟩</w:t>
+              <w:t xml:space="preserve">2013, pp.79-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rmm.131.0079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Claude Debru, Michel Morange &amp; Frédéric Worms (dir.), Une nouvelle connaissance du vivant : François Jacob, André Lwoff &amp; Jacques Monod (Éditions Rue d’Ulm, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, https://sips.univ-fcomte.fr/index.php/document/2549</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916088v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de Métaphysique quantique de Sven Ortoli &amp; Jean-Pierre Pharabod (La Découverte, 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, https://sips.univ-fcomte.fr/index.php/document/2515</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018, https://sips.univ-fcomte.fr/index.php/document/3334</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de Durkheim et la philosophie de Giovanni Paoletti (Classiques Garnier, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, https://sips.univ-fcomte.fr/index.php/document/2743</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Les structures de l’esprit de Gildas Salmon (Presses universitaires de France, 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, https://sips.univ-fcomte.fr/index.php/document/2831</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916074v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de La Physiologie des Lumières de François Duchesneau (Classiques Garnier, 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012, https://sips.univ-fcomte.fr/index.php/document/2745</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017, https://sips.univ-fcomte.fr/index.php/document/3296</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : André Pichot, Expliquer la vie: de l’âme à la molécule (Quae, 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2467</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de La Simplexité d'Alain Berthoz (Odile Jacob, 2009)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2388</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : Anouk Barberousse, Denis Bonnay &amp; Mikael Cozic (dir.), Précis de philosophie des sciences (Vuibert, 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2459</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...115 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de Probabilités et critique philosophique selon Cournot de Thierry Martin (J. Vrin, 1996)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/317</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2014, https://sips.univ-fcomte.fr/index.php/document/3015</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de L'Empire cybernétique de Céline Lafontaine (Seuil, 2004)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2389</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2014, https://sips.univ-fcomte.fr/index.php/document/3016</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de : De l'expérience mathématique de Pierre Cassou-Noguès (Vrin, 2001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2442</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2810</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de Qu'est-ce qu'une théorie scientifique ? de Marion Vorms (Vuibert, 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2446</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2013, https://sips.univ-fcomte.fr/index.php/document/2940</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension du Moment cybernétique de Mathieu Triclot (Champ Vallon, 2008)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Ferri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, https://sips.univ-fcomte.fr/index.php/document/2390</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...994 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151746v1</w:t>
-              </w:r>
-[...370 lines deleted...]
-                <w:t xml:space="preserve">hal-02916037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le schème et le diagramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Neuwirth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.172, 2024, 978-2-84867-994-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufc.54961⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId143"/>
+      <w:footerReference w:type="default" r:id="rId144"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6925,51 +6994,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="88F4EBB6"/>
+    <w:nsid w:val="5AEEB9B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7156,51 +7225,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-ferri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8107-0171" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150768222" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341664v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/caph1.163.0049" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434516v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19079/metodo.9.1.97" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481806v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863846v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.4125" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934856v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934934v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophique.1044" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-52HD69MX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916077v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.131.0079" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935063v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934987v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.068.0155" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694053v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196967v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196800v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858274v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196898v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858181v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396166v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462447v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960244v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493615v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988809v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151247v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387273v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151202v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151265v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Salomon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent van Waes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375023v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151150v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936116v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933401v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91376-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151180v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150882v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955444v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150423v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150785v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935676v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033846v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-semiotique-et-ses-potentiels/78716?srsltid=AfmBOoqm4TurU5363vMdL8I-K56zyAOM4Oky0-nd0M-xJeDANZOxP03A" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694143v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/le-scheme-et-le-diagramme.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.55106" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938399v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-83125-7_17" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83125-7_17" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228186v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C. Zielinska" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cr&#233;tois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465798v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guibet Lafaye" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgana Farinetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Picavet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reber" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13b07" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694184v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophique.1850" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240504v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mac&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Neuwirth" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.55051" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244999v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230473v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197019v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouhassoun" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Girard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mougombili" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.221.0123" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211594v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.211.0103" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479776v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.201.0109" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185652v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Campagnolo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Celentano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.192.0095" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453490v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934893v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.181.0105" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934912v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Galateau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.172.0245" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453506v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934950v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.163.0409" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934954v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speranta Dumitru" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.153.0401" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934962v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Glon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.143.0395" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919714v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919716v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916062v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919718v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935461v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Descamps" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916051v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919772v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916083v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919712v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916053v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919715v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919713v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916067v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916088v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916080v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916047v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916074v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151818v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151746v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916087v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151820v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151810v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151747v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151748v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916037v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04555879v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pufc/54961" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.54961" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-ferri" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8107-0171" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/150768222" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341664v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/caph1.163.0049" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434516v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19079/metodo.9.1.97" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863846v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.4125" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481806v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934856v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934934v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophique.1044" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-52HD69MX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916077v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.131.0079" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935063v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934987v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.068.0155" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536889v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694053v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196967v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858274v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196898v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858181v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196800v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462447v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396166v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493615v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988809v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960244v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387273v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151202v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151265v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Salomon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent van Waes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375023v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151247v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933401v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91376-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936116v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151180v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151150v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150882v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150785v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150423v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935676v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955444v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033846v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-semiotique-et-ses-potentiels/78716?srsltid=AfmBOoqm4TurU5363vMdL8I-K56zyAOM4Oky0-nd0M-xJeDANZOxP03A" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694143v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/le-scheme-et-le-diagramme.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.55106" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938399v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-83125-7_17" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-83125-7_17" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228186v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna C. Zielinska" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cr&#233;tois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465798v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guibet Lafaye" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgana Farinetti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marty" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Picavet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Reber" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13b07" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694184v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/philosophique.1850" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240504v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mac&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Neuwirth" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.55051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244999v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230478v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230473v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197019v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bouhassoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Girard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mougombili" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.221.0123" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211594v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.211.0103" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479776v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.201.0109" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185652v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Campagnolo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Celentano" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.192.0095" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453490v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934893v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.181.0105" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934912v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Galateau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.172.0245" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453506v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934950v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry M&#233;nissier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.163.0409" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934954v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Speranta Dumitru" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.153.0401" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919714v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934962v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Glon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rmm.143.0395" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919716v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919772v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916083v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916051v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919712v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916053v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919715v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919713v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919718v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916062v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935461v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Descamps" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916088v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916080v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916047v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916074v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916067v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151820v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151810v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916087v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151747v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151748v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916037v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151818v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151746v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04555879v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pufc/54961" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.54961" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>