--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -313,957 +313,957 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05508497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of iron flame discreteness in monoatomic gases based on single particle combustion behaviour</w:t>
+                <w:t xml:space="preserve">Influence of Chemical Additions and Specific Surface Area on Micro-explosion of Burning Iron Particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herman Heng</w:t>
+                <w:t xml:space="preserve">Zakarie Bruyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Keck</w:t>
+                <w:t xml:space="preserve">Laurine Choisez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+                <w:t xml:space="preserve">Lillian Ahmad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, pp.100155. </w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 40 (6), pp.3382-3396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfueco.2026.100155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.5c05699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05528314v1</w:t>
+                <w:t xml:space="preserve">hal-05508490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Chemical Additions and Specific Surface Area on Micro-explosion of Burning Iron Particles</w:t>
+                <w:t xml:space="preserve">Evaluation of iron flame discreteness in monoatomic gases based on single particle combustion behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zakarie Bruyr</w:t>
+                <w:t xml:space="preserve">Herman Heng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurine Choisez</w:t>
+                <w:t xml:space="preserve">Hugo Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lillian Ahmad</w:t>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Eloy</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jeffrey Bergthorson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 40 (6), pp.3382-3396. </w:t>
+              <w:t xml:space="preserve">Fuel Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 26, pp.100155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.5c05699⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfueco.2026.100155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508490v1</w:t>
+                <w:t xml:space="preserve">hal-05528314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature field measurement of a burning aluminum droplet</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Demonstration of the co-generation of heat and hydrogen by high-temperature oxidation of aluminum in steam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Legros</w:t>
+                <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stany Gallier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Keo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Grosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Schweers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Portugues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2025.114163⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 102, pp.1140-1142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.01.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05044690v1</w:t>
+                <w:t xml:space="preserve">hal-04886078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion behaviour of single silicon particles in different oxidizing environments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeffrey Bergthorson</w:t>
+                <w:t xml:space="preserve">Accounting for buoyancy and ignition influence in the experimental measurement of laminar flame speeds and Markstein lengths from spherical ammonia/air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seif Zitouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Glaznev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heinz Pitsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bréquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2025.114625⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 41, pp.105891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2025.105891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361413v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the role of NH&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;* as an indicator of preferential diffusion effects in premixed NH3/air flames</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Petersen Eric</w:t>
+                <w:t xml:space="preserve">Combustion behaviour of single silicon particles in different oxidizing environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herman Heng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Goroshin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Bergthorson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2025.135139⟩</w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 283, pp.114625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2025.114625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05014951v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of the co-generation of heat and hydrogen by high-temperature oxidation of aluminum in steam</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">E. Schweers</w:t>
+                <w:t xml:space="preserve">Temperature field measurement of a burning aluminum droplet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Portugues</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stany Gallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2025.01.116⟩</w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 277, pp.114163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2025.114163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04886078v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accounting for buoyancy and ignition influence in the experimental measurement of laminar flame speeds and Markstein lengths from spherical ammonia/air flames</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating the role of NH&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;* as an indicator of preferential diffusion effects in premixed NH3/air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roman Glaznev</w:t>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heinz Pitsch</w:t>
+                <w:t xml:space="preserve">Maryam Khan-Ghauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
+                <w:t xml:space="preserve">Olivier Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bréquigny</w:t>
+                <w:t xml:space="preserve">L. Petersen Eric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 41, pp.105891. </w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 395, pp.135139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2025.105891⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2025.135139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05321897v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05014951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive chemical kinetic modeling and experimental study of NH3−methanol/ethanol combustion towards net-zero CO2 emissions</w:t>
               </w:r>
@@ -1396,90 +1396,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of condensed oxide at early and late stages of an aluminum particle combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward L. Dreizin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 41, pp.105958. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1507,347 +1507,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of an unmixed particle surface during single-particle experiments of iron combustion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of low-temperature chemistry in nitrogen-diluted flames under microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Glaznev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Bruyr</w:t>
+                <w:t xml:space="preserve">Christian Schwenzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hameete</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raik Hesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2025.135261⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 41, pp.105986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2025.105986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05044692v1</w:t>
+                <w:t xml:space="preserve">hal-05410523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of low-temperature chemistry in nitrogen-diluted flames under microgravity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roman Glaznev</w:t>
+                <w:t xml:space="preserve">Observation of an unmixed particle surface during single-particle experiments of iron combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Bruyr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hameete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Schwenzer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
+                <w:t xml:space="preserve">L. Choisez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raik Hesse</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Contino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 41, pp.105986. </w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 395, pp.135261. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2025.105986⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2025.135261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05410523v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05044692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-slow ammonia flame speeds — A microgravity study on radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Glaznev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Schwenzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raik Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanket Girhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1905,534 +1905,534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of flame characteristics on an isolated ethanol droplet evaporating through stagnation methane/air flames: An experimental and numerical study</w:t>
+                <w:t xml:space="preserve">Theoretical investigation on combustion heterogeneity in interior ballistics of mortar using Population Balance Equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deniz Kaya Eyice</w:t>
+                <w:t xml:space="preserve">Matthias Pautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehmet Karaca</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+                <w:t xml:space="preserve">Christophe Coulouarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113465⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Energetic Materials and Chemical Propulsion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (2), pp.39-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/IntJEnergeticMaterialsChemProp.2023048571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04560009v1</w:t>
+                <w:t xml:space="preserve">hal-04357382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical investigation on combustion heterogeneity in interior ballistics of mortar using Population Balance Equation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental and Numerical Study of the Laminar Burning Velocity of Biogas–Ammonia–Air Premixed Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Pautard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coulouarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Energetic Materials and Chemical Propulsion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/IntJEnergeticMaterialsChemProp.2023048571⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (2), pp.319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en17020319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04357382v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New experimental method for the simultaneous determination of concentration and size profiles of condensed combustion products around a burning aluminum droplet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 268, pp.113616. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Numerical Study of the Laminar Burning Velocity of Biogas–Ammonia–Air Premixed Flames</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+                <w:t xml:space="preserve">Effect of flame characteristics on an isolated ethanol droplet evaporating through stagnation methane/air flames: An experimental and numerical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deniz Kaya Eyice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Soulé</w:t>
+                <w:t xml:space="preserve">Mehmet Karaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
+                <w:t xml:space="preserve">İskender Gökalp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 17 (2), pp.319. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 265, pp.113465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en17020319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382930v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Structure of an Aluminum-Methane/air Hybrid Flame</w:t>
               </w:r>
@@ -2444,64 +2444,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jeanjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Bertsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2561,51 +2561,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the temperature of burning aluminum particles using multi-spectral pyrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Glasziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Courtiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2665,103 +2665,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of cellular instabilities and local extinction for two-phase flames under microgravity conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deniz Kaya Eyice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmet Yozgatlıgil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 351 (S2), pp.41-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3057,278 +3057,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03841911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the inner structure of stretched premixed ammonia-air flames</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Jeanjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Berro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Balat-Pichelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.066⟩</w:t>
+              <w:t xml:space="preserve">Applications in Energy and Combustion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.100100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaecs.2022.100100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03767988v1</w:t>
+                <w:t xml:space="preserve">hal-03875164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insight into the inner structure of stretched premixed ammonia-air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applications in Energy and Combustion Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13, pp.100100. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (2), pp.1743-1752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaecs.2022.100100⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03875164v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and kinetic modeling study of auto-ignition and flame propagation of ethyl lactate/air mixtures, a potential octane booster</w:t>
               </w:r>
@@ -3438,274 +3438,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04079881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peculiarities of aluminum particle combustion in steam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study on curvature effects and preferential diffusion for perturbed laminar premixed ammonia-air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.120⟩</w:t>
+              <w:t xml:space="preserve">Journal of Ammonia Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (1), pp.118-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18573/jae.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03771242v1</w:t>
+                <w:t xml:space="preserve">hal-04158862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on curvature effects and preferential diffusion for perturbed laminar premixed ammonia-air flames</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Peculiarities of aluminum particle combustion in steam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Di Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stany Gallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ammonia Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1 (1), pp.118-127. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (3), pp.3605-3614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18573/jae.16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158862v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03771242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental measurements of laminar flame speeds for highly N2-diluted ethanol flames under microgravity conditions</w:t>
               </w:r>
@@ -3717,77 +3717,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raik Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Pitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 39 (3), pp.3929-3938. </w:t>
@@ -3819,321 +3819,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of wall heat transfer on the dynamics of premixed spherical expanding flames</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laminar flame speed of ethanol/ammonia blends–An experimental and kinetic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Keck</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pelé Ronan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsep.2022.101227⟩</w:t>
+              <w:t xml:space="preserve">Fuel Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.100052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfueco.2022.100052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03558627v1</w:t>
+                <w:t xml:space="preserve">hal-03560805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar flame speed of ethanol/ammonia blends–An experimental and kinetic study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of wall heat transfer on the dynamics of premixed spherical expanding flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mouze-Mornettas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pelé Ronan</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Z. Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10, pp.100052. </w:t>
+              <w:t xml:space="preserve">Thermal Science and Engineering Progress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.101227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jfueco.2022.100052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tsep.2022.101227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560805v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaporization characteristics of an isolated ethanol droplet at flame conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deniz Kaya Eyice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4141,51 +4141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmet Yozgatlıgil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atomization and Sprays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 32 (9), pp.79-94. </w:t>
@@ -4223,77 +4223,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study and numerical validation of oxy-ammonia combustion at elevated temperatures and pressures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4392,51 +4392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ribert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 38 (4), pp.6753-6761. </w:t>
@@ -4474,51 +4474,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laminar flame speed determination at high pressure and temperature conditions for kinetic schemes assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4598,356 +4598,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02937021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined isochoric and isobaric acquisition methodology for accurate flame speed measurements from ambient to high pressures and temperatures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raik Hesse</w:t>
+                <w:t xml:space="preserve">Aluminum combustion in CO2-CO-N2 mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Braconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (2), pp.2185-2193. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.08.003⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 38 (3), pp.4355-4363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03248489v1</w:t>
+                <w:t xml:space="preserve">hal-02937025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aluminum combustion in CO2-CO-N2 mixtures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stany Gallier</w:t>
+                <w:t xml:space="preserve">Combined isochoric and isobaric acquisition methodology for accurate flame speed measurements from ambient to high pressures and temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaimae Bariki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raik Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heinz Pitsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (3), pp.4355-4363. </w:t>
+              <w:t xml:space="preserve">, 2021, 38 (2), pp.2185-2193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02937025v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of thermophoresis on aluminum oxide lobe formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 228, pp.142-153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4981,77 +4981,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of the aluminum combustion in different O2 oxidizing mixtures: Effect of the diluent gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5232,90 +5232,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detailed analysis of combustion process of a single aluminum particle in air using an improved experimental approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Energetic Materials and Chemical Propulsion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 17 (2), pp.111-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5343,542 +5343,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01981110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of aluminum-air burning velocities using PIV and Laser sheet tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural response of different Lewis number premixed flames interacting with a toroidal vortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaimae Bariki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Lomba</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Laboureur</w:t>
+                <w:t xml:space="preserve">Fabien Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dumand</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Iskender Gökalp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 37 (3), pp.3143-3150. </w:t>
+              <w:t xml:space="preserve">, 2019, 37 (2), pp.1911-1918. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.06.114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01991739v1</w:t>
+                <w:t xml:space="preserve">hal-01993705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural response of different Lewis number premixed flames interacting with a toroidal vortex</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Determination of aluminum-air burning velocities using PIV and Laser sheet tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Thiesset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+                <w:t xml:space="preserve">R. Lomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laboureur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iskender Gökalp</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Dumand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 37 (2), pp.1911-1918. </w:t>
+              <w:t xml:space="preserve">, 2019, 37 (3), pp.3143-3150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.06.114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01993705v1</w:t>
+                <w:t xml:space="preserve">hal-01991739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analysis of the droplet support fiber effect on the evaporation process</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Auto-ignition of near-ambient temperature H2/air mixtures during flame-vortex interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madjid Birouk</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adam Steinberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ketana Teav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Kheirkhah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaimae Bariki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.09.029⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (2), pp.2425-2432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02557231v1</w:t>
+                <w:t xml:space="preserve">hal-01931173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-ignition of near-ambient temperature H2/air mixtures during flame-vortex interaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ketana Teav</w:t>
+                <w:t xml:space="preserve">An analysis of the droplet support fiber effect on the evaporation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sina Kheirkhah</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Madjid Birouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskender Gökalp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 37 (2), pp.2425-2432. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 128, pp.885-891. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.08.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2018.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01931173v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02557231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of thermodiffusive and hydrodynamic mechanisms on the cellular instability of syngas fuel blended with CH 4 or CO 2</w:t>
               </w:r>
@@ -5890,51 +5890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lapalme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Seers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6007,51 +6007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atomization and Sprays</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 28 (10), pp.915-929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6098,77 +6098,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of the passage of fuel droplets through a spherical two-phase flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Thimothée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 36 (2), pp.2549 - 2557. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6196,680 +6196,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flame-vortex interaction: Effect of residence time and formulation of a new efficiency function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microgravity experiments and numerical studies on ethanol/air spray flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Thimothée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Thiesset</w:t>
+                <w:t xml:space="preserve">Colette Nicoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Maurice</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Chauveau</w:t>
+                <w:t xml:space="preserve">Pierre Haldenwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2016.06.172⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 345 (2), pp.99 - 116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2016.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01660275v1</w:t>
+                <w:t xml:space="preserve">hal-01441677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burning velocities and jet-stirred reactor oxidation of diethyl carbonate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flame-vortex interaction: Effect of residence time and formulation of a new efficiency function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thiesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roya Shahla</w:t>
+                <w:t xml:space="preserve">G. Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casimir Togbe</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maxence Lailliau</w:t>
+                <w:t xml:space="preserve">Nicolas Mazellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 36 (1), pp.553 - 560. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2016.06.041⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 36 (2), pp.1843 - 1851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2016.06.172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858468v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01660275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on turbulent expanding flames of lean hydrogen/air mixtures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Burning velocities and jet-stirred reactor oxidation of diethyl carbonate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roya Shahla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casimir Togbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Goulier</w:t>
+                <w:t xml:space="preserve">Sébastien Thion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Thimothée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comandini</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxence Lailliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 36 (2), pp.2823 - 2832. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2016.06.074⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 36 (1), pp.553 - 560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2016.06.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03562313v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolating strain and curvature effects in premixed flame/vortex interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. J Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 831, pp.618 - 654. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/jfm.2017.641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microgravity experiments and numerical studies on ethanol/air spray flames</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
+                <w:t xml:space="preserve">Experimental study on turbulent expanding flames of lean hydrogen/air mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Goulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Comandini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Nicoli</w:t>
+                <w:t xml:space="preserve">F Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Haldenwang</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nabiha Chaumeix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 345 (2), pp.99 - 116. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36 (2), pp.2823 - 2832. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2016.10.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2016.06.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01441677v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03562313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of laminar and turbulent flame speed of a spherical flame in a fan-stirred closed vessel for hydrogen safety application</w:t>
               </w:r>
@@ -6881,51 +6881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Goulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Chaumeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Meynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6998,77 +6998,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Investigation of the Mechanisms of Cellular Instabilities Developing on Spherical Two-Phase Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Thimothée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 188 (11-12), pp.2026 - 2043. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7096,646 +7096,646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0D modeling aspects of flame stretch in spark ignition engines and comparison with experimental results</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lewis number and Markstein length effects on turbulent expanding flames in a spherical vessel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.07.007⟩</w:t>
+              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2015.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934602v1</w:t>
+                <w:t xml:space="preserve">hal-01340395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lewis number and Markstein length effects on turbulent expanding flames in a spherical vessel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">0D modeling aspects of flame stretch in spark ignition engines and comparison with experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokratis Demesoukas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Caillol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 179, pp.401 - 412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2015.08.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2016.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340395v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuel performances in Spark-Ignition (SI) engines: Impact of flame stretch</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+                <w:t xml:space="preserve">Comparison of Combustion Characteristics of Magnesium and Aluminum Powders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Lomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2016.01.005⟩</w:t>
+              <w:t xml:space="preserve">Combustion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 188 (11-12), pp.1857 - 1877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00102202.2016.1211871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01340392v1</w:t>
+                <w:t xml:space="preserve">hal-01858479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of the subgrid scale wrinkling factor for large eddy simulation of turbulent premixed combustion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Maurice</w:t>
+                <w:t xml:space="preserve">Fuel performances in Spark-Ignition (SI) engines: Impact of flame stretch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion Theory and Modelling</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2016.01.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13647830.2016.1139749⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01660283v1</w:t>
+                <w:t xml:space="preserve">hal-01340392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Combustion Characteristics of Magnesium and Aluminum Powders</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Bernard</w:t>
+                <w:t xml:space="preserve">Modelling of the subgrid scale wrinkling factor for large eddy simulation of turbulent premixed combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+                <w:t xml:space="preserve">Guillaume Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mazellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 188 (11-12), pp.1857 - 1877. </w:t>
+              <w:t xml:space="preserve">Combustion Theory and Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (3), pp.393 - 409. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00102202.2016.1211871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13647830.2016.1139749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858479v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01660283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of CO2, H2O, and Exhaust Gas Recirculation Dilution on Laminar Burning Velocities and Markstein Lengths of Iso-Octane/Air Mixtures</w:t>
               </w:r>
@@ -7747,51 +7747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Endouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7972,77 +7972,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scale analysis of the flame front in premixed combustion using Proper Orthogonal Decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8106,103 +8106,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On periodic behavior of weakly turbulent premixed flame corrugations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Kheirkhah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ömer Gülder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 168, pp.147-165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8236,77 +8236,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometrical properties of turbulent premixed flames and other corrugated interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8530,64 +8530,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8928,77 +8928,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fragner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 35 (2), pp.1527 - 1535. </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9045,90 +9045,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Scale High Intensity Turbulence Generator Applied to a High Pressure Turbulent Burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fragner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flow, Turbulence and Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 94 (1), pp.263-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9290,248 +9290,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02269921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the peculiar behavior of laminar burning velocities of hydrogen–air flames according to pressure and equivalence ratio</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+                <w:t xml:space="preserve">Turbulence characterization of a high-pressure high-temperature fan-stirred combustion vessel using LDV, PIV and TR-PIV measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mazellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2014.02.009⟩</w:t>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 55 (1), pp.1636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-013-1636-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014561v1</w:t>
+                <w:t xml:space="preserve">hal-01077641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turbulence characterization of a high-pressure high-temperature fan-stirred combustion vessel using LDV, PIV and TR-PIV measurements</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+                <w:t xml:space="preserve">New insights into the peculiar behavior of laminar burning velocities of hydrogen–air flames according to pressure and equivalence ratio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experiments in Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 55 (1), pp.1636. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 161 (9), pp.2235-2241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00348-013-1636-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2014.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01077641v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion and Emissions Characteristics of Valeric Biofuels in a Compression Ignition Engine</w:t>
               </w:r>
@@ -9703,51 +9703,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 186 (4-5), pp.490-503. </w:t>
@@ -9785,51 +9785,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characteristics of turbulent premixed flame in a boosted Spark-Ignition engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9940,51 +9940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10096,51 +10096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Seers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 106, pp.310-317</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10191,51 +10191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Yoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10288,419 +10288,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00919086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental determination of emission and laminar burning speeds of α-pinene</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+                <w:t xml:space="preserve">Laminar burning velocities of C4 to C7 ethyl esters in a spherical combustion chamber: Experiment and detailed kinetic modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 159 (4), pp.1385-1392. </w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (11), pp.6669-6677. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2011.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ef301254q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00771557v1</w:t>
+                <w:t xml:space="preserve">hal-00759697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of high pressure, high temperature, high dilution rate and oxygen enrichment on the laminar burning velocity of iso-octane/air mixtures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
+                <w:t xml:space="preserve">Experimental determination of emission and laminar burning speeds of α-pinene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 159 (11), pp.3286-3299. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 159 (4), pp.1385-1392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2011.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2012.06.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00759698v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar burning velocities of C4 to C7 ethyl esters in a spherical combustion chamber: Experiment and detailed kinetic modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+                <w:t xml:space="preserve">Effects of high pressure, high temperature, high dilution rate and oxygen enrichment on the laminar burning velocity of iso-octane/air mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 159 (11), pp.3286-3299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2012.06.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ef301254q⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00759697v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flame Speeds of α-Pinene/Air and Limonene/Air Mixtures Involved in Accelerating Forest Fires</w:t>
               </w:r>
@@ -10872,51 +10872,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Seers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 94, pp.251-261</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10980,51 +10980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11126,64 +11126,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir Togbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 26 (8), pp.4735-4748. </w:t>
@@ -11260,51 +11260,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Engine Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 12, pp.466-483</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11329,51 +11329,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2-Propanol Oxidation in a Pressurized Jet-Stirred Reactor (JSR) and Combustion Bomb: Experimental and Detailed Kinetic Modeling Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir Togbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11472,51 +11472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tahtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36 (1), pp.985-991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11593,51 +11593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 90 (1), pp.1-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11684,64 +11684,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental studies of the fundamental flame speeds of syngas (H2/CO)/air mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11800,90 +11800,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and detailed kinetic modeling study of 1-pentanol oxidation in a JSR and combustion in a bomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir Togbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11942,51 +11942,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilution on laminar Flame Speed of premixed methane/Air Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12059,51 +12059,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Detailed Kinetic Modeling Study of the Effect of Ozone on the Combustion of Methane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Higelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12163,64 +12163,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Detailed Kinetic Modeling Study of the Oxidation of 1-Propanol in a Pressurized Jet-Stirred Reactor (JSR) and a Combustion Bomb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casimir Togbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12345,51 +12345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Togbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 157 (4), pp.837-838. </w:t>
@@ -12453,51 +12453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tahtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 36, pp.985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12535,64 +12535,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of Butanol–Gasoline Blends in a Port Fuel-injection, Spark-Ignition Engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dernotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Seers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12691,51 +12691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mzé-Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Diévart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24 (11), pp.5859-5875. </w:t>
@@ -12799,51 +12799,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tahtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Samson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12907,51 +12907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tahtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 157 (10), pp.1825-1832</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13028,51 +13028,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Togbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 156 (4), pp.852-864. </w:t>
@@ -13161,51 +13161,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 181 (6), pp.813-827. </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13291,51 +13291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAE International Journal of Fuels and Lubricants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 1 (1), pp.984-992. </w:t>
             </w:r>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13382,64 +13382,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of flame surface density measurements in turbulent premixed combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Veynante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13511,64 +13511,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigations on the Flamelet Inner Structure of Turbulent Premixed Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 180 (4), pp.713 - 728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13628,64 +13628,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Cohé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ömer Gülder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13757,64 +13757,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the effects of hydrogen addition in premixed methane/air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 32 (13), pp.2585 - 2592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13873,77 +13873,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the effects of pressure and hydrogen concentration on laminar burning velocities of methane–hydrogen–air mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabiha Djebaïli-Chaumeix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 30 (1), pp.201 - 208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14003,64 +14003,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian G. Shepherd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14152,51 +14152,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aluminium and Magnesium Combustion for Energetic Use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renewable Metal Fuels Symposium (ReMeF 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The OST Eastern Switzerland University of Applied Sciences, Feb 2025, Rapperswil, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14215,821 +14215,821 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the impact of oxygen concentration on the alumina cloud surrounding a burning aluminum droplet</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Chauveau</w:t>
+                <w:t xml:space="preserve">Laminar Flame Speeds of Methanol and Ethanol at High Pressure and Temperature Conditions: An Experimental and Modeling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bakr Hoblos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Legros</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IDERS, Jul 2025, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">International Conference on Measurements of Energy (ICME 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMEKO, Jun 2025, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190947v1</w:t>
+                <w:t xml:space="preserve">hal-05130113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignition mechanisms of aluminum particles in hydrocarbon products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Keo</w:t>
+                <w:t xml:space="preserve">Flammes pauvres d’ammoniac/hydrogène en microgravité : étude expérimentale et théorique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seif Zitouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Glaznev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Graumer</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IDERS, Jul 2025, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190992v1</w:t>
+                <w:t xml:space="preserve">hal-05361591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Accuracy of Laminar Burning Velocity Measured from Spherically Expanding NH3/air Flames</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infrared-Based Determination of Bunsen-Burner Wall Temperature for Hydrogen/Air Laminar Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Internation Conference on Flow dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">International Conference on Measurements of Energy (ICME 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMEKO, Jun 2025, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477802v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared-Based Determination of Bunsen-Burner Wall Temperature for Hydrogen/Air Laminar Flames</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the impact of oxygen concentration on the alumina cloud surrounding a burning aluminum droplet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Villenave</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Measurements of Energy (ICME 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMEKO, Jun 2025, Orléans, France</w:t>
+              <w:t xml:space="preserve">30th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IDERS, Jul 2025, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05130100v1</w:t>
+                <w:t xml:space="preserve">hal-05190947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar Flame Speeds of Methanol and Ethanol at High Pressure and Temperature Conditions: An Experimental and Modeling Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bakr Hoblos</w:t>
+                <w:t xml:space="preserve">Ignition mechanisms of aluminum particles in hydrocarbon products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Keo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Jacquet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+                <w:t xml:space="preserve">P. Graumer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Courtiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Measurements of Energy (ICME 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMEKO, Jun 2025, Orléans, France</w:t>
+              <w:t xml:space="preserve">30th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IDERS, Jul 2025, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05130113v1</w:t>
+                <w:t xml:space="preserve">hal-05190992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flammes pauvres d’ammoniac/hydrogène en microgravité : étude expérimentale et théorique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">On the Accuracy of Laminar Burning Velocity Measured from Spherically Expanding NH3/air Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seif Zitouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Schwenzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Glaznev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raik Hesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heinz Pitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">22nd Internation Conference on Flow dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361591v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Condensed Oxide at Early and Late Stages of an Aluminum Particle Combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward. L. Dreizin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Mediterranean Combustion Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Corfu, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15093,51 +15093,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Serinyel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15201,51 +15201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Amirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15283,64 +15283,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metals as Future Carbon-Free Energy Carriers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15538,51 +15538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Glaznev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schwenzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15631,709 +15631,709 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude expérimentale de la vitesse de la flamme laminaire de mélanges Diethoxyméthane/oxydant dilués à l'azote en conditions de gravité réduite</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Chauveau</w:t>
+                <w:t xml:space="preserve">Metal combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Hyères, France</w:t>
+              <w:t xml:space="preserve">19éme Ecole Thématique de Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement Français de Combustion, Jun 2024, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887731v1</w:t>
+                <w:t xml:space="preserve">hal-04922571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring viability of OH* radicals as flame markers in H2 combustion</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
+                <w:t xml:space="preserve">Étude expérimentale de la vitesse de la flamme laminaire de mélanges Diethoxyméthane/oxydant dilués à l'azote en conditions de gravité réduite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Glaznev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Beeckman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Conference of the Theoretical and Applied Mechanics (ICTAM 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IUTAM, Aug 2024, Daegu, South Korea</w:t>
+              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04677485v1</w:t>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metals as future carbon-free energy carriers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference of the Theoretical and Applied Mechanics (ICTAM 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUTAM, Aug 2024, Daegu, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-slow ammonia flame speeds—A microgravity study on radiation</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detailed description of the combustion of an aluminum particle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stany Gallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward. L. Dreizin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Combustion Institute, Jul 2024, Milan, Italy</w:t>
+              <w:t xml:space="preserve">14th International Workshop on Combustion and Propulsion (IWCP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Politechnico di Milano, Jul 2024, Pescara, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666698v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed description of the combustion of an aluminum particle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultra-slow ammonia flame speeds—A microgravity study on radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Glaznev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Schwenzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raik Hesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanket Girhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Workshop on Combustion and Propulsion (IWCP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Politechnico di Milano, Jul 2024, Pescara, Italy</w:t>
+              <w:t xml:space="preserve">40th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Combustion Institute, Jul 2024, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666707v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal combustion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring viability of OH* radicals as flame markers in H2 combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keerthana Gudemaranahalli Subramanya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19éme Ecole Thématique de Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupement Français de Combustion, Jun 2024, Porquerolles, France</w:t>
+              <w:t xml:space="preserve">26th International Conference of the Theoretical and Applied Mechanics (ICTAM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUTAM, Aug 2024, Daegu, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922571v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04677485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can chemiluminescence be used as a preferential diffusion indicator in NH3/H2 flames on a Bunsen burner ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16384,51 +16384,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of combustion regimes of metal particles burning in atmospheric air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Metal-enabled Cycle of Renewable Energy Conference (MeCRE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, TU Darmstadt, Nov 2024, Darmstadt (Allemagne), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16447,1244 +16447,1244 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04922575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Laminar Flame Speed Study of Nitrogen-diluted Diethoxymethane/Oxidizer Mixtures under Microgravity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roman Glaznev</w:t>
+                <w:t xml:space="preserve">Temperature measurement during the combustion of a single aluminium particle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Courtiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Comité du GDR MFA 2799, Oct 2023, Hyères, France</w:t>
+              <w:t xml:space="preserve">29th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IDERS, Jul 2023, Siheung, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262934v1</w:t>
+                <w:t xml:space="preserve">hal-04172798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature measurement during the combustion of a single aluminium particle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental Laminar Flame Speed Study of Nitrogen-diluted Diethoxymethane/Oxidizer Mixtures under Microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Glaznev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IDERS, Jul 2023, Siheung, South Korea</w:t>
+              <w:t xml:space="preserve">Colloque Annuel du GDR MFA 2799</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité du GDR MFA 2799, Oct 2023, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04172798v1</w:t>
+                <w:t xml:space="preserve">hal-04262934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed characterization of the combustion of an isolated aluminum particle</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An experimental and kinetic modeling study of the combustion behaviour of ammonia blended with methanol and ethanol at engine relevant conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krishna Prasad Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Binod Raj Giri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pelé Ronan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Adil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Aljohani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Metal Fuels and Metal Dust Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Otto von Guericke University Magdeburg; Ruhr University Bochum, Sep 2023, Berlin (Germany), Germany</w:t>
+              <w:t xml:space="preserve">2nd Symposium on Ammonia Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04224473v1</w:t>
+                <w:t xml:space="preserve">hal-04402540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
+                <w:t xml:space="preserve">Aluminum and magnesium as future zero-carbon energy carrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMEKO TC20: International Conference on Measurements of Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Physikalisch-Technische Bundesanstalt (PTB), Sep 2023, Braunschweig, Germany</w:t>
+              <w:t xml:space="preserve">Clean Circles Minisymposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TU Darmstadt, Jul 2023, Darmstadt (Allemagne), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04199459v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical study of the thermal radiative properties of Al/air flames</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd European Conference on Thermophysical Properties (ECTP2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Venise, Italy</w:t>
+              <w:t xml:space="preserve">IMEKO TC20: International Conference on Measurements of Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Physikalisch-Technische Bundesanstalt (PTB), Sep 2023, Braunschweig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04253702v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed study of NH2* chemiluminescence in ammonia combustion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detailed characterization of the combustion of an isolated aluminum particle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Symposium on Ammonia Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université d'Orléans, Jul 2023, Orléans, France</w:t>
+              <w:t xml:space="preserve">Workshop on Metal Fuels and Metal Dust Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Otto von Guericke University Magdeburg; Ruhr University Bochum, Sep 2023, Berlin (Germany), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163453v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CH4 /AIR LAMINAR FLAME SPEED DETERMINATION AT HIGH PRESSURE AND TEMPERATURE USING CONSTANT VOLUME METHOD</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental and numerical study of the thermal radiative properties of Al/air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. González de Arrieta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Laboureur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Genevois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Seminar on Flame Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Voevodsky Institute of Chemical Kinetics and Combustion, Oct 2023, Novosibirsk, Russia</w:t>
+              <w:t xml:space="preserve">22nd European Conference on Thermophysical Properties (ECTP2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384675v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aluminum and magnesium as future zero-carbon energy carrier</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detailed study of NH2* chemiluminescence in ammonia combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryam Khan-Ghauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire M. Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric L. Petersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clean Circles Minisymposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TU Darmstadt, Jul 2023, Darmstadt (Allemagne), Germany</w:t>
+              <w:t xml:space="preserve">2nd Symposium on Ammonia Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Orléans, Jul 2023, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922619v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and kinetic modeling study of the combustion behaviour of ammonia blended with methanol and ethanol at engine relevant conditions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CH4 /AIR LAMINAR FLAME SPEED DETERMINATION AT HIGH PRESSURE AND TEMPERATURE USING CONSTANT VOLUME METHOD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Adil</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Halter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Symposium on Ammonia Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Orléans, France</w:t>
+              <w:t xml:space="preserve">10th International Seminar on Flame Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Voevodsky Institute of Chemical Kinetics and Combustion, Oct 2023, Novosibirsk, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04402540v1</w:t>
+                <w:t xml:space="preserve">hal-04384675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the temperature of burning aluminum particles using multi-spectral pyrometry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metal Combustion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europyro 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Pyrotechnics Society; AF3P; GTPS, Sep 2023, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208614v1</w:t>
+                <w:t xml:space="preserve">hal-04208592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal Combustion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of the temperature of burning aluminum particles using multi-spectral pyrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Courtiaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europyro 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Pyrotechnics Society; AF3P; GTPS, Sep 2023, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04208592v1</w:t>
+                <w:t xml:space="preserve">hal-04208614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and detailed kinetics modelling study of NH2* chemiluminescence during ammonia combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire M. Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric L. Petersen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17720,398 +17720,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04038623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia and ethanol blend as fuel for ICE: from the liquid injection to the combustion and pollutant emissions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ammonia combustion with biomass gaseous fuels and hydrogen: from fundamental properties towards engine use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bellettre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Hespel</w:t>
+                <w:t xml:space="preserve">Ricardo Rabello de Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Twentieth International Conference on Flow Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2023, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">, Institute of Fluid Science, Tohoku University, Nov 2023, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04403091v1</w:t>
+                <w:t xml:space="preserve">hal-04906819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of ignition temperatures of aluminum particles</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ammonia and ethanol blend as fuel for ICE: from the liquid injection to the combustion and pollutant emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Pelé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bellettre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Hespel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th United States National Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Central States Section of the Combustion Institute, Mar 2023, College station, TX, United States</w:t>
+              <w:t xml:space="preserve">Twentieth International Conference on Flow Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04038629v1</w:t>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04403091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia combustion with biomass gaseous fuels and hydrogen: from fundamental properties towards engine use</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental investigation of ignition temperatures of aluminum particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Twentieth International Conference on Flow Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Fluid Science, Tohoku University, Nov 2023, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">13th United States National Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Central States Section of the Combustion Institute, Mar 2023, College station, TX, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04906819v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Structure of an Aluminum-Methane-Air Hybrid Flame</w:t>
               </w:r>
@@ -18123,64 +18123,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jeanjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Bertsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18212,377 +18212,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03987437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peculiarities of aluminum particle combustion in steam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insight into the inner structure of stretched premixed ammonia-air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th Symposium (Int’l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jul 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03818017v1</w:t>
+                <w:t xml:space="preserve">hal-03817974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the inner structure of stretched premixed ammonia-air flames</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Peculiarities of aluminum particle combustion in steam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Glasziou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Di Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stany Gallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th Symposium (Int’l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jul 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03817974v1</w:t>
+                <w:t xml:space="preserve">hal-03818017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and kinetic modeling study of autoignition and flame propagation of ethyl lactate/air mixtures, a potential octane booster</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+                <w:t xml:space="preserve">Investigation of curvature effects on the reactivity of premixed ammonia-air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Combustion Institute, Jul 2022, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">1st Symposium on Ammonia Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04047158v1</w:t>
+                <w:t xml:space="preserve">hal-03777739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustibles métalliques durables pour la mobilité du futur</w:t>
               </w:r>
@@ -18687,610 +18674,623 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An experimental and kinetic modeling study of autoignition and flame propagation of ethyl lactate/air mixtures, a potential octane booster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Cenedese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole de Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupement Français de Combustion, May 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Combustion Institute, Jul 2022, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020666v1</w:t>
+                <w:t xml:space="preserve">hal-04047158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of curvature effects on the reactivity of premixed ammonia-air flames</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Symposium on Ammonia Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cardiff, United Kingdom</w:t>
+              <w:t xml:space="preserve">Ecole de Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupement Français de Combustion, May 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777739v1</w:t>
+                <w:t xml:space="preserve">hal-04020666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXPERIMENTAL AND NUMERICAL STUDY OF LAMINAR FLAME SPEED OF AMMONIA/METHANOL AND AMMONIA AT HIGH PRESSURE AND TEMPERATURE</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+                <w:t xml:space="preserve">Modelling of the internal ballistics of mortar including polydisperse gunpowder size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Pautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coulouarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Symposium on Ammonia Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cardiff (Wales), United Kingdom</w:t>
+              <w:t xml:space="preserve">51st International Annual Conference of the Fraunhofer ICT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04050086v1</w:t>
+                <w:t xml:space="preserve">hal-03714977v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the Chemiluminescence Signature of Ammonia Flames</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alka Karan</w:t>
+                <w:t xml:space="preserve">EXPERIMENTAL AND NUMERICAL STUDY OF LAMINAR FLAME SPEED OF AMMONIA/METHANOL AND AMMONIA AT HIGH PRESSURE AND TEMPERATURE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nineteenth International Conference on Flow Dynamics (ICFD2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tohoku University, Nov 2022, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">1st Symposium on Ammonia Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cardiff (Wales), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03847554v1</w:t>
+                <w:t xml:space="preserve">hal-04050086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of the internal ballistics of mortar including polydisperse gunpowder size</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Investigation of the Chemiluminescence Signature of Ammonia Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coulouarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51st International Annual Conference of the Fraunhofer ICT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Karlsruhe, Germany</w:t>
+              <w:t xml:space="preserve">Nineteenth International Conference on Flow Dynamics (ICFD2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tohoku University, Nov 2022, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03714977v2</w:t>
+                <w:t xml:space="preserve">hal-03847554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A brief understanding of the chemiluminescence signature of premixed ammonia-air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19367,51 +19367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Martin Benito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Cuenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19466,51 +19466,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recyclable metal fuels as future zero-carbon energy carrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Low Carbon Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Cambridge; Frenche &amp; British sections of the Combustion Institute, May 2022, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19561,77 +19561,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raik Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Pitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th Symposium (Int’l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jul 2022, Vancouver, Canada</w:t>
@@ -19673,51 +19673,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aluminum and magnesium as future zero-carbon energy carrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Workshop on Metal-enabled Cycle of Renewable Energy (MECRE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Power &amp; Flow Group, TU Eindhoven, Oct 2022, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19742,90 +19742,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aluminum combustion in CO2-CO-N2 mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Symposium (Int’l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jan 2021, Adelaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19902,51 +19902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ribert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Symposium (Int’l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jan 2021, Adelaïde, Australia</w:t>
@@ -19975,77 +19975,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-pressure and temperature ammonia flame speeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20077,394 +20077,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03555362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterisation of the reactive properties of premixed ammonia flames</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+                <w:t xml:space="preserve">Evaporation of a single ethanol droplet interacting with a premixed laminar CH4/air flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deniz Kaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmet Yozgatligil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskender Gökalp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eighteenth International Conference on Flow Dynamics (ICFD2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICLASS 2021, 15th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Edinburgh (virtual), United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2218/iclass.2021.5834⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556852v1</w:t>
+                <w:t xml:space="preserve">hal-03354865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deposition of Aluminum Nanostructured Films by DC Magnetron Sputtering for Hydrogen Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SURFACES, INTERFACES AND COATINGS TECHNOLOGIES SICT2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03301475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaporation of a single ethanol droplet interacting with a premixed laminar CH4/air flame</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Renoux</w:t>
+                <w:t xml:space="preserve">Experimental characterisation of the reactive properties of premixed ammonia flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alka Karan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLASS 2021, 15th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eighteenth International Conference on Flow Dynamics (ICFD2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Sendai, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2218/iclass.2021.5834⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03354865v1</w:t>
+                <w:t xml:space="preserve">hal-03556852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laminar flame speed determination at high pressure and temperature conditions for kinetic schemes assessment</w:t>
               </w:r>
@@ -20502,51 +20502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Symposium (Int’l) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jan 2021, Adelaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20597,64 +20597,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Pitsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Beeckman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20692,77 +20692,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical validation of ammonia combustion in oxygen at high pressures and temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20800,77 +20800,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laminar flame speeds of ammonia mixtures at high pressure and temperature conditions: New experimental results and performance of different kinetic models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21010,532 +21010,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02421941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation heat loss and solid combustion products characterisation of premixed Al-air flames</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Halter</w:t>
+                <w:t xml:space="preserve">Recent Advances in Aluminium Particles Combustion for Propulsion and Heat Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute for Dynamics of Explosions and Reactive Systems, Jul 2019, Beijing, China</w:t>
+              <w:t xml:space="preserve">16th International Conference on Flow Dynamics (ICFD2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Fluid Science, Tohoku University, Nov 2019, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03555552v1</w:t>
+                <w:t xml:space="preserve">hal-03556795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances in Aluminium Particles Combustion for Propulsion and Heat Generation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
+                <w:t xml:space="preserve">Radiation heat loss and solid combustion products characterisation of premixed Al-air flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Laboureur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Lomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Dumand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Flow Dynamics (ICFD2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Fluid Science, Tohoku University, Nov 2019, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">27th International Colloquium on the Dynamics of Explosions and Reactive Systems (ICDERS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute for Dynamics of Explosions and Reactive Systems, Jul 2019, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556795v1</w:t>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New targets for laminar flame speed determination and kinetic schemes assessment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental investigation of the aluminum combustion in different O2 oxidizing mixtures: effect of the diluent gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Braconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gallier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Int. Workshop on Laminar Burning Velocity (LBV2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">11th Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Tenerife, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292030v1</w:t>
+                <w:t xml:space="preserve">hal-02164033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of the aluminum combustion in different O2 oxidizing mixtures: effect of the diluent gases</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">New targets for laminar flame speed determination and kinetic schemes assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaimae Bariki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Tenerife, Spain</w:t>
+              <w:t xml:space="preserve">3rd Int. Workshop on Laminar Burning Velocity (LBV2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164033v1</w:t>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of the aluminum combustion in SRM representative gas species: effect of CO2 / CO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Conference for Aeronautics and Space Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNES; DLR; ONERA, Jul 2019, Madrid, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
@@ -21582,51 +21582,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study of the Diluent Influence (N2, He, Ar) On Stable Premixed Methane Flame in a Quartz Micro Flow Reactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21690,103 +21690,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auto-ignition of near-ambient temperature H2/air mixtures during flame-vortex interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Steinberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ketana Teav</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sina Kheirkhah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
@@ -21815,90 +21815,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de la combustion solide dans les machines thermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laboureur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Lomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dumand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21930,286 +21930,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01860128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of aluminum-air burning velocities using PIV and Laser sheet tomography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental study of the morphology of two-phase flame instabilities in microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Renoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th Symposium (Int’l) on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Combustion Institute, Jul 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">ICLASS 2018, 14th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Chicago, IL, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03557528v1</w:t>
+                <w:t xml:space="preserve">hal-01860135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the morphology of two-phase flame instabilities in microgravity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Renoux</w:t>
+                <w:t xml:space="preserve">Determination of aluminum-air burning velocities using PIV and Laser sheet tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Lomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Laboureur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dumand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLASS 2018, 14th Triennial International Conference on Liquid Atomization and Spray Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Chicago, IL, United States</w:t>
+              <w:t xml:space="preserve">37th Symposium (Int’l) on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Combustion Institute, Jul 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01860135v1</w:t>
+                <w:t xml:space="preserve">hal-03557528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Study of Two-Phase Flames under Microgravity Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22273,77 +22273,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
@@ -22372,103 +22372,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flame vortex interactions : effect of residence time and formulation of a new efficiency funtion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Seoul, South Korea</w:t>
@@ -22497,90 +22497,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction of a Laminar Premixed Flame with a Vortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.-y Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -22631,103 +22631,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinct Dependence Of Flame Speed To Stretch And Curvature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International colloquium on the dynamics of explosions and reactive systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22752,51 +22752,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Assessment of the Displacement and Consumption Speeds in Flame/Vortex Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22804,51 +22804,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaimae Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin J Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International colloquium on the dynamics of explosions and reactive systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Boston, United States</w:t>
@@ -22877,90 +22877,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burning characteristics of aluminum-air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Lomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lespinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Lago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22992,312 +22992,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of the presence of fuel droplets after the passage of a flame front</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Combustion des métaux, une nouvelle forme d’énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Lomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Iskender Gökalp</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th European Conference on Liquid Atomization and Spray Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ILASS - Europe, Sep 2016, Brighton, United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque Francophone "Combustion et Pollution Atmosphérique" (COMPOLA2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Saidia, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556902v1</w:t>
+                <w:t xml:space="preserve">hal-03557522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion des métaux, une nouvelle forme d’énergie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental investigation of the presence of fuel droplets after the passage of a flame front</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Thimothée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christine Rousselle</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Francophone "Combustion et Pollution Atmosphérique" (COMPOLA2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Saidia, Maroc</w:t>
+              <w:t xml:space="preserve">27th European Conference on Liquid Atomization and Spray Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ILASS - Europe, Sep 2016, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03557522v1</w:t>
+                <w:t xml:space="preserve">hal-03556902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burning characteristics of aluminum/air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Lomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tahtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -23352,77 +23352,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-phase combustion of fuel droplets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Thimothée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French-German Joint Meeting on Space Propulsion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ONERA, May 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23460,77 +23460,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of the passage of fuel droplets through a spherical two-phase flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Thimothée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Combustion Institute, Jul 2016, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -23549,580 +23549,580 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of CO2 , H2O and EGR dilution on laminar burning velocities and Markstein lengths of iso-octane / air mixtures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Endouard</w:t>
+                <w:t xml:space="preserve">Scale analysis of the flame front in premixed combustion using Proper Orthogonal Decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mazellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ninth Mediterranean Combustion Symposium</w:t>
+              <w:t xml:space="preserve">Mediterranean Combustion Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Rhodes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01276147v1</w:t>
+                <w:t xml:space="preserve">hal-01660305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scale analysis of the flame front in premixed combustion using Proper Orthogonal Decomposition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Thiesset</w:t>
+                <w:t xml:space="preserve">Effects of CO2 , H2O and EGR dilution on laminar burning velocities and Markstein lengths of iso-octane / air mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Endouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Combustion Symposium</w:t>
+              <w:t xml:space="preserve">Ninth Mediterranean Combustion Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Rhodes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01660305v1</w:t>
+                <w:t xml:space="preserve">hal-01276147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Cellular Instabilities of a Flame Propagating in an Aerosol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental characterization of combustion regimes for micron-sized aluminum powders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Lomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo Expo 2015: Turbine Technical Conference and Exposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Montreal, Canada. pp.V04BT04A063, </w:t>
+              <w:t xml:space="preserve">53rd AIAA Aerospace Sciences Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Kissimmee, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/GT2015-44022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2015-0925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02018391v1</w:t>
+                <w:t xml:space="preserve">hal-02018393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of combustion regimes for micron-sized aluminum powders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ricardo Lomba</w:t>
+                <w:t xml:space="preserve">Characterization of Cellular Instabilities of a Flame Propagating in an Aerosol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Thimothée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iskender Gökalp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd AIAA Aerospace Sciences Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2015, Kissimmee, United States. </w:t>
+              <w:t xml:space="preserve">ASME Turbo Expo 2015: Turbine Technical Conference and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montreal, Canada. pp.V04BT04A063, </w:t>
             </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2015-0925⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/GT2015-44022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02018393v1</w:t>
+                <w:t xml:space="preserve">hal-02018391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of the subgrid scale wrinkling factor for large-eddy simulation of turbulent premixed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thiesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifteenth International Conference on Numerical Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Avignon, France</w:t>
@@ -24145,601 +24145,601 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermodiffusive Effect on the Flame Development in Lean Burn Spark Ignition Engine</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">ENGINE PERFOMANCE AND EMISSIONS OF VALERIC BIOFUELS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Contino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAE 2014 International Powertrain, Fuels &amp; Lubricants Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">FISITA 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Maastricht, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01328155v1</w:t>
+                <w:t xml:space="preserve">hal-01077638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENGINE PERFOMANCE AND EMISSIONS OF VALERIC BIOFUELS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermodiffusive Effect on the Flame Development in Lean Burn Spark Ignition Engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FISITA 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAE 2014 International Powertrain, Fuels &amp; Lubricants Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Birmingham, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2014-01-2630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01077638v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01328155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engine performance and emissions of valeric fuels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+                <w:t xml:space="preserve">Etude du potentiel de biocarburants valériques dans un moteur à allumage commandé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayma Guillaume</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FISITA 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Maastricht, Netherlands</w:t>
+              <w:t xml:space="preserve">COMPOLA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Tanger, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01234436v1</w:t>
+                <w:t xml:space="preserve">hal-01234443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du potentiel de biocarburants valériques dans un moteur à allumage commandé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Engine performance and emissions of valeric fuels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Contino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dayma Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dayma Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPOLA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Tanger, Maroc</w:t>
+              <w:t xml:space="preserve">FISITA 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01234443v1</w:t>
+                <w:t xml:space="preserve">hal-01234436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Flame Stretch Sensitivities on the Turbulent Flame Speed in Spark-ignition Engines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Lund, Sweden. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24892,942 +24892,942 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00916252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TURBULENT FLOW FIELD MEASUREMENTS IN A FAN-STIRRED COMBUSTION VESSEL</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
+                <w:t xml:space="preserve">On the accurate determination of unstretched laminar burning velocity from spherically expanding flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Varea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14TH EUROPEAN TURBULENCE CONFERENCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">Proceedings of the European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lund, Sweden. pp.Lund</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00916231v1</w:t>
+                <w:t xml:space="preserve">hal-00919091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar burning velocities of hydrogen-air flames with pressure variations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+                <w:t xml:space="preserve">TURBULENT FLOW FIELD MEASUREMENTS IN A FAN-STIRRED COMBUSTION VESSEL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mazellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Taipei, Taiwan. Taipei</w:t>
+              <w:t xml:space="preserve">14TH EUROPEAN TURBULENCE CONFERENCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId552" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919099v1</w:t>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00916231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Fuel Properties and Flame Stretch on the Turbulent Flame Speed in Spark-Ignition Engines</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+                <w:t xml:space="preserve">Laminar burning velocities of hydrogen-air flames with pressure variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dubois</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICE 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Taipei, Taiwan. Taipei</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2013-24-0054⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00920712v1</w:t>
+                <w:t xml:space="preserve">hal-00919099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar Burning Speeds and Markstein Lengths of P-cymene Possibly Involved in Accelerating Forest Fires</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Impact of Fuel Properties and Flame Stretch on the Turbulent Flame Speed in Spark-Ignition Engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Brequigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICE 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Capri, Italy. SAE Paper 2013-24-0054, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2013-24-0054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00920814v1</w:t>
+                <w:t xml:space="preserve">hal-00920712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of laminar burning speeds and Markstein lengths of p-cymene/air mixtures using three models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combustion Characteristics of Two Biogenic Volatile Organic Compounds: l-fenchone and 3-hexen-1-ol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Cesme, Turkey</w:t>
+              <w:t xml:space="preserve">International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558464v1</w:t>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion Characteristics of Two Biogenic Volatile Organic Compounds: l-fenchone and 3-hexen-1-ol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Coudour</w:t>
+                <w:t xml:space="preserve">Determination of laminar burning speeds and Markstein lengths of p-cymene/air mixtures using three models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L. Lemée</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Taipei, Taiwan</w:t>
+              <w:t xml:space="preserve">8th Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Cesme, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919101v1</w:t>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the accurate determination of unstretched laminar burning velocity from spherically expanding flames</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Laminar Burning Speeds and Markstein Lengths of P-cymene Possibly Involved in Accelerating Forest Fires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Lund, Sweden. pp.Lund</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lund, Sweden. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId560" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919091v1</w:t>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00920814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale high intensity turbulence generator applied to a high pressure turbulent burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fragner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mazellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Turbulence and Shear Flow Phenomena (TSFP-8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -25846,425 +25846,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00919098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flame structure of ethanol-air premixed mixtures at high pressures in microgravity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">I. Gökalp</w:t>
+                <w:t xml:space="preserve">Experimental Investigations for Turbulent Premixed Flame Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Galmiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the European Combustion Meeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.1.3531.2724⟩</w:t>
+              <w:t xml:space="preserve">SAE Paper</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Capri, Italy. pp.2013-24-0043, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2013-24-0043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02019729v1</w:t>
+                <w:t xml:space="preserve">hal-00916237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of flame stretch on the turbulent flame speed in spark-ignition engines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Engines &amp; Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Italy. Capri</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00919104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Investigations for Turbulent Premixed Flame Analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+                <w:t xml:space="preserve">Flame structure of ethanol-air premixed mixtures at high pressures in microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nassouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAE Paper</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Capri, Italy. pp.2013-24-0043, </w:t>
+              <w:t xml:space="preserve">Proceedings of the European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Lund, Sweden. </w:t>
             </w:r>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2013-24-0043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.1.3531.2724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId568" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00916237v1</w:t>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion of aerosols: droplet sizing study in microgravity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhannad Nassouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Liquid Atomization and Spray Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26690,77 +26690,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Tahtouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Caillol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26824,51 +26824,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Symposium on Laser Techniques to Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -26893,90 +26893,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Experimental Study on the Droplet Vaporization: Effects of Heat Conduction Through the Support Fiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lalonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22 nd Annual Conference on Liquid Atomization and Spray Systems (ILASS Europe 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Côme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27027,64 +27027,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Engines for Automobiles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Capri, Italy. SAE Technical Paper 2007-24-0015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
@@ -27157,51 +27157,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Landry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st ICDERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27377,64 +27377,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Hydrogen Energy Congress and Exhibition IHEC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27472,90 +27472,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser Doppler Velocimetry Measurements in Methane/Hydrogen/Air Premixed Turbulent Flames at High Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Olivani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting of the Italian and Greek Sections of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Combustion Institute, Jun 2004, Corfu, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -27612,90 +27612,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of air pressure on single aluminum droplet combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -27742,57 +27742,57 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Schlieren and Rayleigh Measurements to investigate Radiation Effects on Laminar Flame Speed and Flame Temperature in Methane-Air Spherical Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joachim Beeckman</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Beeckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederik Mohr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -27906,51 +27906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schwenzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -27992,77 +27992,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Analysis of NH 2 * in Premixed Ammonia-Air Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -28113,90 +28113,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Laminar Flame Speed Study of Nitrogen-diluted Diethoxymethane/Oxidizer Mixtures under Microgavity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Glaznev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schwenzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bariki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Combustion Meeting (ECM 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
@@ -28225,77 +28225,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemiluminescence in Premixed Ammonia-Air Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alka Karan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -28359,77 +28359,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Glasziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France. , </w:t>
             </w:r>
             <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
@@ -28489,64 +28489,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Jeanjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Workshop on Metal-enabled Cycle of Renewable Energy (MECRE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Eindhoven, Netherlands. 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
@@ -28606,51 +28606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Pelé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Brequigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -28740,51 +28740,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -28822,77 +28822,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion of a single aluminum droplet burning in O2/CO2/N2 mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stany Gallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -28952,51 +28952,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical studies of the influence of diluent on characteristic micro-scale combustion flame behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Chouraqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29095,51 +29095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants du GFC (Groupe Français de Combustion)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Orléans, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
@@ -29173,103 +29173,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion des métaux, une nouvelle forme d’énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Lomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovatives Voiture du Futur 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Paris, France. </w:t>
@@ -29441,77 +29441,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion of aerosols: droplet sizing study in microgravity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhannad Nassouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iskender Gökalp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées CNES Jeunes Chercheurs (JC2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Toulouse, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId616" w:history="1">
               <w:r>
                 <w:rPr>
@@ -29577,51 +29577,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId617" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuel Class VALERATES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -29908,51 +29908,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="39CFAB54"/>
+    <w:nsid w:val="F8C14391"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -30139,51 +30139,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-halter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8320-7792" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/108389057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05508497v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakr Hoblos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Halter" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2026.138358" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05528314v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman Heng" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Keck" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Bergthorson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfueco.2026.100155" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05508490v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakarie Bruyr" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Choisez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lillian Ahmad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eloy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.5c05699" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05044690v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stany Gallier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114163" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05361413v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Goroshin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114625" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05014951v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alka Karan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Khan-Ghauri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Petersen Eric" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2025.135139" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04886078v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Halter" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Keo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grosselin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schweers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Portugues" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.01.116" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05321897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif Zitouni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Glaznev" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Pitsch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Beeckmann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Br&#233;quigny" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105891" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918617v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Prasad Shrestha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binod Raj Giri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Pel&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Aljohani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brequigny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113954" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05333663v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward L. Dreizin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105958" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05044692v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bruyr" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hameete" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Choisez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Contino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2025.135261" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05410523v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schwenzer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raik Hesse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105986" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04642694v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanket Girhe" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105334" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04560009v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Kaya Eyice" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Karaca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;skender G&#246;kalp" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113465" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04357382v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Pautard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coulouarn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2023048571" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04666690v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113616" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382930v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Soul&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mouna&#239;m-Rousselle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17020319" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04363985v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jeanjean" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Bertsch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2023.111130" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04652868v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Glasziou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Courtiaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2024.2378459" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04061642v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Yozgatl&#305;gil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.174" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03921686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gonz&#225;lez de Arrieta" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laboureur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauveau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123815" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841911v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouze-Mornettas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martin Benito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dayma" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cuenot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.101" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767988v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.066" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875164v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Berro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balat-Pichelin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaecs.2022.100100" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079881v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Cenedese" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.042" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771242v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Lorenzo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.120" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04158862v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18573/jae.16" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830818v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae Bariki" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.076" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558627v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Keck" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2022.101227" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560805v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pel&#233; Ronan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfueco.2022.100052" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725375v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Renoux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2022041118" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410767v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111819" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937027v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chouraqui" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ribert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.325" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937021v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dagaut" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.244" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248489v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.08.003" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937025v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Braconnier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.028" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135480v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Godfroy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.01.039" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552912v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gallier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2020.110110" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357258v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Chen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Wang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.10.027" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981110v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2018027988" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991739v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lomba" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.013" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993705v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thiesset" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskender G&#246;kalp" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.114" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557231v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Birouk" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.09.029" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931173v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Steinberg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketana Teav" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Kheirkhah" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.08.028" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945796v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lapalme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Seers" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2018.03.028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955946v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2018028780" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858463v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thimoth&#233;e" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.08.031" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660275v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thiesset" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurice" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazellier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.172" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858468v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roya Shahla" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casimir Togbe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thion" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lailliau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.041" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562313v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Goulier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Comandini" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Halter" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiha Chaumeix" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.074" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660277v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bariki" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J Lapeyre" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.641" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441677v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Nicoli" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haldenwang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.10.013" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551293v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Goulier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaumeix" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Meynet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benta&#239;b" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2016.07.007" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858476v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1214421" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934602v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokratis Demesoukas" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Caillol" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.07.007" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340395v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2015.08.021" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340392v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubois" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.01.005" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660283v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maurice" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13647830.2016.1139749" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858479v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Lomba" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gillard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1211871" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01312847v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Endouard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1138792" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01893526v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Contino" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Masurier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02300" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660271v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mazellier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2015.09.030" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058097v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer G&#252;lder" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.03.013" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660272v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.013116" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233974v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef502732c" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02073747v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dubois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.126" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612352v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagannath Jayachandran" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefebvre" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runhua Zhao" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Varea" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.05.031" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233973v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.05.007" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858506v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fragner" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.036" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012590v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-014-9556-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269921v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coudour" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chetehouna" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Courty" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Garo" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lem&#233;e" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.934568" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014561v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.02.009" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077641v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Galmiche" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1636-x" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020090v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)EY.1943-7897.0000161" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219901v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.883224" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770957v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Landry" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2012.09.008" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3L0GMZBX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848348v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garo" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2013.795557" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773098v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Broustail" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mor&#233;ac" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919086v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yoon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.02.098" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XDN4L63V-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771557v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2011.11.003" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CJN1VSQZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759698v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2012.06.008" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-87CWLWQN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759697v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef301254q" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759696v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2012.690304" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772718v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848349v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2012.02.012" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8LWCK52-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765520v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef300581q" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657827v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Tahtouh" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Samson" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618030v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef101485q" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657829v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657842v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2010.09.021" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657863v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.05.088" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L504QWZD-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657847v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.05.003" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN6ZVQ3Q-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618000v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef101482d" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020201v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Higelin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef200550m" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617976v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef2003552" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020307v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Sarathy" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Thomson" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Togb&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2009.05.001" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612081v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937528v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dernotte" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Seers" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2009034" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020278v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mz&#233;-Ahmed" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Di&#233;vart" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef101255w" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657854v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612108v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020303v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2008.11.019" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5PQSJF2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618039v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200902864662" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618054v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2008-01-1625" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430383v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Veynante" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2008.11.016" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1G4F12LN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859292v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200701851266" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859295v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coh&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2006.07.181" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PQH42N3S-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859293v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2006.11.033" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JZ9NH0F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859300v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiha Djeba&#239;li-Chaumeix" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.195" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859298v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lachaux" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian G. Shepherd" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.191" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04942155v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05190947v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legros" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05190992v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Graumer" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courtiaud" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477802v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130100v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villenave" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130113v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacquet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05361591v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rousselle" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103190v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward. L. Dreizin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103196v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoblos" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jacquet" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103200v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amirov" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130104v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130116v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurlan Amirov" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103184v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Glaznev" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwenzer" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hesse" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04887731v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beeckman" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04677485v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keerthana Gudemaranahalli Subramanya" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04680707v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04666698v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04666707v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922571v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04561113v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922575v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262934v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172798v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04224473v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199459v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04253702v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Blanchard" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laboureur" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Genevois" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04163453v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L. Petersen" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384675v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dayma" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922619v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402540v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Adil" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04208614v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04208592v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04038623v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403091v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bellettre" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hespel" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04038629v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906819v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rabello de Castro" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03987437v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03818017v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03817974v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047158v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03979521v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Andrieu" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brilhac" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gontrand Leyssens" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Schonnenbeck" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04020666v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03777739v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050086v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847554v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714977v2" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638868v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03817949v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mouze-Mornettas" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Martin Benito" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cuenot" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04020672v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03818191v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847656v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354852v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354855v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555362v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556852v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301475v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ibrahim" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Caillard" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauvage" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354865v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Kaya" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Yozgatligil" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5834" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354856v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430847v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Beeckman" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354839v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556828v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02421941v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555552v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Laboureur" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chauveau" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lomba" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dumand" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556795v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292030v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164033v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Braconnier" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555507v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2019-330" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273258v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933755v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860128v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dumand" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557528v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860135v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265404v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renoux" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933753v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660303v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060737v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-y Lee" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33198.36166" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933751v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933750v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J Lapeyre" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082292v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Lago" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556902v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557522v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557256v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557322v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557505v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276147v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660305v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018391v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2015-44022" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018393v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2015-0925" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660309v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328155v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moreau" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2014-01-2630" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077638v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234436v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayma Guillaume" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234443v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920821v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916252v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0098" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916231v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919099v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920712v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0054" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920814v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558464v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919101v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Garo" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lem&#233;e" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919091v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefebvre" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919098v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019729v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nassouri" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G&#246;kalp" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3531.2724" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919104v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916237v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0043" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919105v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad Nassouri" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618527v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618570v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558278v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276405v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276316v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864404v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lalonde" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276326v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2007-24-0015" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276329v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276410v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pajot" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276408v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04874964v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Olivani" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lachaux" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05026505v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26541.60642" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05026550v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mohr" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Buenaflor" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05026473v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04085381v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04085392v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04159133v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04085367v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.15350.20802" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844540v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31317.50402" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050026v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111425v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chouraqui" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842345v3" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17294.20803" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848556v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.25682.81608" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308311v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24344.52480" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308410v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36770.15043" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01670804v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Modica" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308313v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14959.76960" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276392v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527685318.ch3" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00591421v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-halter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8320-7792" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/108389057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05508497v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakr Hoblos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Halter" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2026.138358" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05508490v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakarie Bruyr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Choisez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lillian Ahmad" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eloy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.5c05699" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05528314v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman Heng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Keck" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Bergthorson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfueco.2026.100155" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04886078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Halter" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Keo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grosselin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schweers" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Portugues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.01.116" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05321897v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif Zitouni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Glaznev" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Pitsch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Beeckmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Br&#233;quigny" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105891" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05361413v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Goroshin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114625" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05044690v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legros" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stany Gallier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2025.114163" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05014951v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alka Karan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Khan-Ghauri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Petersen Eric" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2025.135139" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918617v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Prasad Shrestha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binod Raj Giri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Pel&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Aljohani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brequigny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113954" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05333663v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward L. Dreizin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105958" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05410523v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schwenzer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raik Hesse" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105986" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05044692v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bruyr" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hameete" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Choisez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Contino" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2025.135261" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04642694v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanket Girhe" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105334" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04357382v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Pautard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coulouarn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2023048571" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382930v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Soul&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mouna&#239;m-Rousselle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17020319" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04666690v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113616" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04560009v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Kaya Eyice" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Karaca" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;skender G&#246;kalp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113465" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04363985v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Jeanjean" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Bertsch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2023.111130" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04652868v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Glasziou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Courtiaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2024.2378459" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04061642v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Yozgatl&#305;gil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.174" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03921686v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gonz&#225;lez de Arrieta" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laboureur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauveau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Genevois" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123815" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841911v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mouze-Mornettas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martin Benito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dayma" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cuenot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.101" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875164v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Berro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Balat-Pichelin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaecs.2022.100100" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767988v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.066" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079881v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Cenedese" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.042" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04158862v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18573/jae.16" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771242v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Di Lorenzo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.120" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830818v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimae Bariki" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.08.076" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560805v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pel&#233; Ronan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfueco.2022.100052" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558627v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Keck" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsep.2022.101227" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725375v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Renoux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2022041118" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410767v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111819" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937027v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chouraqui" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ribert" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.325" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937021v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dagaut" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.244" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937025v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Braconnier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.028" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248489v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.08.003" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135480v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Godfroy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.01.039" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552912v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gallier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2020.110110" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357258v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Chen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Wang" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.10.027" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981110v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2018027988" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01993705v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thiesset" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iskender G&#246;kalp" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.114" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991739v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lomba" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumand" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01931173v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Steinberg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketana Teav" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Kheirkhah" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.08.028" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557231v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Birouk" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2018.09.029" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945796v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lapalme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Seers" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2018.03.028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955946v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2018028780" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858463v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thimoth&#233;e" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.08.031" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441677v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Nicoli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haldenwang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.10.013" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660275v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thiesset" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maurice" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazellier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.172" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858468v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roya Shahla" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casimir Togbe" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thion" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Lailliau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.041" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660277v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bariki" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. J Lapeyre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.641" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562313v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Goulier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Comandini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Halter" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiha Chaumeix" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.074" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551293v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Goulier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chaumeix" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Meynet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benta&#239;b" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2016.07.007" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858476v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1214421" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340395v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2015.08.021" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934602v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokratis Demesoukas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Caillol" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2016.07.007" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858479v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Lomba" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gillard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1211871" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340392v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubois" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.01.005" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660283v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maurice" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13647830.2016.1139749" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01312847v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Endouard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1138792" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01893526v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Contino" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Masurier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02300" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660271v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mazellier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2015.09.030" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058097v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;mer G&#252;lder" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.03.013" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660272v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.013116" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233974v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef502732c" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02073747v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dubois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.126" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612352v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagannath Jayachandran" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefebvre" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runhua Zhao" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Varea" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.05.031" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233973v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.05.007" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858506v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fragner" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.036" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012590v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-014-9556-2" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269921v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coudour" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chetehouna" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Courty" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Garo" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lem&#233;e" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.934568" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077641v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Galmiche" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1636-x" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014561v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.02.009" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020090v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)EY.1943-7897.0000161" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219901v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.883224" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770957v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Landry" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2012.09.008" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3L0GMZBX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848348v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garo" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2013.795557" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773098v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Broustail" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Mor&#233;ac" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919086v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yoon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.02.098" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XDN4L63V-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759697v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef301254q" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771557v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2011.11.003" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CJN1VSQZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759698v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2012.06.008" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-87CWLWQN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759696v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2012.690304" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772718v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848349v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2012.02.012" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8LWCK52-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765520v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef300581q" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657827v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Tahtouh" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Samson" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618030v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef101485q" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657829v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657842v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2010.09.021" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657863v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.05.088" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L504QWZD-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657847v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2010.05.003" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XN6ZVQ3Q-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618000v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef101482d" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020201v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Higelin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef200550m" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617976v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef2003552" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020307v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Sarathy" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Thomson" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Togb&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2009.05.001" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612081v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937528v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dernotte" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Seers" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2009034" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020278v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mz&#233;-Ahmed" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Di&#233;vart" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef101255w" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657854v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612108v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020303v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2008.11.019" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5PQSJF2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618039v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200902864662" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618054v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2008-01-1625" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430383v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Veynante" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2008.11.016" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1G4F12LN-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859292v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102200701851266" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859295v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coh&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2006.07.181" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PQH42N3S-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859293v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2006.11.033" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JZ9NH0F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859300v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiha Djeba&#239;li-Chaumeix" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.195" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859298v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lachaux" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian G. Shepherd" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.191" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04942155v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130113v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jacquet" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05361591v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rousselle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130100v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villenave" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05190947v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Legros" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05190992v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Graumer" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courtiaud" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477802v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103190v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward. L. Dreizin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103196v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoblos" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jacquet" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103200v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amirov" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130104v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130116v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurlan Amirov" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05103184v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Glaznev" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwenzer" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hesse" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922571v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04887731v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beeckman" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04680707v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04666707v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04666698v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04677485v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keerthana Gudemaranahalli Subramanya" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04561113v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922575v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04172798v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262934v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402540v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Adil" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922619v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199459v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04224473v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04253702v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Blanchard" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laboureur" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Genevois" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04163453v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L. Petersen" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384675v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Dayma" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04208592v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04208614v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04038623v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906819v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rabello de Castro" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403091v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bellettre" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Hespel" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04038629v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03987437v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03817974v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03818017v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03777739v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03979521v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Andrieu" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Brilhac" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gontrand Leyssens" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Schonnenbeck" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047158v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04020666v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714977v2" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050086v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847554v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638868v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03817949v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mouze-Mornettas" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Martin Benito" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Cuenot" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04020672v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03818191v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847656v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354852v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354855v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555362v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354865v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Kaya" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmet Yozgatligil" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5834" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301475v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ibrahim" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Caillard" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauvage" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556852v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354856v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430847v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Beeckman" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354839v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556828v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02421941v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Renou" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556795v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555552v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Laboureur" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chauveau" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lomba" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Dumand" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164033v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Braconnier" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292030v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555507v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2019-330" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273258v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933755v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860128v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dumand" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860135v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557528v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265404v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renoux" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933753v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660303v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060737v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-y Lee" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33198.36166" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933751v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933750v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J Lapeyre" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082292v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Lago" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557522v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556902v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557256v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557322v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557505v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660305v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276147v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018393v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2015-0925" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018391v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2015-44022" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660309v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077638v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328155v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Moreau" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2014-01-2630" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234443v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayma Guillaume" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234436v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920821v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916252v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0098" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919091v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefebvre" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916231v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919099v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920712v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0054" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919101v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Garo" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lem&#233;e" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558464v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920814v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919098v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916237v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0043" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919104v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019729v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nassouri" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. G&#246;kalp" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3531.2724" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919105v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhannad Nassouri" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618527v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618570v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558278v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276405v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276316v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864404v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lalonde" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276326v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2007-24-0015" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276329v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276410v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pajot" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276408v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04874964v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Olivani" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lachaux" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05026505v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26541.60642" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05026550v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Mohr" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Buenaflor" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05026473v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04085381v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04085392v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04159133v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04085367v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.15350.20802" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844540v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31317.50402" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050026v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111425v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chouraqui" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842345v3" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17294.20803" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848556v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.25682.81608" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308311v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24344.52480" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308410v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36770.15043" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01670804v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Modica" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Mourad Boukhalfa" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308313v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14959.76960" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-01276392v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527685318.ch3" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00591421v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>