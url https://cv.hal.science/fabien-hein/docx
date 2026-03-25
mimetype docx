--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabien Hein </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche socio-anthropologique de la RAP. Le paradigme du don comme levier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle revue de psychosociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (1), pp.131-143. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/nrp.039.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles dans la scène punk rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sens-Dessous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Trouble, 27 (1), pp.163-170. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sdes.027.0163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fondements culturels de l’action entrepreneuriale. L’exemple des labels punk rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016/1 (16), pp.183 - 200. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.016.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise anarchiste. L’exemple de la scène anarcho-punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dissidences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Anarchismes, nouvelles approches, nouveaux débats, 14, pp.91- 101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bien plus que de la musique ! Le punk rock comme force de participation sociale et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La participation sociale et politique au quotidien, 71, pp.143-158. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1024743ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le DIY comme dynamique contre-culturelle ? L’exemple de la scène punk rock.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1 (9), pp.109-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fan comme travailleur : les activités méconnues d’un coproducteur dévoué.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 53 (1), pp.37-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KAHN-HARRIS, Keith D. 2007. Extreme metal. Music and culture on the edge. Oxford : Berg.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (2), pp.183-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METALLICA STUDIES : PILLSBURY, Glen T. 2006. Damage Incorporated. Metallica and the production of musical identity. New York, NY : Routledge, & IRWIN, William. Sous la dir. 2007. Metallica and Philosophy. A crash course in brain surgery. Malden, MA : Blackwell Publishing, coll. Philosophy and PopCulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (2), pp.190-198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le critique rock, le fanzine et le magazine : « Ça s’en va et ça revient »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (1), pp.83-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal. Une culture de la transgression sonore. Entretien avec Marc Touché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Touché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.137-152. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des productions culturelles rock. Étude comparée entre la presse musicale québécoise et française.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections: Canadian Journal of Music/Revue canadienne de musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 25 (1-2), pp.23-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEGRÉ, Gabriel. 2003. Le culte Presley. Paris : PUF, coll. Sociologie d’aujourd’hui.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (1), pp.121-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BUDDE, Dirk. 1997. Take three Chords... Punkrock und die entwicklung zum american hardcore. Karben, Coda.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (2), pp.162-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnographie d’un groupe de rock en tournée aux États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fanzines rock et leurs rédacteurs en Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BLUSH, Steven. 2001. American Hardcore. A tribal history. Los Angeles : Feral House.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (1), pp.134-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « stoner rock ». Exemple de constitution d’un courant musical en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (1), pp.47-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vies et aventures extra-ordinaires au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les éditions du Cerveau-lent. Les éditions du Cerveau-lent, 1, pp.94, 2025, Gens d'Ici, 979-10-981003-3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Bitcherland, 2024, Fabien Hein, 979-10-415-3640-5. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-0c1118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecopunk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dom Blake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions le Passager clandestin, pp.228, 2016, 978-2-36935-036-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do It Yourself ! Autodétermination et culture punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Passager clandestin, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma petite entreprise punk. Sociologie du système D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kicking Books, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde du rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mélanie Seteun / Irma, pp.368, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00222085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock et religion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autour du livre, pp.160, 2006, Cahiers du rock</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00218240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hard Rock, Heavy Metal, Metal. Histoire, cultures et pratiquants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mélanie Séteun. IRMA, 2003, Musique et Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature des sols et leurs usages. Quels impacts sur la maladie de Lyme dans le Pays de Bitche ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bauda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Aran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Lett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Maul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.120-122, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démographie et cadre de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-135, Presses Universitaires du Bitcherland, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une raréfaction des services publics au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Pays de Bitche, pp. 143-145, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élus du Pays de Bitche et leur corps électoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp. 174-178, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.66-67, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques économiques du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp. 136-138, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre éveillé. La pratique punk et la pensée écologique comme expériences philosophiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser avec le punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.93-106, 2022, laviedesidées.fr, 978-2-13-083388-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction &amp;quot;Penser avec le punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guesde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser avec le punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.5-11, 2022, laviedesidées.fr, 978-2-13-083388-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose du risque au risque de la métamorphose : perception, anticipation, transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antigone Mouchtouris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métamorphoses du monde contemporain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Cygne, pp.9-25, 2021, 978-2-84924-668-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punk entrepreneurship in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France: Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2017, Routledge Global Popular Music Series, 9781138793040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique expérimentale + Musique metal = expérimetal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthieu Saladin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'expérience de l'expérimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Presses du réel, pp.134-157, 2015, Ohcetecho 978-2-84066-721-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do It Yourself</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hoël Duret; Teschner F.; De Montgolfier C.; Korth N. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I Can Do Anything Badly 2 : Learning by doing is a shared responsibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Naïca, pp.3-29, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les économies du DIY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Étienne Delprat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Système DIY : faire soi-même à l'ère du 2.0 : boîte à outils &amp; catalogue de projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alternatives, pp.212-215, 2013, 978-2-86227-803-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le régime d’action punk. Ou comment le registre de l’action élimine le registre de la discrimination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GALLORO, Piero; MOUCHTOURIS, Antigone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunesse et discrimination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Perpignan, pp.151-168, 2012, Études</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manager à l’épreuve de la transvaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GONSETH, Marc-Olivier; KNODEL, Bernard; LAVILLE, Yann; MAYOR, Grégoire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bruits. Échos du patrimoine culturel immatériel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée d’Ethnographie de Neuchâtel, pp.306-312, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rock, une musique subversive ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MASTOR, Wanda; MARGUENAUD, Jean-Pierre; MARCHADIER, Fabien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Rock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, pp.31-43, 2011, Thèmes &amp; commentaires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The issue of musical genres in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Guern Philippe; Dauncey Hugh. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereo : Comparative Perspectives on the Sociological Study of Popular Music in France and Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate, pp.153-17, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question des genres musicaux en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Guern Philippe; Dauncey Hugh. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stéréo. Sociologie comparée des musiques populaires France / G.-B.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRMA, pp.157-176, 2008, Musique et Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « stoner rock » ou la renaissance des 70’s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUTHEIL PESSIN, Catherine; PESSIN, Alain; ANCEL, Pascale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rites et rythmes de l’œuvre 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.177-186, 2005, Logiques Sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les emplois-jeunes dans le monde du rock en Lorraine. Facteurs de changement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CHAMPY-REMOUSSENARD, Patricia; MEYER, Vincent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Être emploi-jeune et après ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.93-109, 2005, Questions d’éducation et de formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du « faux-départ » de l’armée à la création de l’Observatoire Hommes Milieux « Pays de Bitche »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mathis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loger et déloger l'armée au fil des siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Denis Mathis; Laurent Jalabert; Emmanuel Chiffre, Mar 2024, Nancy &amp; Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une armée de terre en transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Expertises &amp; Transitions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2L2S, Jun 2023, Metz (Université de Lorraine), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La trajectoire énergétique des habitants du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Landwerlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution annuel de l'Observatoire Hommes-Milieux "Pays de Bitche"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire Hommes-Milieux "Pays de Bitche", Nov 2023, Petit-Réderching, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sonore comme indicateur des mutations d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e séminaire de restitution annuel de l'OHM Pays de Bitche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabien Hein, Nov 2023, Petit-Réderching, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de contamination des idées environnementales à la lumière des élections au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième séminaire de restitution des travaux de l’OHM Pays de Bitche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03611737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des élus du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Campagne Première, journées professionnelles arts, design &amp; innovation en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haute école des arts du Rhin; École nationale supérieure des Arts Décoratifs, Sep 2022, Meisenthal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ruine comme processus, une approche socio-anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles trajectoires pour les ruines de guerre ? Lire la ruine dans le paysage : les enjeux autour de l’enfrichement et de l’enruinement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Loterr; Observatoire Hommes-Milieux "Pays de Bitche", Oct 2022, Nancy-Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théories et expériences de transitions ou de quoi les transitions sont-elles le nom ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expertises &amp; Transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences/Society interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, Oct 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutations des services publics au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do it yourself, conscience écologique et retour à la terre : modes de vie en contexte anarcho-punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologiser la société, matérialiser le politique. Mouvements sociaux et transitions vers la durabilité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme ANR Symbios. Les mouvements de transition vers une société frugale., Jun 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des élu(e)s du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM-OHM Pays de Bitche, May 2018, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approach to building interdisciplinarity through the creation of ”Bitche county” OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, May 2017, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations hommes-milieux au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM-OHM Pays de Bitche, May 2017, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations sciences-société dans la littérature : Éléments pour les OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualités de l’OHM Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liens Sciences/Société : Pratiques et perspectives pour les OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse de l’OHM Pays de Bitche : retour sur un processus de mise en oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels liens Science- Société dans les OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Davy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les liens sciences-société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Observatoire Hommes-Milieux &amp;quot;Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, Jun 2015, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OHM « Pays de Bitche »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DU VERT, DU NOIR ET DU PUNK ROCK : ANARCHO-PUNK & ECOLOGIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gardiens de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Reclusiennes, Jul 2014, Sainte-Foy-la-Grande, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Observatoires Hommes-Milieux et le LabEx DRIIHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Badariotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Bedell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEPR One Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-821985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attractivité - Qu’est-ce qu’un territoire attractif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une forêt de flux et de débit comme symptôme de l’accélération sociale et technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03845190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Environment Observatory (OHM) Bitche County</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de contamination des idées environnementales à la lumière des élections au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Observatoire Hommes-Milieux "Pays de Bitche". 2022, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mutations des services publics au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Labex DRIIHM; Observatoire Hommes-Milieux "Pays de Bitche". 2019, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des élu.e.s du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Labex DRIIHM; Observatoire Hommes-Milieux "Pays de Bitche". 2018, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations hommes-milieux au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Observatoire Hommes-Milieux "Pays de Bitche". 2017, pp.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête par questionnaire sur la réception de la mise en lumière du haut fourneau d’Uckange : « Tous les soleils », œuvre de Claude Lévêque. Rapport de recherche : DRAC de Lorraine, Metz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Tornatore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Drac Lorraine. 2009, pp.1-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude comparée des mondes du rock au Québec et en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bibliothèque Nationale du Québec, Montréal. 2005, pp.1-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes de la pratique rock en Lorraine. Groupes de rock, répétitions, concerts, enregistrements et distribution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Mission du Patrimoine ethnologique. 2001, pp.1-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punk Rock Entrepreneurship in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études metal/Metal Studies, une bibliographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahn-Harris Keith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), pp.19-30, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les scènes metal. Sciences sociales et pratiques culturelles radicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), 2006, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde du rock en Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Paul Verlaine - Metz, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2004METZ003L⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01750229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId122"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabien Hein </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche socio-anthropologique de la RAP. Le paradigme du don comme levier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelle revue de psychosociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (1), pp.131-143. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/nrp.039.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles dans la scène punk rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sens-Dessous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Trouble, 27 (1), pp.163-170. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sdes.027.0163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fondements culturels de l’action entrepreneuriale. L’exemple des labels punk rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016/1 (16), pp.183 - 200. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.016.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise anarchiste. L’exemple de la scène anarcho-punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dissidences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Anarchismes, nouvelles approches, nouveaux débats, 14, pp.91- 101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bien plus que de la musique ! Le punk rock comme force de participation sociale et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, La participation sociale et politique au quotidien, 71, pp.143-158. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1024743ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le DIY comme dynamique contre-culturelle ? L’exemple de la scène punk rock.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1 (9), pp.109-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fan comme travailleur : les activités méconnues d’un coproducteur dévoué.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie du Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 53 (1), pp.37-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METALLICA STUDIES : PILLSBURY, Glen T. 2006. Damage Incorporated. Metallica and the production of musical identity. New York, NY : Routledge, & IRWIN, William. Sous la dir. 2007. Metallica and Philosophy. A crash course in brain surgery. Malden, MA : Blackwell Publishing, coll. Philosophy and PopCulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (2), pp.190-198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KAHN-HARRIS, Keith D. 2007. Extreme metal. Music and culture on the edge. Oxford : Berg.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 5 (2), pp.183-186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metal. Une culture de la transgression sonore. Entretien avec Marc Touché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Touché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (2), pp.137-152. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le critique rock, le fanzine et le magazine : « Ça s’en va et ça revient »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (1), pp.83-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des productions culturelles rock. Étude comparée entre la presse musicale québécoise et française.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intersections: Canadian Journal of Music/Revue canadienne de musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 25 (1-2), pp.23-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BUDDE, Dirk. 1997. Take three Chords... Punkrock und die entwicklung zum american hardcore. Karben, Coda.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (2), pp.162-163</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SEGRÉ, Gabriel. 2003. Le culte Presley. Paris : PUF, coll. Sociologie d’aujourd’hui.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3 (1), pp.121-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnographie d’un groupe de rock en tournée aux États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fanzines rock et leurs rédacteurs en Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BLUSH, Steven. 2001. American Hardcore. A tribal history. Los Angeles : Feral House.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (1), pp.134-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « stoner rock ». Exemple de constitution d’un courant musical en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 1 (1), pp.47-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vies et aventures extra-ordinaires au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les éditions du Cerveau-lent. Les éditions du Cerveau-lent, 1, pp.94, 2025, Gens d'Ici, 979-10-981003-3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05393707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires du Bitcherland, 2024, Fabien Hein, 979-10-415-3640-5. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-0c1118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecopunk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dom Blake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions le Passager clandestin, pp.228, 2016, 978-2-36935-036-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do It Yourself ! Autodétermination et culture punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Passager clandestin, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma petite entreprise punk. Sociologie du système D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kicking Books, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde du rock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mélanie Seteun / Irma, pp.368, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00222085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock et religion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autour du livre, pp.160, 2006, Cahiers du rock</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00218240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hard Rock, Heavy Metal, Metal. Histoire, cultures et pratiquants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mélanie Séteun. IRMA, 2003, Musique et Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du « faux-départ » de l’armée à la création de l’Observatoire Hommes Milieux « Pays de Bitche »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mathis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loger et déloger l'armée au fil des siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Denis Mathis; Laurent Jalabert; Emmanuel Chiffre, Mar 2024, Nancy &amp; Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sonore comme indicateur des mutations d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e séminaire de restitution annuel de l'OHM Pays de Bitche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabien Hein, Nov 2023, Petit-Réderching, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une armée de terre en transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire « Expertises &amp; Transitions »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2L2S, Jun 2023, Metz (Université de Lorraine), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La trajectoire énergétique des habitants du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Landwerlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution annuel de l'Observatoire Hommes-Milieux "Pays de Bitche"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire Hommes-Milieux "Pays de Bitche", Nov 2023, Petit-Réderching, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des élus du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Campagne Première, journées professionnelles arts, design &amp; innovation en milieu rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Haute école des arts du Rhin; École nationale supérieure des Arts Décoratifs, Sep 2022, Meisenthal, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ruine comme processus, une approche socio-anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles trajectoires pour les ruines de guerre ? Lire la ruine dans le paysage : les enjeux autour de l’enfrichement et de l’enruinement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Loterr; Observatoire Hommes-Milieux "Pays de Bitche", Oct 2022, Nancy-Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04323070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de contamination des idées environnementales à la lumière des élections au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième séminaire de restitution des travaux de l’OHM Pays de Bitche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03611737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théories et expériences de transitions ou de quoi les transitions sont-elles le nom ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expertises &amp; Transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences/Society interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, Oct 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutations des services publics au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do it yourself, conscience écologique et retour à la terre : modes de vie en contexte anarcho-punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologiser la société, matérialiser le politique. Mouvements sociaux et transitions vers la durabilité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Programme ANR Symbios. Les mouvements de transition vers une société frugale., Jun 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des élu(e)s du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM-OHM Pays de Bitche, May 2018, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approach to building interdisciplinarity through the creation of ”Bitche county” OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, May 2017, Aveiro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations hommes-milieux au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM-OHM Pays de Bitche, May 2017, Bitche, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les liens sciences-société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations sciences-société dans la littérature : Éléments pour les OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualités de l’OHM Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liens Sciences/Société : Pratiques et perspectives pour les OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse de l’OHM Pays de Bitche : retour sur un processus de mise en oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels liens Science- Société dans les OHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Davy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Observatoire Hommes-Milieux &amp;quot;Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Labex DRIIHM, Jun 2015, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OHM « Pays de Bitche »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DU VERT, DU NOIR ET DU PUNK ROCK : ANARCHO-PUNK & ECOLOGIE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gardiens de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Reclusiennes, Jul 2014, Sainte-Foy-la-Grande, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature des sols et leurs usages. Quels impacts sur la maladie de Lyme dans le Pays de Bitche ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bauda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Aran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Lett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Maul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.120-122, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démographie et cadre de vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.133-135, Presses Universitaires du Bitcherland, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une raréfaction des services publics au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Pays de Bitche, pp. 143-145, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élus du Pays de Bitche et leur corps électoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp. 174-178, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp.66-67, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques économiques du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Hein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Pays de Bitche, un territoire en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Bitcherland, pp. 136-138, 2024, 979-10-415-3640-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre éveillé. La pratique punk et la pensée écologique comme expériences philosophiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser avec le punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.93-106, 2022, laviedesidées.fr, 978-2-13-083388-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction &amp;quot;Penser avec le punk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Guesde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser avec le punk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.5-11, 2022, laviedesidées.fr, 978-2-13-083388-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose du risque au risque de la métamorphose : perception, anticipation, transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antigone Mouchtouris. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métamorphoses du monde contemporain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Cygne, pp.9-25, 2021, 978-2-84924-668-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punk entrepreneurship in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gérôme Guibert; Catherine Rudent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in France: Studies in Popular Music</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2017, Routledge Global Popular Music Series, 9781138793040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01624566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique expérimentale + Musique metal = expérimetal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthieu Saladin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'expérience de l'expérimentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Presses du réel, pp.134-157, 2015, Ohcetecho 978-2-84066-721-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do It Yourself</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hoël Duret; Teschner F.; De Montgolfier C.; Korth N. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">I Can Do Anything Badly 2 : Learning by doing is a shared responsibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Naïca, pp.3-29, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01622089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les économies du DIY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Étienne Delprat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Système DIY : faire soi-même à l'ère du 2.0 : boîte à outils &amp; catalogue de projets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alternatives, pp.212-215, 2013, 978-2-86227-803-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01611565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le régime d’action punk. Ou comment le registre de l’action élimine le registre de la discrimination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GALLORO, Piero; MOUCHTOURIS, Antigone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunesse et discrimination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Perpignan, pp.151-168, 2012, Études</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manager à l’épreuve de la transvaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">GONSETH, Marc-Olivier; KNODEL, Bernard; LAVILLE, Yann; MAYOR, Grégoire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bruits. Échos du patrimoine culturel immatériel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée d’Ethnographie de Neuchâtel, pp.306-312, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rock, une musique subversive ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MASTOR, Wanda; MARGUENAUD, Jean-Pierre; MARCHADIER, Fabien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Rock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalloz, pp.31-43, 2011, Thèmes &amp; commentaires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The issue of musical genres in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Guern Philippe; Dauncey Hugh. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stereo : Comparative Perspectives on the Sociological Study of Popular Music in France and Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate, pp.153-17, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question des genres musicaux en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Guern Philippe; Dauncey Hugh. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stéréo. Sociologie comparée des musiques populaires France / G.-B.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRMA, pp.157-176, 2008, Musique et Société</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « stoner rock » ou la renaissance des 70’s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DUTHEIL PESSIN, Catherine; PESSIN, Alain; ANCEL, Pascale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rites et rythmes de l’œuvre 1</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.177-186, 2005, Logiques Sociales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les emplois-jeunes dans le monde du rock en Lorraine. Facteurs de changement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CHAMPY-REMOUSSENARD, Patricia; MEYER, Vincent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Être emploi-jeune et après ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.93-109, 2005, Questions d’éducation et de formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Observatoires Hommes-Milieux et le LabEx DRIIHM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Lise Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Badariotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Bedell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PEPR One Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-821985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attractivité - Qu’est-ce qu’un territoire attractif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une forêt de flux et de débit comme symptôme de l’accélération sociale et technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03845190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-Environment Observatory (OHM) Bitche County</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Pardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de contamination des idées environnementales à la lumière des élections au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Observatoire Hommes-Milieux "Pays de Bitche". 2022, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mutations des services publics au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Labex DRIIHM; Observatoire Hommes-Milieux "Pays de Bitche". 2019, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des élu.e.s du Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Labex DRIIHM; Observatoire Hommes-Milieux "Pays de Bitche". 2018, pp.11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations hommes-milieux au Pays de Bitche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Observatoire Hommes-Milieux "Pays de Bitche". 2017, pp.34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête par questionnaire sur la réception de la mise en lumière du haut fourneau d’Uckange : « Tous les soleils », œuvre de Claude Lévêque. Rapport de recherche : DRAC de Lorraine, Metz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Tornatore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Drac Lorraine. 2009, pp.1-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude comparée des mondes du rock au Québec et en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bibliothèque Nationale du Québec, Montréal. 2005, pp.1-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les formes de la pratique rock en Lorraine. Groupes de rock, répétitions, concerts, enregistrements et distribution.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Mission du Patrimoine ethnologique. 2001, pp.1-108</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Punk Rock Entrepreneurship in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jedediah Sklower</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études metal/Metal Studies, une bibliographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahn-Harris Keith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Copyright Volume ! </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), pp.19-30, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les scènes metal. Sciences sociales et pratiques culturelles radicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérôme Guibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Volume ! La revue des musiques populaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5 (2), 2006, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/volume.456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03222912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde du rock en Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Paul Verlaine - Metz, 2004. Français. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2004METZ003L⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01750229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId122"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085977v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nrp.039.0131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222085v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdes.027.0163" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01628559v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.016.0183" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01627585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01625189v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024743ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222162v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223005v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223008v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222954v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222921v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Touch&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Guibert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.539" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222961v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223021v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223014v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222991v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222998v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223028v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393707v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500258v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-0c1118" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01622251v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dom Blake" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222216v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222220v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00222085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00218240v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222238v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04764647v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boulanger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lett" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747373v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747376v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747731v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04764553v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747374v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770281v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770312v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guesde" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543903v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01624566v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01622177v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01622089v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01611565v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222174v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222199v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222205v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222187v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222898v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222971v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222982v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04529830v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323143v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323021v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Landwerlin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04764778v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611737v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323097v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323070v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234924v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235086v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235128v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234977v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235118v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235059v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235105v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618869v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pardo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618594v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618838v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618854v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618864v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Davy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235040v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235018v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618330v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03234904v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161469v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Badariotti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bedell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-821985" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678681v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845190v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423978v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595110v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222842v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222500v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222375v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223046v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Tornatore" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223054v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223060v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189932v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jedediah Sklower" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222949v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahn-Harris Keith" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222912v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.456" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750229v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004METZ003L" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085977v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hein" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nrp.039.0131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222085v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sdes.027.0163" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01628559v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.016.0183" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01627585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01625189v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1024743ar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222162v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223008v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223005v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222921v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Touch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;r&#244;me Guibert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.539" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222954v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222961v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223014v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223021v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222991v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222998v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223028v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393707v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500258v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-0c1118" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01622251v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dom Blake" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222216v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222220v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00222085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00218240v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222238v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04529830v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04764778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323143v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323021v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Landwerlin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323097v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323070v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611737v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234924v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235086v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235128v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234977v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235118v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235059v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235105v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235040v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pardo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618869v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618594v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618838v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618854v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618864v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Davy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235018v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618330v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03234904v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04764647v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boulanger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aran" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lett" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maul" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747373v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747376v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747731v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04764553v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04747374v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770281v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770312v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guesde" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543903v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01624566v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01622177v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01622089v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01611565v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222174v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222199v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222205v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222187v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222898v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222971v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222982v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161469v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Badariotti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bedell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-821985" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678681v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845190v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423978v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595110v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222842v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222500v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222375v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223046v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Tornatore" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223054v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223060v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189932v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jedediah Sklower" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222949v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahn-Harris Keith" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222912v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/volume.456" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750229v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004METZ003L" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>