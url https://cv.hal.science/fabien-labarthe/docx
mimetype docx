--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -66,1437 +66,1541 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actes de l'atelier « La place des usagères et usagers dans les outils de fouille et d'exploration de données » (PAUL)</w:t>
+                <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Darmont</w:t>
+                <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Favre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Venturini</w:t>
+                <w:t xml:space="preserve">Françoise Paquienséguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e conférence francophone sur l'Extraction et la Gestion des Connaissances (EGC)</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+              <w:t xml:space="preserve">Politique d'usage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions des archives contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Coll. Ère numérique - Lab. ELICO, 9782813001382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.9782813003362⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04509930v1</w:t>
+                <w:t xml:space="preserve">hal-05548480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tournant des usages dans les politiques d’aide à l’innovation : vers une nouvelle forme de partenariat Université-Entreprise ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Draetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Numérique au cœur des partenariats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TIC et systèmes régionaux d'innovation: vers quels changements ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Draetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stratégies du changement dans les systèmes et les territoires. Enjeux et usages des technologies de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construction de sens de la datavisualisation au regard des usager·ères non-expert·es : prétentions communicationnelles, matérialités sémiotiques et registres appréciatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiffany Andry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Deley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approches Théoriques en Information-Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, volume 1 (8), p. 55 à 82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apprentissage du développement web à l'épreuve des &amp;quot;pédagogies innovantes&amp;quot;. Enquête sur une formation au sein de la Grande Ecole du Numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RESET. Recherches en sciences sociales sur Internet</w:t>
+              <w:t xml:space="preserve">Recherches en sciences sociales sur Internet/Social science research on the Internet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/reset.4206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Grande Ecole du Numérique : en quête d’empowerment ? Une approche par les capacités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Delorme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terminal. Technologie de l’information, culture &amp; société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 125-126, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/terminal.5370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le décisionnel pour toutes et tous ? Retour sur les ambitions transformatrices d’un projet de recherche visant la démocratisation d’un outil d’analyse des données numériques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiffany Andry</w:t>
+                <w:t xml:space="preserve">Actes de l'atelier « La place des usagères et usagers dans les outils de fouille et d'exploration de données » (PAUL)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Darmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Venturini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intersections du design 2022 : Le design dans la démocratie</w:t>
-[...142 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">24e conférence francophone sur l'Extraction et la Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Dijon, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Draetta</w:t>
-[...54 lines deleted...]
-                <w:t xml:space="preserve">hal-04578761v1</w:t>
+                <w:t xml:space="preserve">hal-04509930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction de la journée d'étude : conception, réception, capacitation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le décisionnel pour toutes et tous ? Retour sur les ambitions transformatrices d’un projet de recherche visant la démocratisation d’un outil d’analyse des données numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Andry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intersections du design 2022 : Le design dans la démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guillaume Blum; Thomas Coulombe-Morency; Philippe Gauthier, May 2022, Montreal, Canada. pp.212-227</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le décisionnel pour toutes et tous ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Andry</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Intersections du design - 3ème édition - Le design dans la démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guillaume Blum, Thomas Coulombe-Morency et Philippe Gauthier, May 2022, Montréal (Québec), Canada. pp.196-211</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Living Labs at the test of user-centered innovation - Proposal of a methodological framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffany Andry</w:t>
+                <w:t xml:space="preserve">Laura Draetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-04777341v1</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th IEEE International Technology Management Conference (ICE) (2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Lugano, Switzerland, Switzerland. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICE.2010.7477034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empowerment en régime numérique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Introduction de la journée d'étude : conception, réception, capacitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...40 lines deleted...]
-                <w:t xml:space="preserve">hal-04736233v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Andry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démocratiser la culture multimédia ? Usages et apprentissages en milieu populaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Empowerment en régime numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-04736382v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Trainoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">125-126, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terminal.4783⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tournant des usages dans les politiques d’aide à l’innovation : vers une nouvelle forme de partenariat Université-Entreprise ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Démocratiser la culture multimédia ? Usages et apprentissages en milieu populaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...107 lines deleted...]
-                <w:t xml:space="preserve">hal-02942395v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions de la Maison des sciences de l’homme. , 180 p., 2013, praTICs, 978-2-7351-1632-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionsmsh.2024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les TIC de la démocratisation culturelle. Principes d'action, accès en public et compétences plurielles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Labarthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'information et de la communication. Université d'Avignon et des Pays de Vaucluse, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01432396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1643,51 +1747,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509930v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darmont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Favre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Labarthe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Venturini" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736204v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Andry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonaccorsi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deley" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718948v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.4206" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736216v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Delorme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.5370" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736281v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714260v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04578761v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Draetta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE.2010.7477034" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777341v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736233v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Trainoir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.4783" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736382v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02942393v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02942395v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01432396v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548480v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Labarthe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquiens&#233;guy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/collections/43" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813003362" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02942393v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Draetta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02942395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736204v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Andry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonaccorsi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Deley" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718948v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reset.4206" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736216v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Delorme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.5370" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509930v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darmont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Favre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Venturini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736281v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714260v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04578761v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE.2010.7477034" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736233v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Trainoir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terminal.4783" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736382v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsmsh.2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01432396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>