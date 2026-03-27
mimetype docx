--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -234,1213 +234,1213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05359316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting non-neutral modules in species co-occurrence data: principles and application to plant communities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Laroche</w:t>
+                <w:t xml:space="preserve">Corrigendum to “Spatial distribution of tree-related microhabitats in European beech-dominated forests” [Biol. Conserv. 301 (2025) 110867 10.1016/j.biocon.2024.110867]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bodil K Ehlers</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Courbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inken Doerfler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gouix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsos.241375⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 302, pp.110945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2024.110945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05193618v1</w:t>
+                <w:t xml:space="preserve">hal-04981225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape heterogeneity and pesticide reduction favor predation, but also grape infestation by Lobesia botrana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Tortosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Vialatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Rusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Entling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 35 (4), pp.e70045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/eap.70045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05100673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to “Spatial distribution of tree-related microhabitats in European beech-dominated forests” [Biol. Conserv. 301 (2025) 110867 10.1016/j.biocon.2024.110867]</w:t>
+                <w:t xml:space="preserve">Spatial distribution of tree-related microhabitats in European beech-dominated forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Courbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inken Doerfler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 302, pp.110945. </w:t>
+              <w:t xml:space="preserve">, 2025, 301, pp.110867. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2024.110945⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2024.110867⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04981225v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial distribution of tree-related microhabitats in European beech-dominated forests</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bouget</w:t>
+                <w:t xml:space="preserve">Detecting non-neutral modules in species co-occurrence data: principles and application to plant communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Courbaud</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bodil K Ehlers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 301, pp.110867. </w:t>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (7), pp.241375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2024.110867⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsos.241375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808236v1</w:t>
+                <w:t xml:space="preserve">hal-05193618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoid non‐probability sampling to select population monitoring sites: Comment on McClure and Rolek (2023)</w:t>
+                <w:t xml:space="preserve">Pólya-splitting distributions as stationary solutions of multivariate birth-death processes under extended neutral theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Perret</w:t>
+                <w:t xml:space="preserve">Jean Peyhardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Papuga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Besnard</w:t>
+                <w:t xml:space="preserve">Frederic Mortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/2041-210x.14380⟩</w:t>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 582, pp.111755. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2024.111755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04652397v1</w:t>
+                <w:t xml:space="preserve">hal-03888261v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des performances de solutions GNSS Real Time Kinematic commerciales et open source pour la géolocalisation des arbres en forêt</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tree inventory data from permanent plots in F rench forest reserves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Cateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilfried Heintz</w:t>
+                <w:t xml:space="preserve">Nicolas Debaive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Molina</w:t>
+                <w:t xml:space="preserve">Nicolas Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Ladet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Larrieu</w:t>
+                <w:t xml:space="preserve">Flavien Chantreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laroche Fabien</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Gilg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 01, 10p. </w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105 (7), pp.e4324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/novae-2024-NO-art01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ecy.4324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04546716v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pólya-splitting distributions as stationary solutions of multivariate birth-death processes under extended neutral theory</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient sampling designs to assess biodiversity spatial autocorrelation: should we go fractal?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Mortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2024.111755⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4, pp.e76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03888261v2</w:t>
+                <w:t xml:space="preserve">hal-04700974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree inventory data from permanent plots in F rench forest reserves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Disentangling fine‐ and large‐scale colonization processes in metapopulation dynamics: a case study on a threatened epiphytic bryophyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Percel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Cateau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yann Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ecy.4324⟩</w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (3), pp.e10052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.10052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04618705v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient sampling designs to assess biodiversity spatial autocorrelation: should we go fractal?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Laroche</w:t>
+                <w:t xml:space="preserve">Évaluation des performances de solutions GNSS Real Time Kinematic commerciales et open source pour la géolocalisation des arbres en forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Ladet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laroche Fabien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4, pp.e76. </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 01, 10p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/novae-2024-NO-art01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700974v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04546716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling fine‐ and large‐scale colonization processes in metapopulation dynamics: a case study on a threatened epiphytic bryophyte</w:t>
+                <w:t xml:space="preserve">Avoid non‐probability sampling to select population monitoring sites: Comment on McClure and Rolek (2023)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendoline Percel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bouget</w:t>
+                <w:t xml:space="preserve">Jan Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Gosselin</w:t>
+                <w:t xml:space="preserve">Guillaume Papuga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Dumas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Laroche</w:t>
+                <w:t xml:space="preserve">Aurélien Besnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2024 (3), pp.e10052. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (9), pp.1296-1301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/oik.10052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210x.14380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390097v1</w:t>
+                <w:t xml:space="preserve">hal-04652397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are the remnants of old-growth mountain forests always relevant to inspire close-to-nature forest management and efficient biodiversity conservation?</w:t>
               </w:r>
@@ -1465,64 +1465,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Corriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ladet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 279 (March), </w:t>
@@ -1645,1122 +1645,1122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of homogamy in a two-loci stochastic population model</w:t>
+                <w:t xml:space="preserve">Dispersers’ habitat detection and settling abilities modulate the effect of habitat amount on metapopulation resilience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Coron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manon Costa</w:t>
+                <w:t xml:space="preserve">Louise Riotte-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charline Smadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.30757/ALEA.v18-21⟩</w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36, pp.675-684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10980-021-01197-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02043536v1</w:t>
+                <w:t xml:space="preserve">hal-03138662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beta redundancy for functional ecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Ricotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evsey Kosman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pavoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (6), pp.1062-1069. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/2041-210X.13587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03463567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispersers’ habitat detection and settling abilities modulate the effect of habitat amount on metapopulation resilience</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les changements climatiques : conséquences pour la biodiversité forestière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La voix de la forêt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 84, pp.50-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03138662v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les changements climatiques : conséquences pour la biodiversité forestière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emergence of homogamy in a two-loci stochastic population model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Coron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bouget</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Leman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Smadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La voix de la forêt</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ALEA : Latin American Journal of Probability and Mathematical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18, pp.469-508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30757/ALEA.v18-21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542072v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement climatique : la biodiversité forestière à la croisée des enjeux de conservation et d’atténuation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Gosselin</w:t>
+                <w:t xml:space="preserve">Assessing metacommunity processes through signatures in spatiotemporal turnover of community composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Jabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Arthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Crabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.3.15⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (9), pp.1330-1339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.13523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02617460v1</w:t>
+                <w:t xml:space="preserve">hal-02942285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of European forests to safeguard wild honeybee populations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyzing snapshot diversity patterns with the Neutral Theory can show functional groups’ effects on community assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Violle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Taudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/conl.12693⟩</w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (4), pp.e02977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ecy.2977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569094v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02553988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing snapshot diversity patterns with the Neutral Theory can show functional groups’ effects on community assembly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From alpha to beta functional and phylogenetic redundancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Ricotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Munoz</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">László Szeidl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Pavoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ecy.2977⟩</w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (4), pp.487-493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.13353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02553988v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing metacommunity processes through signatures in spatiotemporal turnover of community composition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Jabot</w:t>
+                <w:t xml:space="preserve">Changement climatique : la biodiversité forestière à la croisée des enjeux de conservation et d’atténuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.13523⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33, pp.84-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.3.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02942285v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From alpha to beta functional and phylogenetic redundancy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlo Ricotta</w:t>
+                <w:t xml:space="preserve">Contribution of European forests to safeguard wild honeybee populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Requier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Paillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rutschmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">László Szeidl</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jie Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (4), pp.487-493. </w:t>
+              <w:t xml:space="preserve">Conservation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (2), pp.e12693. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.13353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/conl.12693⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917071v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02569094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scale of saproxylic beetles response to landscape structure depends on their habitat stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Landscape Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 34 (8), pp.1905-1918. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2937,51 +2937,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tadeu Siqueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Pavoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 99 (5), pp.1173-1183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3009,278 +3009,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02551812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ecolottery : Simulating and assessing community assembly with environmental filtering and neutral dynamics in R</w:t>
+                <w:t xml:space="preserve">The larger, the better? Effects of delayed diameter-limit cutting on old-growth attributes and saproxylic beetle diversity in temperate oak forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Munoz</w:t>
+                <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Grenié</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adrien Taudière</w:t>
+                <w:t xml:space="preserve">G. Parmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.12918⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Forest Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 137 (2), pp.237-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10342-018-1103-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02411767v1</w:t>
+                <w:t xml:space="preserve">hal-02608431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The larger, the better? Effects of delayed diameter-limit cutting on old-growth attributes and saproxylic beetle diversity in temperate oak forests</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ecolottery : Simulating and assessing community assembly with environmental filtering and neutral dynamics in R</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Percel</w:t>
+                <w:t xml:space="preserve">Matthias Grenié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Parmain</w:t>
+                <w:t xml:space="preserve">Pierre Denelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Taudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Forest Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 137 (2), pp.237-249. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (3), pp.693-703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10342-018-1103-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.12918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608431v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02411767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of species-genetic diversity correlations to the understanding of community assembly rules</w:t>
               </w:r>
@@ -3305,51 +3305,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Massol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jarne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3390,377 +3390,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01715468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraspecific genetic variation and species coexistence in plant communities</w:t>
+                <w:t xml:space="preserve">The effects of archipelago spatial structure on island diversity and endemism: predictions from a spatially-structured neutral model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ehlers</w:t>
+                <w:t xml:space="preserve">Fanny Gascuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.K. Damgaard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Laroche</w:t>
+                <w:t xml:space="preserve">A.S. Bonnet Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S.L. Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2015.0853⟩</w:t>
+              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 70 (11), pp.2657-2666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/evo.13067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603367v1</w:t>
+                <w:t xml:space="preserve">hal-02605471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of archipelago spatial structure on island diversity and endemism: predictions from a spatially-structured neutral model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The evolution of the competition– dispersal trade-off affects alpha-and beta-diversity in a heterogeneous metacommunity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A.S. Bonnet Lebrun</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jarne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S.L. Rodrigues</w:t>
+                <w:t xml:space="preserve">Thomas Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Massol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution - International Journal of Organic Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/evo.13067⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 283 (1829), pp.20160548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2016.0548⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02605471v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01344735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of the competition– dispersal trade-off affects alpha-and beta-diversity in a heterogeneous metacommunity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intraspecific genetic variation and species coexistence in plant communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ehlers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.K. Damgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francois Massol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 283 (1829), pp.20160548. </w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (1), pp.7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2016.0548⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2015.0853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344735v1</w:t>
+                <w:t xml:space="preserve">hal-02603367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A neutral theory for interpreting correlations between species and genetic diversity in communities</w:t>
               </w:r>
@@ -3798,51 +3798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Massol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The American Naturalist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 185, pp.59-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3981,2131 +3981,2131 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/ro/2011102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00601443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cours (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une typologie théorique des indices d'hétérogénéité paysagère pour la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">École thématique. Séminaire inter-département INRAE ECODIV-AgroEcoSystem « Dynamique spatio-temporelle des systèmes hétérogènes et biodiversifiés : de la compréhension à l’action », Paris, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cours</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding species neutral modules with co-occurence data: principles and application to plant communities</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">SONGBIRDS Suivi des Oiseaux Nicheurs Généralistes, de la BIodiversité Rurale et de sa Dynamique Spatio-temporelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Calatayud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Cauchoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cottais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Funosas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE2 Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de la Zone Atelier Pyrénées Garonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ZA PyGar, Nov 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04752824v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SONGBIRDS Suivi des Oiseaux Nicheurs Généralistes, de la BIodiversité Rurale et de sa Dynamique Spatio-temporelle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Funosas</w:t>
+                <w:t xml:space="preserve">Landscape heterogeneity and pesticide reduction favor predation, but also grape infestation by Lobesia botrana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Tortosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Vialatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Rusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin H Entling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de la Zone Atelier Pyrénées Garonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ZA PyGar, Nov 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">SFE² - International Congress in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Écologie et d'Évolution, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908188v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape heterogeneity and pesticide reduction favor predation, but also grape infestation by Lobesia botrana</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Finding species neutral modules with co-occurence data: principles and application to plant communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFE² - International Congress in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Écologie et d'Évolution, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">SFE2 Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764730v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04752824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How repeatable are communities in Fomes polypores?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Ardanuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE2 GfÖ EEF - International Conference on Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France. 24p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multivariate presence-absence distribution and the neutral theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR TheoMoDive - 2022 annual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Moulis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for optimal sampling design for landscape-scale biodiversity surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE² GfÖ EEF Joint meeting, International Conference on Ecological Sciences "Ecology and Evolution: New perspectives and societal challenges".</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La connectivité comme exemple d’interface recherche – gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congres annuel des Conservatoires des Espaces Naturels 2021 - Atelier 14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Tours, France. 21p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tree-related Microhabitat (TreM) spatial patterns in European beech-dominated forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Courbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulard Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Heintz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Kraus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. IUFRO world congress 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Curitiba, Brazil. 770 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conserver la biodiversité via l'extension de rotation en futaie feuillue : les ilots de vieillissement à l'épreuve des faits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Nusillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Parmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e rencontres annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Houffalize, Belgique. pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques échos de la recherche sur les coléoptères saproxyliques à Irstea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Moliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Nusillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Parmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion biennale du réseau naturaliste « entomologie » de l'ONF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Oléron, France. pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond the fragmentation debate in FOREST planning. How do habitat amount and spatial arrangement matter for saproxylic beetle diversity?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th European Congress of Conservation Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Jyväskylä, Finland. pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la CONFIGURATION et de l'HETEROGENEITE du paysage forestier sur la DIVERSITE des coléoptères saproxyliques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Mise en oeuvre d'une trame de vieux bois fonctionnelle : de la théorie à la pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Ecologie des Paysages de la Société Française d'Ecologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Toulouse, France. pp.32</w:t>
+              <w:t xml:space="preserve">Voyage d'étude IPAMAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Aydat, France. pp.41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608832v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en oeuvre d'une trame de vieux bois fonctionnelle : de la théorie à la pratique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Influence de la CONFIGURATION et de l'HETEROGENEITE du paysage forestier sur la DIVERSITE des coléoptères saproxyliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Voyage d'étude IPAMAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Aydat, France. pp.41</w:t>
+              <w:t xml:space="preserve">11e Rencontres annuelles du Groupe des Entomologistes Forestiers Francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Yenne, France. pp.38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02606768v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la CONFIGURATION et de l'HETEROGENEITE du paysage forestier sur la DIVERSITE des coléoptères saproxyliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Rencontres annuelles du Groupe des Entomologistes Forestiers Francophones</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Yenne, France. pp.38</w:t>
+              <w:t xml:space="preserve">Rencontres Ecologie des Paysages de la Société Française d'Ecologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Toulouse, France. pp.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02608834v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les îlots de vieillissement forestiers sont-ils des outils efficaces de conservation de la biodiversité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Parmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle conjointe de la Société Entomologique du Québec et de la Société de Protection des Plantes du Québec</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Nicolet, Canada. pp.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse bayésienne hiérarchique sur la dynamique spatio-temporelle d'une metapopulation . Applications aux populations férales de colza</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse bayésienne hiérarchique sur la dynamique spatio-temporelle d'une metapopulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Carpentier</w:t>
+                <w:t xml:space="preserve">Catherine Laredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Huet</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43è Journées de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, Gammarth, Tunisia. pp.1-6</w:t>
+              <w:t xml:space="preserve">, May 2011, Gammarth, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00705725v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02747259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse bayésienne hiérarchique sur la dynamique spatio-temporelle d'une metapopulation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse bayésienne hiérarchique sur la dynamique spatio-temporelle d'une metapopulation . Applications aux populations férales de colza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence F. Carpentier</w:t>
+                <w:t xml:space="preserve">C. Larédo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Huet</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43è Journées de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2011, Gammarth, Tunisie</w:t>
+              <w:t xml:space="preserve">, 2011, Gammarth, Tunisia. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747259v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00705725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les modèles hiérarchiques spatiaux-temporels : une modélisation intégrée du processus à l’observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Laredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de la dynamique spatio-temporelle d’une métapopulation sur réseau. Application au colza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence F. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Laredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Huet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Ecologie 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montpellier, France. 28 diapos</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02816409v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">hal-04797232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6136,77 +6136,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale informative priors to better predict the local occurrence rate of a rare tree-related microhabitat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cottais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Courbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6237,51 +6237,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient sampling designs to assess biodiversity spatial autocorrelation : should we go fractal ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6357,51 +6357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6490,51 +6490,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulard Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Peyrard, INRAE, France et Olivier Gimenez, CNRS, France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistical Approaches for Hidden Variables in Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
@@ -6624,51 +6624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulard Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Approches statistiques pour les variables cachées en écologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6747,51 +6747,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Block neutral models of Biodiversity to support Forest Management - Research questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6848,51 +6848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Balbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Grébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Jabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6990,51 +6990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Jabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Balbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7101,90 +7101,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les îlots de vieillissement forestiers sont-ils des outils efficaces de conservation de la biodiversité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Parmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Colloque Biologie de l'Insecte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Tours, France. pp.1, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7235,71 +7235,71 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying diversity patterns from genes to species within communities using a &amp;quot;quasi-neutral&amp;quot; theory.</w:t>
+                <w:t xml:space="preserve">Etude de patrons de diversité, des gènes aux espèces, dans les métacommunautés : apports d’une théorie quasi-neutre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Agronomy. AgroParisTech, 2014. English. </w:t>
+              <w:t xml:space="preserve">Agronomie. AgroParisTech, 2014. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014AGPT0060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -7481,51 +7481,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Collard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Ducup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mellado" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larrieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laroche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193618v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodil K Ehlers" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.241375" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05100673v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Tortosa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rusch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Entling" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.70045" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04981225v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Courbaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inken Doerfler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gouix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110945" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808236v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Courbaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110867" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652397v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Perret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Papuga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.14380" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546716v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heintz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Molina" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ladet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroche Fabien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2024-NO-art01" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888261v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peyhardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mortier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2024.111755" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618705v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cateau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debaive" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Drapier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Chantreau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gilg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4324" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.454" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04390097v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Percel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gosselin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10052" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000525v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Corriol" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.109954" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282966v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lenormand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.245" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043536v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Costa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leman" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Smadi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v18-21" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463567v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Ricotta" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evsey Kosman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pavoine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13587" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138662v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Riotte-Lambert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-021-01197-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542072v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617460v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.3.15" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569094v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rutschmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12693" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553988v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Taudi&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2977" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942285v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jabot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arthaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13523" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917071v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Szeidl" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13353" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609971v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-019-00857-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608391v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Paltto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ranius" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-018-4220-5" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551812v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Saito" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadeu Siqueira" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2197" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411767v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Munoz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Greni&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denelle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12918" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608431v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Percel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parmain" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10342-018-1103-6" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice David" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jarne" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.03997" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603367v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ehlers" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K. Damgaard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2015.0853" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605471v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gascuel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Bonnet Lebrun" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.L. Rodrigues" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.13067" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QRFL9XS2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344735v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Massol" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.0548" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110971v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/678990" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601443v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Benchimol" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benchimol" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chappert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de La Taille" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2011102" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04752824v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908188v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Calatayud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cauchoix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cottais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Funosas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764730v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H Entling" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03931425v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ardanuy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rose" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laroche" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799828v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885197v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799851v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737338v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulard Michel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kraus" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608408v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moliard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nusillard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608405v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608835v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608832v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606768v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608834v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608833v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705725v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lar&#233;do" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carpentier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747259v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laredo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Carpentier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751632v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816409v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797232v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829036v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799837v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236702v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Robert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Clement" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727287v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Froidevaux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119902799.ch10" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119902799.ch10" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845312v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Froidevaux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/approches-statistiques-pour-les-variables-cachees-en-ecologie/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9047.ch10" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884984v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609837v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balbi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gr&#233;bert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/640995" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608119v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603632v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-05130058v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014AGPT0060" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Collard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Ducup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mellado" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larrieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laroche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04981225v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Courbaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inken Doerfler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gouix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110945" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05100673v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Tortosa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rusch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Entling" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.70045" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Courbaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110867" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193618v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodil K Ehlers" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.241375" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888261v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Peyhardi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mortier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2024.111755" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04618705v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cateau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debaive" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Drapier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Chantreau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gilg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.4324" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700974v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.454" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04390097v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Percel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gosselin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10052" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04546716v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Heintz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Molina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ladet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroche Fabien" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2024-NO-art01" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04652397v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Perret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Papuga" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210x.14380" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000525v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Corriol" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.109954" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282966v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lenormand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.245" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138662v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Riotte-Lambert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-021-01197-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463567v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Ricotta" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evsey Kosman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pavoine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13587" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542072v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043536v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Costa" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Leman" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Smadi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30757/ALEA.v18-21" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942285v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jabot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massol" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arthaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13523" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553988v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Taudi&#232;re" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2977" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917071v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;szl&#243; Szeidl" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13353" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617460v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.3.15" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02569094v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rutschmann" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12693" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609971v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-019-00857-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608391v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Paltto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ranius" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-018-4220-5" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551812v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Saito" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadeu Siqueira" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2197" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608431v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Percel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parmain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10342-018-1103-6" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411767v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Munoz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Greni&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denelle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12918" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715468v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice David" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jarne" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.03997" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605471v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gascuel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Bonnet Lebrun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.L. Rodrigues" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evo.13067" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QRFL9XS2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344735v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Massol" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.0548" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603367v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ehlers" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.K. Damgaard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2015.0853" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110971v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/678990" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601443v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Benchimol" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benchimol" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chappert" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de La Taille" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2011102" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797232v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908188v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Calatayud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cauchoix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cottais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Funosas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04764730v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin H Entling" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04752824v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03931425v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ardanuy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rose" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laroche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799828v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03885197v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799851v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737338v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulard Michel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kraus" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608408v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moliard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nusillard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608405v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608835v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606768v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608834v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608832v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608833v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747259v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laredo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Carpentier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Huet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705725v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lar&#233;do" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carpentier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751632v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816409v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829036v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799837v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236702v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Robert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Clement" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727287v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Froidevaux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/9781119902799.ch10" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119902799.ch10" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845312v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Froidevaux" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/approches-statistiques-pour-les-variables-cachees-en-ecologie/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9047.ch10" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03884984v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609837v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balbi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gr&#233;bert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/640995" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608119v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603632v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-05130058v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014AGPT0060" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>