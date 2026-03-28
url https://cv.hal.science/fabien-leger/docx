--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1895,278 +1895,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03001989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A PV-approach for dense water formation along fronts: Application to the Northwestern Mediterranean</w:t>
+                <w:t xml:space="preserve">Dense water formation in the north-western Mediterranean area during HyMeX-SOP2 in 1/36° ocean simulations: Ocean-atmosphere coupling impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hervé Giordani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Caniaux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jonathan Beuvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Bouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 122 (2), pp.995-1015. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2016JC012019⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 122 (7), pp.5749-5773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2016JC012526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">meteo-02110068v1</w:t>
+                <w:t xml:space="preserve">meteo-02109894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dense water formation in the north-western Mediterranean area during HyMeX-SOP2 in 1/36° ocean simulations: Ocean-atmosphere coupling impact</w:t>
+                <w:t xml:space="preserve">A PV-approach for dense water formation along fronts: Application to the Northwestern Mediterranean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hervé Giordani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Bouin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Caniaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 122 (7), pp.5749-5773. </w:t>
+              <w:t xml:space="preserve">, 2017, 122 (2), pp.995-1015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2016JC012526⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2016JC012019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">meteo-02109894v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">meteo-02110068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SURFEX v8.0 interface with OASIS3-MCT to couple atmosphere with hydrology, ocean, waves and sea-ice models, from coastal to global scales</w:t>
               </w:r>
@@ -2191,51 +2191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Decharme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Pianezze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sevault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2433,90 +2433,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense water formation in the north-western Mediterranean area during HyMeX-SOP2 in 1/36° ocean simulations: Sensitivity to initial conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Lebeaupin Brossier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hervé Giordani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Arsouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Beuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 121 (8), pp.5549-5569. </w:t>
@@ -3737,51 +3737,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6A5B6300"/>
+    <w:nsid w:val="205B0CFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3968,51 +3968,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-leger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-7125-2018" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848377v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Birol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignalet-Cazalet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cancet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alexis Daguze" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Fkaier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848414v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lancelot Leclercq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cazenave" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Leger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2024.11.069" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433693v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucr&#232;ce Djeumeni Noubissie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Onguene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;ger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ni&#241;o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108600" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433686v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djoirka Minto Dimoune" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hernandez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moacyr Araujo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-19-251-2023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433701v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Abessolo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Almar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Bergsma" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2022.104275" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867901v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gouzenes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Passaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00448-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03671350v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.049" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03671339v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2019.05.033" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631951v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Benveniste" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Calafat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Dieng" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-020-00694-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234518v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnefond" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-16-1165-2020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Abessolo Ondoa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castelle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Testut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-18-0203.1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001989v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib B Dieng" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dadou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanno" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2019.10.019" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02110068v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Giordani" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lebeaupin Brossier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Caniaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012019" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02109894v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Beuvier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bouin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012526" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02108872v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Voldoire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decharme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pianezze" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sevault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-4207-2017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497605v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Radenac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Messi&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dutrieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe E. Menk&#232;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015jc011438" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02110211v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JC011542" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017801v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delcroix" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Radenac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cravatte" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alory" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gourdeau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013JC009733" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bosc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2013.03.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798730v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huret" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sourisseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Petitgas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Struski" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2012.02.009" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M6KGDTGZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00695543v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awnesh Singh" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delcroix" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JC007841" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22D2DBDC6DCBBC209DEE3C4DD576F548F6B3ACDF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498910v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Woillez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2010.09.009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQZFCS6Z-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385828v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Allain" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakaros Bogning" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180138v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Chevrier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24400/527896/a03-2022.3453" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181536v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Boussaroque" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24400/527896/a03-2022.3305" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-leger" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/G-7125-2018" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848377v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Birol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignalet-Cazalet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cancet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alexis Daguze" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Fkaier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848414v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lancelot Leclercq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cazenave" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Leger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Nino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2024.11.069" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433693v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucr&#232;ce Djeumeni Noubissie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Onguene" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;ger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ni&#241;o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2023.108600" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433686v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djoirka Minto Dimoune" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hernandez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moacyr Araujo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-19-251-2023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433701v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Abessolo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Almar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Bergsma" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coastaleng.2022.104275" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03867901v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gouzenes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Passaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00448-z" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03215002v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Abdalla" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdolnabi Abdeh Kolahchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ablain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susheel Adusumilli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchandra Aich Bhowmick" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03671350v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2021.01.049" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03671339v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Marti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2019.05.033" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631951v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Benveniste" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Calafat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Dieng" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-020-00694-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234518v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnefond" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-16-1165-2020" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385633v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Abessolo Ondoa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castelle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Testut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JTECH-D-18-0203.1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001989v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib B Dieng" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dadou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Morel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanno" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2019.10.019" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02109894v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lebeaupin Brossier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Giordani" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Beuvier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bouin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012526" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02110068v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Caniaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012019" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02108872v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Voldoire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decharme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Pianezze" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sevault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-4207-2017" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497605v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Radenac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Messi&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dutrieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe E. Menk&#232;s" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015jc011438" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meteofrance.hal.science/meteo-02110211v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Arsouze" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JC011542" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017801v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delcroix" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Radenac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cravatte" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alory" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gourdeau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2013JC009733" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996355v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bosc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2013.03.007" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798730v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huret" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sourisseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Petitgas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Struski" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmarsys.2012.02.009" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M6KGDTGZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00695543v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awnesh Singh" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delcroix" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011JC007841" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22D2DBDC6DCBBC209DEE3C4DD576F548F6B3ACDF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498910v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Woillez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2010.09.009" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQZFCS6Z-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385828v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Blarel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Allain" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakaros Bogning" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180138v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Chevrier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24400/527896/a03-2022.3453" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181536v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Boussaroque" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24400/527896/a03-2022.3305" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>