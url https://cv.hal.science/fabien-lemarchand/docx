--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -991,295 +991,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04265701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of static masking technique in Magnetron Sputtering Technology for the production of linearly variable filters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sub-picosecond 1030 nm laser-induced damage threshold evaluation of pulsed-laser deposited sesquioxide thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Stehlik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Begou</w:t>
+                <w:t xml:space="preserve">Goby Govindassamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janis Zideluns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lemarquis</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Holger Reus</w:t>
+                <w:t xml:space="preserve">Frank Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEAS Space Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12567-021-00402-3⟩</w:t>
+              <w:t xml:space="preserve">Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (07), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.OE.61.7.071603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03407033v1</w:t>
+                <w:t xml:space="preserve">hal-03751035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-picosecond 1030 nm laser-induced damage threshold evaluation of pulsed-laser deposited sesquioxide thin films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marek Stehlik</w:t>
+                <w:t xml:space="preserve">Application of static masking technique in Magnetron Sputtering Technology for the production of linearly variable filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goby Govindassamy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Janis Zideluns</w:t>
+                <w:t xml:space="preserve">Frédéric Lemarquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Wagner</w:t>
+                <w:t xml:space="preserve">Holger Reus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 61 (07), </w:t>
+              <w:t xml:space="preserve">CEAS Space Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Volume 14, p. 217-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.OE.61.7.071603⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12567-021-00402-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03751035v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High‐Chroma Color Coatings Based on Ag/SiO2/Ti/SiO2 Structures</w:t>
               </w:r>
@@ -1642,51 +1642,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beam-size effects on the measurement of sub-picosecond intrinsic laser induced damage threshold of dielectric oxide coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Stehlík</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janis Zideluns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2025,551 +2025,551 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03223034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angularly tunable bandpass filter: design, fabrication and characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High performance thin-film optical filters with stress compensation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lemarquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Harro Hagedorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 44 (7), pp.1829. </w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (11), pp.C113-C121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.44.001829⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.36.00C113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02270080v1</w:t>
+                <w:t xml:space="preserve">hal-02350443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance thin-film optical filters with stress compensation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Angularly tunable bandpass filter: design, fabrication and characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Lumeau</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detlef Arhilger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harro Hagedorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A Optics, Image Science, and Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 36 (11), pp.C113-C121. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (7), pp.1829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.36.00C113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.44.001829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350443v1</w:t>
+                <w:t xml:space="preserve">hal-02270080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trinary mappings: a tool for the determination of potential spectral paths for optical monitoring of optical interference filters</w:t>
+                <w:t xml:space="preserve">Energy density engineering via zero-admittance domains in all-dielectric stratified materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mael Vignaux</w:t>
+                <w:t xml:space="preserve">Claude Amra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude L. Lereu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Passian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/AO.57.007012⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.97.023819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01870540v1</w:t>
+                <w:t xml:space="preserve">hal-01713130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy density engineering via zero-admittance domains in all-dielectric stratified materials</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trinary mappings: a tool for the determination of potential spectral paths for optical monitoring of optical interference filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+                <w:t xml:space="preserve">Mael Vignaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude L. Lereu</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Passian</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Grezes-Besset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 97 (2), </w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (24), </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.97.023819⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/AO.57.007012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713130v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saturable absorption optimization of silica protected thin Sb2Te3 layers towards super-resolution applications</w:t>
               </w:r>
@@ -2689,51 +2689,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bandwidths limitations of giant optical field enhancements in dielectric multi-layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2741,51 +2741,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesaire N’diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 25 (13), pp.14883. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2813,308 +2813,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01548401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ optical monitoring of Fabry-Perot multilayer structures: analysis of current techniques and optimized procedures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mael Vignaux</w:t>
+                <w:t xml:space="preserve">2 × 1D crossed strongly modulated gratings for polarization independent tunable narrowband transmission filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Sharshavina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evgeny Popov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monmayrant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OE.25.018040⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Optical Society of America. A, Optics and image science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 34 (2), pp.234-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/JOSAA.34.000234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568791v1</w:t>
+                <w:t xml:space="preserve">hal-01472657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2 × 1D crossed strongly modulated gratings for polarization independent tunable narrowband transmission filters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ksenia Sharshavina</w:t>
+                <w:t xml:space="preserve">In situ optical monitoring of Fabry-Perot multilayer structures: analysis of current techniques and optimized procedures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mael Vignaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Grezes-Besset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America. A, Optics and image science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 34 (2), pp.234-240. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (15), pp.18040-18055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/JOSAA.34.000234⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.25.018040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01472657v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex optical interference filters with stress compensation for space applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Krol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3334,51 +3334,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced optical interference filters based on metal and dielectric layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3451,51 +3451,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of laser energy deposition leading to damage and ablation of HfO2 and Nb2O5 single layers submitted to 500 fs pulses at 1030 and 343 nm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dam-Bé Douti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3598,51 +3598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yazdanpanah M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3715,90 +3715,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scattering losses in multidielectric structures designed for giant optical field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 53 (4), pp.A412. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3992,51 +3992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mangote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4117,51 +4117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Talneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sentenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4238,51 +4238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Talneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sentenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4778,51 +4778,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental demonstration of a narrow-band, angular tolerant, polarization independent, doubly periodic resonant grating filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Talneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4925,51 +4925,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Deumié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Abel-Tiberini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5214,51 +5214,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cathelinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied optics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 41 (16), pp.3270-3276. </w:t>
@@ -5535,89 +5535,98 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cihan Koc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTON - 23th International conference on transparent optical network</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 23rd International Conference on Transparent Optical Networks (ICTON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bucharest, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTON59386.2023.10207549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219619v1</w:t>
+                <w:t xml:space="preserve">hal-04219589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant multi-dielectric coverslip for enhanced total internal reflection fluorescence microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yousra Toumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5660,82 +5669,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cihan Koc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 23rd International Conference on Transparent Optical Networks (ICTON)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICTON - 23th International conference on transparent optical network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bucharest (Romania), Romania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTON59386.2023.10207549⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04219589v1</w:t>
+                <w:t xml:space="preserve">hal-04219619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical resonances in optical thin films from metals to dielectrics</w:t>
               </w:r>
@@ -5855,51 +5855,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-induced contamination on dielectric coatings in sub-ps MHz regime at 515 nm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Stehlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janis Zideluns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5989,51 +5989,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation on beam-size effect on sub-picosecond LIDT of dielectric oxide coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Stehlik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janis Zideluns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6386,51 +6386,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dikai Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6479,411 +6479,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02997912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant all-dielectric planar structures for sensing applications</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Super-Resolution efficiency of chalcogenide thin film layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Aubry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+                <w:t xml:space="preserve">Konstantinos Iliopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard-Nicolas Verrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Natoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Akhouayri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optics+photonics 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, San Diego, United States</w:t>
+              <w:t xml:space="preserve">11èmes Journées Scientifiques de Porquerolles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473101v1</w:t>
+                <w:t xml:space="preserve">hal-03466218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-Resolution efficiency of chalcogenide thin film layers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hassan Akhouayri</w:t>
+                <w:t xml:space="preserve">Giant Field Enhancement in Resonant All-Dielectric Multi-Layers: Advantages and Limitations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude L. Lereu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Passian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées Scientifiques de Porquerolles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 21st International Conference on Transparent Optical Networks (ICTON)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Angers, France. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTON.2019.8840272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03466218v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02479112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant Field Enhancement in Resonant All-Dielectric Multi-Layers: Advantages and Limitations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resonant all-dielectric planar structures for sensing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dikai Niu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude L. Lereu</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Passian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 21st International Conference on Transparent Optical Networks (ICTON)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SPIE Optics+photonics 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, San Diego, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02479112v1</w:t>
+                <w:t xml:space="preserve">hal-02473101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct laser writing using chalcogenide thin films</w:t>
               </w:r>
@@ -6908,64 +6908,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Moisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Verrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Natoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Akhouayri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Conference on Transparent Optical Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, angers, France</w:t>
@@ -7007,77 +7007,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized all-dielectric interference coatings for giant field enhancement in sensing applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dikai Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7262,51 +7262,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of all-dielectric planar structures for optimized giant field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7314,51 +7314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NanosMat Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Hong-Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7396,77 +7396,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near feld evidences of giant optical fields sustained by optimized multi- dielectric stacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7508,51 +7508,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1D crossed gratings for narrow band polarization insensitive reflective filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Sharshavina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7642,103 +7642,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2x1D crossed gratings for polarization independent tunable transmission filters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Sharshavina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evgeni Popov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Monmayrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Optical Wave &amp; Waveguide Theory and Numerical Modelling (OWTNM 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Eindhoven, Netherlands</w:t>
@@ -7780,77 +7780,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near feld evidences of giant optical fields sustained by optimized multi- dielectric stacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7892,51 +7892,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zero-admittance all-dielectric planar structures for giant field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7944,51 +7944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Incheon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8013,51 +8013,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception, réalisation et caractérisation de filtres interférentiels complexes par pulvérisation réactive magnétron assistée par plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8121,90 +8121,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Last improvements in large-angle scattering from complex optical coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Liukaityte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8246,90 +8246,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Last improvements in LAS from complex optical coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Liukaityte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8371,64 +8371,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidielectrics for Giant Over-intensity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8492,103 +8492,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guided-mode resonance filters: new technology and results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Sharshavina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fehrembach Anne-Laure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Arguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Monmayrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Reliability of Optoelectronics for Systems ( ISROS ) 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Otwock, Poland. 4p</w:t>
@@ -8617,51 +8617,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex optical interference filter with stress compensation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Begou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Krol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8768,64 +8768,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gauthier-Lafaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Monmayrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Sharshavina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8867,90 +8867,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Dielectric structures for giant optical field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OPALS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Alger, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8988,77 +8988,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giant optical fields in optimized multi-dielectric stacks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific days of Porquerolles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNANO PACA, Jun 2014, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9083,90 +9083,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric coatings for giant optical enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers of Optical Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9316,51 +9316,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidielectric structures designed for giant optical field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9368,51 +9368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Evian, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9437,51 +9437,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-dielectric planar structures for giant optical field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9489,51 +9489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNMO 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Evian, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9558,51 +9558,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidielectric structures designed for giant optical field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9610,51 +9610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude L. Lereu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Frontiers of Optical Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Whistler, Canada. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9682,312 +9682,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01277876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric structured components for giant field enhancement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dielectric structured components for giant enhancement of optical field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Zerrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics Europe, Optical Modelling and Design </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPIE, Apr 2012, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">Frontiers of optical coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, HangZhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01319454v1</w:t>
+                <w:t xml:space="preserve">hal-01319465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric structured components for giant enhancement of optical field</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Dielectric structured components for giant field enhancement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Césaire N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of optical coatings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, HangZhou, China</w:t>
+              <w:t xml:space="preserve">Photonics Europe, Optical Modelling and Design </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPIE, Apr 2012, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01319465v1</w:t>
+                <w:t xml:space="preserve">hal-01319454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical coatings for maximum field enhancement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ETOPIM 9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10025,90 +10025,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-dielectric structured components for giant optical field enhancement: an optimization process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fabrication and Testing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OSA, Jun 2012, Monterey, United States. pp.OTu4D.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10133,77 +10133,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation analytique de filtres interférentiels pour une exaltation géante du champ optique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10362,77 +10362,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ausserré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Couches minces Optiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2011, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10457,51 +10457,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Synthèse Multi-Diélectrique pour une Exaltation Optique Géante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10509,51 +10509,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ausserré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNOG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10604,51 +10604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Torricini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Grezes-Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragan Stojcevski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10729,51 +10729,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mangote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Commandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10828,77 +10828,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Design for Field Enhancement in optical coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10962,51 +10962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mangote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Commandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11182,51 +11182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mangote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gallais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11294,90 +11294,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Coatings under Total Internal Reflection: Optimization of the over-Intensity for Sensor Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ausserré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Interference Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Tucson, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11396,243 +11396,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00471671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des irrégularités de la lithographie électronique sur les pérformances de filtres à réseaux résonnants de fort facteur de qualité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Q polarization independent Guided Mode Resonant Filter with &amp;quot;doubly periodic&amp;quot; etched Ta2O5 bi-dimensional grating</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Talneau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sentenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR ondes, réunion générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00440963v1</w:t>
+                <w:t xml:space="preserve">hal-00440964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Q polarization independent Guided Mode Resonant Filter with &amp;quot;doubly periodic&amp;quot; etched Ta2O5 bi-dimensional grating</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Impact des irrégularités de la lithographie électronique sur les pérformances de filtres à réseaux résonnants de fort facteur de qualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Talneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lemarchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Talneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sentenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR ondes, réunion générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00440964v1</w:t>
+                <w:t xml:space="preserve">hal-00440963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation de mesures spectrophotométriques pour la détermination a posteriori des indices et épaisseurs d'un empilement de couches minces optiques</w:t>
               </w:r>
@@ -11687,51 +11687,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polarization independent ultra-sharp filtering at oblique incidence with resonant gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11903,51 +11903,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filtres Optiques à Réseaux Résonnants Accordables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12143,286 +12143,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00238297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large aperture tunable ultra narrow band Fabry-Perot-Bragg filter</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vadim Smirnov</w:t>
+                <w:t xml:space="preserve">An error compensation strategy for Broadband Optical Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Badoil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cathelinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leonid B. Glebov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Components and Materials IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, San José, United States. pp.64690M</w:t>
+              <w:t xml:space="preserve">Optical Interference Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Tucson, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00472042v1</w:t>
+                <w:t xml:space="preserve">hal-00453060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An error compensation strategy for Broadband Optical Monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Badoil</w:t>
+                <w:t xml:space="preserve">Large aperture tunable ultra narrow band Fabry-Perot-Bragg filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim Smirnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lequime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonid B. Glebov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Interference Coatings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Tucson, United States</w:t>
+              <w:t xml:space="preserve">Optical Components and Materials IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, San José, United States. pp.64690M</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00453060v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00472042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unpolarized narrow-band filtering at oblique incidence with resonant gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Boyko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12538,51 +12538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Talneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sentenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12633,51 +12633,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narrow band filtering with ‘bi-atom' resonant gratings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Sentenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Fehrembach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12754,51 +12754,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced TIRF microscopy using resonant dielectrics multilayers</w:t>
+                <w:t xml:space="preserve">Resonant dielectric multilayers improving fluorescence imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Mouttou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
@@ -12833,97 +12833,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio Membrane Days 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Berlin (Germany), Germany</w:t>
+              <w:t xml:space="preserve">OIC - Optical interference coatings conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Whistler, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219550v1</w:t>
+                <w:t xml:space="preserve">hal-04219517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant dielectric multilayers improving fluorescence imaging</w:t>
+                <w:t xml:space="preserve">Enhanced TIRF microscopy using resonant dielectrics multilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Mouttou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
@@ -12958,73 +12958,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OIC - Optical interference coatings conference 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Whistler, Canada</w:t>
+              <w:t xml:space="preserve">Bio Membrane Days 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Berlin (Germany), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219517v1</w:t>
+                <w:t xml:space="preserve">hal-04219550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13156,64 +13156,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflecteur optique résonant à multiples couches minces de matériaux diélectriques, capteur optique et dispositif d'amplification laser comportant un tel réflecteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13270,77 +13270,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ausserré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Roussille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR n° 12 57279. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13384,64 +13384,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ausserré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13498,64 +13498,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Césaire N'Diaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Zerrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Amra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Ausserré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13755,51 +13755,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05215214v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayla Jimenez de la Vega" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Karimbana Kandy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lemarchand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics12080822" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05213390v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lumeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513333" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04453689v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Stehlik" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Zideluns" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Petite" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Allard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Minissale" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/aot.2023.1261267" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758484v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lemarquis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlef Arhilger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harro Hagedorn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/optcon.533681" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735379v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riley Shurvinton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude L. Lereu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Moreau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jeos/2024005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265680v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Karimbana-Kandy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Perrin- Pellegrino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2023.114211" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.484333" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03407033v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Begou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lemarquis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Reus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12567-021-00402-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751035v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goby Govindassamy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wagner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.61.7.071603" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819803v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adpr.202200102" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588391v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41476-021-00172-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03407010v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.439033" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466239v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Stehl&#237;k" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.433935" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02996141v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard-Nicolas Verrone" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Moisset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.0c01445" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03223034v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Kruschwitz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pervak" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Keck" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baltz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Deliwala" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.378119" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.001829" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350443v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.36.00C113" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870540v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Vignaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grezes-Besset" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.57.007012" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713130v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zerrad" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Passian" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023819" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066437v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourgade" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Perrin-Pellegrino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2018.09.028" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548401v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesaire N&#8217;diaye" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.014883" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568791v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.018040" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472657v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fehrembach" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Sharshavina" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Popov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.34.000234" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663786v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Krol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Stojcevski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12567-017-0149-5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300747v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joerg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengxue Zhang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2016.03.018" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359533v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.020925" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341559v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dam-B&#233; Douti" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Commandre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0197-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276438v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude L. L. Lereu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazdanpanah M." TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passian A." TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4906950" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276449v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;saire N'Diaye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.00A412" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524064v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ausserre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refahi Abou Khachfe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Roussille" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brotons" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vonna" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2157-7439.1000214" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674863v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mangote" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Gao" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945088v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Talneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sentenac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440958v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Boyko" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264088v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Badoil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cathelinaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemarquis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lequime" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452984v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Badoil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cathelinaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00229775v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00238355v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lumeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Glebov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Smirnov" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242029v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398244v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deumi&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Abel-Tiberini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bertussi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.45.001312" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398220v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Floriot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Abel-Tiberini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.10.015" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31WPKJ0B-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324143v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Parmentier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.41.003270" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04598572v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Abraham Lozano Hernandez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;guy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Salvagnac" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3022065" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219619v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Toumi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Mouttou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Demesy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cihan Koc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219589v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON59386.2023.10207549" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Favard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466325v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2598856" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466326v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2598855" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357332v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muriaux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357306v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Begou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997912v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dikai Niu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473101v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aubry" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466218v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Iliopoulos" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Natoli" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Akhouayri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479112v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2019.8840272" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426820v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Iliopoulos" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Verrone" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410513v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OIC.2019.TD.3" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471925v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mikheeva" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Abdeddaim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Enoch" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313216" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933125v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932871v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01561716v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pelloquin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Daran" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2017.8024866" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943354v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeni Popov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932875v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932840v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293518v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933045v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Liukaityte" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932891v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318989v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01946175v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehrembach Anne-Laure" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arguel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274417v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943147v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Fehrembach" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319000v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319244v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319740v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937965v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gintare Bataviciute" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidjus Pupka" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mindaugas &#352;ciuka" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319553v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319251v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277876v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OIC.2013.TD.5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319454v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319465v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319470v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280073v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319254v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279028v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihong Gao" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319492v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ausserr&#233;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319431v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279633v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Torricini" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chauveau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561227v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319253v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640896v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471675v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piombini" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Voarino" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493819v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471671v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440963v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440964v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458269v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440971v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453006v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440961v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnefont" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00238297v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472042v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Smirnov" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid B. Glebov" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453060v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242072v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242423v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110798v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219550v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gourdelier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219517v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778340v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401352v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296293v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296309v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296316v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05215214v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayla Jimenez de la Vega" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Karimbana Kandy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lemarchand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics12080822" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05213390v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lumeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513333" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04453689v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Stehlik" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janis Zideluns" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Petite" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Allard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Minissale" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/aot.2023.1261267" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758484v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lemarquis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlef Arhilger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harro Hagedorn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/optcon.533681" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735379v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riley Shurvinton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude L. Lereu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Moreau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jeos/2024005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265680v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Karimbana-Kandy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Perrin- Pellegrino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2023.114211" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.484333" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751035v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goby Govindassamy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wagner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.OE.61.7.071603" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03407033v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Begou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lemarquis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Reus" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12567-021-00402-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819803v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adpr.202200102" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588391v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41476-021-00172-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03407010v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.439033" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466239v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Stehl&#237;k" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.433935" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02996141v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard-Nicolas Verrone" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Moisset" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.0c01445" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03223034v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Kruschwitz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Pervak" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Keck" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baltz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Deliwala" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.378119" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350443v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.36.00C113" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270080v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.001829" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713130v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zerrad" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Passian" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023819" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870540v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Vignaux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grezes-Besset" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.57.007012" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066437v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bourgade" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Perrin-Pellegrino" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2018.09.028" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548401v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesaire N&#8217;diaye" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.014883" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472657v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fehrembach" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Sharshavina" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny Popov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAA.34.000234" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568791v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.018040" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663786v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Krol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragan Stojcevski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lequime" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12567-017-0149-5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300747v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joerg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengxue Zhang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2016.03.018" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359533v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.020925" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341559v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dam-B&#233; Douti" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Commandre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-016-0197-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276438v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude L. L. Lereu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazdanpanah M." TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passian A." TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4906950" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276449v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;saire N'Diaye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.00A412" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01524064v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ausserre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refahi Abou Khachfe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Roussille" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brotons" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vonna" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2157-7439.1000214" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674863v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mangote" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Gao" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945088v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Talneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sentenac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440958v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Boyko" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264088v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Badoil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cathelinaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lemarquis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lequime" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452984v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Badoil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cathelinaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00229775v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00238355v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lumeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B. Glebov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Smirnov" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242029v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398244v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deumi&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Abel-Tiberini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bertussi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.45.001312" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398220v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Floriot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Abel-Tiberini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2005.10.015" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31WPKJ0B-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324143v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Parmentier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.41.003270" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04598572v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Abraham Lozano Hernandez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;guy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Salvagnac" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3022065" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219589v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra Toumi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Mouttou" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Demesy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cihan Koc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON59386.2023.10207549" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219619v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Favard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466325v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2598856" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466326v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2598855" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357332v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muriaux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357306v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Begou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997912v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dikai Niu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466218v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Iliopoulos" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Natoli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Akhouayri" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479112v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2019.8840272" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473101v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aubry" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426820v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Iliopoulos" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Verrone" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410513v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OIC.2019.TD.3" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471925v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mikheeva" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Abdeddaim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Enoch" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2313216" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933125v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932871v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01561716v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pelloquin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Daran" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Doucet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2017.8024866" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943354v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeni Popov" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932875v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932840v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293518v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933045v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Liukaityte" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932891v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318989v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01946175v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fehrembach Anne-Laure" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arguel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274417v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943147v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Fehrembach" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319000v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319244v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319740v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937965v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gintare Bataviciute" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidjus Pupka" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mindaugas &#352;ciuka" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319553v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319251v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277876v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OIC.2013.TD.5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319465v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319454v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319470v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280073v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319254v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279028v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihong Gao" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319492v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ausserr&#233;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319431v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279633v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Torricini" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chauveau" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00561227v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319253v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640896v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471675v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piombini" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Voarino" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493819v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471671v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440964v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440963v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458269v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440971v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453006v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440961v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bonnefont" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00238297v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453060v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472042v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Smirnov" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid B. Glebov" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242072v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00242423v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110798v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219517v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gourdelier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219550v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778340v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401352v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296293v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296309v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296316v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>