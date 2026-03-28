--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabien Malbet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabien-malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8029-4226</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077258185</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'objectif de mes travaux de recherche est la compréhension des phénomènes physiques se déroulant dans l'environnement des étoiles en formation, plus particulièrement la physique des disques protoplanétaires, afin d'élucider les mécanismes de formation des étoiles et des planètes. Pour atteindre cet objectif, j'ai développé successivement une théorie de la structure verticale des disques d'étoiles T Tauri (</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet & Bertout 1991, ApJ 383, 814</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ainsi que leur modélisation numérique (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet, Lachaume & Monin 2001, A&A 379, 515</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), puis je me suis intéressé à l'instrumentation nécessaire pour contraindre ces modèles (</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet & Bertout 1995, A&ASS 113, 369</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Au début de ma carrière, j'ai utilisé l'optique adaptative et la coronographie --je suis le créateur de la technique du &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">dark hole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; très utilisée actuellement (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet, Yu & Shao 1995, PASP 107 386</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)-- puis j'ai décidé de me concentrer sur l'interférométrie infrarouge (</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet, Kern, Schanen-Duport et al. 1999, A&ASS 138, 135</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> ; </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petrov, Malbet, Weigelt et al. 2007, A&A 464, 1</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) pour m'intéresser ensuite à l’astrométrie à très haute précision (</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet et al. 2012, Exp. Astr. 34, 385</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de Recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Physique des objets stellaires jeunes et systèmes planétaires extrasolaires (formation stellaire et planétaire)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Astronomie optique à très haute résolution angulaire (optique adaptative, coronographie, interférométrie, astrométrie)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Détecteurs pour l'astronomie (domaines visible, infrarouge et millimétrique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Observations interférométriques d'environnements d'étoiles en cours de formation ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Proposition de missions spatiales astrométriques de très haute précision pour la détection de systèmes planétaires proches (NEAT, Theia, HWO);</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Animation scientifique du LabEx FOCUS dans le domaine de la détection en astronomie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits marquants</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nouvelle technique instrumentale de calibration interférométrique de détecteur pour l'astrométrie à très haute précision : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A detector interferometric calibration experiment for high precision astrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Crouzier A., Malbet, F. , Hénault F. et al. 2016, A&A 595, A108, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03691488</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">arXiv:1609.02477</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Premières images reconstruites à la milli-seconde d'angle d'objets stellaires jeunes : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A family portrait of disk inner rims around Herbig Ae/Be stars. Hunting for warps, rings, self shadowing, and misalignments in the inner astronomical units</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Kluska, Berger, Malbet et al. 2020, A&A 636, A116, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020130</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">arXiv:2004.01594</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Une analyse du potentiel scientifique de l'astrométrie spatiale à très grande précision : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faint objects in motion: the new frontier of high precision astrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Malbet, Boehm, Krone-Martins  et al. 2021, Exp. Astr. 51, 845, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417261</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Un projet de renouvellement du LabEX FOCUS pour 2025-2032 avec 7 laboratoires de l'Idex Grenoble Alpes pour développer des détecteurs visibles innovants, infrarouges et millimétriques pour les télescopes au sol et dans l'espace pour un montant de 3.2M€ : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced detection systems for exploring the Universe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (site web: </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">labexfocus.osug.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratory characterisation bench for high precision astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13699, pp.136996W. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3075199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04752621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Precision Astrometry Science in the Context of Space Mission Prospectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary A. Mamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13699, pp.1369929. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3072792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental tests of the calibration of high precision differential astrometry for exoplanets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13699, pp.136995L. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3072791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746895v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in focal plane and telescope calibration for high-precision space astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13092, pp.130920B. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3019233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Challet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dangles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Janicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (4), pp.e0000049. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pstr.0000049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FU Orionis disk outburst: Evidence for a gravitational instability scenario triggered in a magnetically dead zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bourdarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 676, pp.A124. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large Interferometer For Exoplanets (LIFE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Quanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ottiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Fontanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Menti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 664, pp.A21. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faint objects in motion: the new frontier of high precision astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Krone-Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillem Anglada-Escudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51 (3), pp.845-886. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10686-021-09781-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A family portrait of disk inner rims around Herbig Ae/Be stars. Hunting for warps, rings, self shadowing, and misalignments in the inner astronomical units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kluska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lazareff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Life and Times of AMBER: The VLTI's Astronomical Multi-BEam combineR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Jan de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Wittkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Rantakyrö</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schöller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mérand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The binary Be star $\delta$ Scorpii at high spectral and spatial resolution : II The circumstellar disk evolution after the periastron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Meilland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Spang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Massi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00771649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circumstellar disks and planets. Science cases for next-generation optical/infrared long-baseline interferometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Wolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Alexander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Creech-Eakman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20, pp.52. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00159-012-0052-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High precision astrometry mission for the detection and characterization of nearby habitable planetary systems with the Nearby Earth Astrometric Telescope (NEAT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Goullioud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 34 (2), pp.385-413. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10686-011-9246-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00620712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong near-infrared emission in the sub-AU disk of the Herbig Ae star HD163296: evidence for refractory dust?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Natta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Isella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Massi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Interstellar and circumstellar matter, 511, pp.A74. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/200912898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometry basics in practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Ségransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Astronomy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52, pp.208. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.newar.2008.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00398516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First direct detection of a Keplerian rotating disk around the Be star $\alpha$ Arae using the VLTI/AMBER instrument.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Meilland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armando Domiciano de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 464, pp.59. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20064848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00078768v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optics for astronomical interferometry - VI. Coupling the light of the VLTI in K band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatemeh Zabihian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 450, Issue 3, pp.1259-1264. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20054258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid-infrared sizes of circumstellar disks around Herbig Ae/Be stars measured with MIDI on the VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Leinert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. van Boekel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.B.F.M. Waters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 423, pp.537-548. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20047178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00419009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The vertical structure of T Tauri accretion discs. III. Consistent interpretation of spectra and visibilities with a two-layer model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Lachaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Monin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 400 (1), pp.185-202. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20021037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planar Integrated Optics and astronomical interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Haguenauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Perraut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2, numéro 1, pp.111-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00007573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optics for astronomical interferometry. I. Concept and astronomical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Schanen-Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Rousselet-Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics Supplement Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 138 (1), pp.135-145. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/aas:1999496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Dynamic Range Imaging Using a Deformable Mirror for Space Coronography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeff W. Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Shao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 107 (710), pp.386. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/133563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting T Tauri disks with optical long-baseline interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics Supplement Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 113, pp.369. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.astro-ph/9505061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theia and HWO astrometric power for Giant Exoplanets around solar-type stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-O. Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th anniversary of the discovery of planet 51 Peg b, cool giant planets and their systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boisse, Isabelle; Vigan, Arthur, Oct 2025, Observatoire Haute Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theia: the technological challenges of ultra-high-precision space astrometry conducted in Grenoble to explore exoplanets and dark matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier scientiqfique "Grenoble - Alpes Space Research" - GASPER 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moraux, Estelle, Sep 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de la pollution lumineuse sur la métropole Grenoble Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Daveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Première Journée du GDR 2202 LUMEN (Lumière et environnement nocturne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Samuel Challéat; Johan Milian, Dec 2025, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05402668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décarbonons l’astronomie ! Un défi entre recherche de pointe et responsabilité environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MaTerrathon de Sciences Po Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simon Persico; Florent Gougou, Oct 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very High Precision Astrometry for Exoplanets and Dark Matter with the Habitable Worlds Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Amiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ardellier-Desages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Doumayrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-A. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the Habitable Worlds Observatory: Visionary Science and Transformational Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lee, Janice, Jul 2025, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exoplanètes : une planète B pour l’humanité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pint of Science 2025 - Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pint of science, May 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System Analysis for a high-precision high-accuracy Astrometric instrument for HWO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Amiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Ardellier-Desages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Doumayrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the Habitable Worlds Observatory: Visionary Science and Transformational Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Space Telescope Science Institute; NASA Goddard Space Flight Center; NASA Jet Propulsion Laboratory, Jul 2025, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental tests of the calibration of high precision differential astrometry for HWO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Leger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the Habitable Worlds Observatory: Visionary Science and Transformational Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Washingtion, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05311522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous n'irons pas sur Mars !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de la Galerie Eurêka</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Galerie Eurêka, Feb 2025, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coup de projecteur sur la pollution lumineuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit des Chercheurs à Chambéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metrology studies for high precision astrometry in Theia / HWO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Milky Way Gaia Doctororal Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nic Walton, Jul 2025, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads between astronomy and ecology: exploring links between urban skyglow and nocturnal bird migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Villemur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaüzère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Desjonquères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Drillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées 2025 de la Société Francaise d'Astronomie et d'Astrophysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SF2A, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05305853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling Habitable Worlds with high precision astrometry for next-generation Direct Imaging missions like LIFE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology for the Era of LIFE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sascha Quanz; Ignasi Ribas, Nov 2025, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the limits of astrometry with THEIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High precision astrometry post-Gaia: from habitable planets, black holes to dark matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lin, Doug N. C.; Ji, Jianghui, Nov 2024, Nanjing (distanciel), China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying the nearest rocky exoplanets with high-precision differential astrometry in space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rocky Worlds 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paolo Sossi; Sascha Quanz; Caroline Dorn; Emeline Bolmont; Tim Lichtenberg; Christophe Lovis; Amy Bonsor; Paul Tackley, Jan 2024, Zurich (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action Research in Astronomy and Ecology: The observatory of the night environment in Grenoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merlin Boribon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deverchere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Drillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine de l'Astrophysique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bethermin; K. Bailli; N. Lagarde; J. Malzac; R.-M. Ouazzani; J. Richard; O. Venot; A. Siebert, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: What kind of astrophysics research for a sustainable world?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hennebelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compte-rendus de la semaine de l’astrophysique française 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Béthermin, K. Baillié, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille (13), France. pp.295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">My Earth'' Astrophysics and Planets - a serious game to build low carbon scenarios in the astronomy academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Santerne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Champollion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SF2A 2024 - Journées 2024 de la Société Française d’Astronomie &amp; d’Astrophysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bethermin; K. Baillié; N. Lagarde; J. Malzac; R.-M. Ouazzani; J. Richard; O. Venot; A. Siebert, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733241v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axes du Labex FOCUS sur les détecteurs spatiaux et les applications spatiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Détecteurs Optoélectroniques pour Applications Scientifiques Spatiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNES, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des données à l’OSUG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de sensibilisation à la science ouverte et à la gestion des données de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche de Djibouti (CERD), May 2024, Djibouti (Djibouti), Djibouti</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration des architectures des systèmes exoplanétaires proches par astrométrie spatiale à haute précision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lépine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exosystèmes IV "Quelle recherche exoplanétaire en France en 2030 ?" (2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Clément Baruteau; Isabelle Boisse; Maud Langlois; Antoine Strugarek; Comité Exoplanète Transverse, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Astrometry: Technological Advances and Scientific Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A future space mission with very high precision astrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mamon, Gary A.; Malbet, Fabien, Sep 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l’optique-photonique dans l’observation de l’Univers. Présentation du LabEx FOCUS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique Optique-Photonique et spatial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Minalogic, Sep 2024, Grenoble (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental transition: overview of actions to reduce the environmental footprint of astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Alice Foujols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Giard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guilet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SF2A 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Astronomie et d'Astrophysique, Jun 2023, Strasbourg, France. pp.531L</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theia : science cases and mission profiles for high precision astrometry in the future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary A. Mamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mike Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Telescopes and Instrumentation 2022: Optical, Infrared, and Millimeter Wave</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jul 2022, Montréal, Canada. pp.121801F, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A serious game to build decarbonization scenarios in the astronomy academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Douté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Montillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri-Claude Nataf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomers for Planet Earth Symposium 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sarah Wagner (chair), Beatriz Mingo (co-chair), Lola Balaguer-Núñez, Gaurav Waratkar, Parit Mehta, Volker Ossenkopf-Okada, Rika Kobayashi, Ken Rice, Catarina Fernandes, Adrianne Cool, Leo Burtscher, Agnieszka Janiuk, Andrea Gokus, Steve Agnos, Jessica Agnos, Didier Barret, Julie Bolduc-Duval, Abigail Frost, Katriona Gould, Annie Hughes, Alexander Kappes, Miriam Keppler, Fatemeh Zahra Majidi, Travis Rector, Adam Stevens, Charles Takalana, Kshitij Thorat, Lan Tran, Vivienne Wild, Kathryn Williamson, and Paul Woods, Nov 2022, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner disk regions revealed by infrared interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAU Symposium No. 243: Star-disk interaction in young stars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Grenoble, France. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMBER on the VLTI: data processing and calibration issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tatulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESO calibration workshop 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Garching bei München, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First astrophysical results from AMBER/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tatulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Stellar Interferometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First astrophysical results from AMBER/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tatulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States. pp.626802, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.673100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLTI-AMBER observations of Eta Carinae with high spatial resolution and spectral resolutions of 1,500 and 10,000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kris Davidson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armando Domiciano de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Orlando, United States. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.671582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VSI: a milli-arcsec spectro-imager for the VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Stellar Interferometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the wind and the disk in the close surrounding of the young stellar object MWC297 with AMBER/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.J. de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kraus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Meilland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Power of Optical/IR Interferometry: Recent Scientific Results and 2nd Generation VLTI Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Garching bei München, Germany. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00005887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VITRUV - Science Cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo J. V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Phillipe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romano Corradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Forveille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim Harries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Power of Optical/IR Interferometry: Recent Scientific Results and 2nd Generation VLTI Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Southern Observatory (ESO), 2005, Garching bei München, Germany. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00007673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VITRUV - Imaging close environments of stars and galaxies with the VLTI at milli-arcsec resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Power of Optical/IR Interferometry: Recent Scientific Results and 2nd Generation VLTI Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Southern Observatory (ESO), 2005, Garching bei München, Germany. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00005889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science program of the AMBER consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas M. Driebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fraix-Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Frontiers in Stellar Interferometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Glasgow, United Kingdom. pp.1722</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrophysical potential of the AMBER/VLTI instrument</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bloecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fraix-Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interferometry for Optical Astronomy II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Waikoloa, Hawaii, United States. pp.917-923, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.458907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science opportunities with AMBER, the near-IR VLTI instrument</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Richichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bloecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fraix-Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interferometry in Optical Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Münich, Germany. pp.80-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMBER: the near-infrared focal instrument for the Very Large Telescope Interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Richichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl-Heinz Hofmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mourard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Telescopes and Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2000, Garching, Germany. pp.68, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.390256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMBER data simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Berio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Forveille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Telescopes and Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Munich, Germany. pp.217, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.390211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the architectures of nearby exoplanetary systems using high-precision space astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exoplanets 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Leiden, Netherlands. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental tests of the calibration of high precision differential astrometry for exoplanets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exoplanets V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Large Interferometer For Exoplanets (LIFE): a space mission for mid-infrared nulling interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Glauser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Quanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonah Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Dannert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Ireland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Infrared Interferometry and Imaging IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13095, SPIE, pp.130951D, 2024, </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3019090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04714545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerro Paranal, la pureté du ciel chilien menacée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Éléphant, Hors-Série "Autour du monde"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hors Série 33, Scrinéo, pp.66, 2025, 9782381674193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrometry as an Exoplanet Discovery Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Exoplanets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.689-704, 2018, 978-3-319-55332-0. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-55333-7_196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grenoble : développement du parcours éducatif au travers de l'évolution du périscolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CÉDIS : Centre d'éco-développement &amp; d'initiative sociale (France). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les politiques éducatives locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montreuil :; Neuvy-en-Champagne : le Passager clandestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.95, 2016, Les pratiques / CÉDIS, 978-2-36935-056-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometry Basics in Practice: Exercises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Ségransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circumstellar Disks and Planets at Very High Angular Resolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.newar.2008.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plus grands télescopes du monde menacés par un projet industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jour de la nuit : comment mesurer l’impact de la pollution lumineuse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la nuit doit rester noire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A publication database for optical long baseline interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Taillifet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lafrasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomorrow optical interferometry: astrophysical prospects and instrumental issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on the AU-scale circumstellar structure of FU Orionis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Lachaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mark Colavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Di Folco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the close environment of young stellar objects with interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00000235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma Stratégique du Numérique OSUG 2021-2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Boutherin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS; UGA - Université Grenoble Alpes; INRAE; IRD; Météo France. 2022, 82 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESA Voyage 2050 white paper -- Faint objects in motion: the new frontier of high precision astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Abbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Boehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut Planetologie Astrophysique de Grenoble. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement circumstellaire des étoiles jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Paris-Diderot - Paris VII, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00003233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des conditions physiques dans les disques protoplanétaires par interférométrie. Théorie, instrumentation et premières observations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Joseph-Fourier - Grenoble I, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00189697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId296"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabien Malbet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabien-malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8029-4226</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077258185</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'objectif de mes travaux de recherche est la compréhension des phénomènes physiques se déroulant dans l'environnement des étoiles en formation, plus particulièrement la physique des disques protoplanétaires, afin d'élucider les mécanismes de formation des étoiles et des planètes. Pour atteindre cet objectif, j'ai développé successivement une théorie de la structure verticale des disques d'étoiles T Tauri (</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet & Bertout 1991, ApJ 383, 814</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ainsi que leur modélisation numérique (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet, Lachaume & Monin 2001, A&A 379, 515</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), puis je me suis intéressé à l'instrumentation nécessaire pour contraindre ces modèles (</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet & Bertout 1995, A&ASS 113, 369</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Au début de ma carrière, j'ai utilisé l'optique adaptative et la coronographie --je suis le créateur de la technique du &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">dark hole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; très utilisée actuellement (</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet, Yu & Shao 1995, PASP 107 386</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)-- puis j'ai décidé de me concentrer sur l'interférométrie infrarouge (</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet, Kern, Schanen-Duport et al. 1999, A&ASS 138, 135</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> ; </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petrov, Malbet, Weigelt et al. 2007, A&A 464, 1</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) pour m'intéresser ensuite à l’astrométrie à très haute précision (</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malbet et al. 2012, Exp. Astr. 34, 385</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèmes de Recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Physique des objets stellaires jeunes et systèmes planétaires extrasolaires (formation stellaire et planétaire)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Astronomie optique à très haute résolution angulaire (optique adaptative, coronographie, interférométrie, astrométrie)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Détecteurs pour l'astronomie (domaines visible, infrarouge et millimétrique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Observations interférométriques d'environnements d'étoiles en cours de formation ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Proposition de missions spatiales astrométriques de très haute précision pour la détection de systèmes planétaires proches (NEAT, Theia, HWO);</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Animation scientifique du LabEx FOCUS dans le domaine de la détection en astronomie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits marquants</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nouvelle technique instrumentale de calibration interférométrique de détecteur pour l'astrométrie à très haute précision : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A detector interferometric calibration experiment for high precision astrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Crouzier A., Malbet, F. , Hénault F. et al. 2016, A&A 595, A108, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03691488</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">arXiv:1609.02477</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Premières images reconstruites à la milli-seconde d'angle d'objets stellaires jeunes : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A family portrait of disk inner rims around Herbig Ae/Be stars. Hunting for warps, rings, self shadowing, and misalignments in the inner astronomical units</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Kluska, Berger, Malbet et al. 2020, A&A 636, A116, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020130</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">arXiv:2004.01594</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Une analyse du potentiel scientifique de l'astrométrie spatiale à très grande précision : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faint objects in motion: the new frontier of high precision astrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (Malbet, Boehm, Krone-Martins  et al. 2021, Exp. Astr. 51, 845, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417261</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) ;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Un projet de renouvellement du LabEX FOCUS pour 2025-2032 avec 7 laboratoires de l'Idex Grenoble Alpes pour développer des détecteurs visibles innovants, infrarouges et millimétriques pour les télescopes au sol et dans l'espace pour un montant de 3.2M€ : &amp;quot;</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced detection systems for exploring the Universe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">&amp;quot; (site web: </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">labexfocus.osug.fr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratory characterisation bench for high precision astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13699, pp.136996W. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3075199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04752621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Precision Astrometry Science in the Context of Space Mission Prospectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary A. Mamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13699, pp.1369929. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3072792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental tests of the calibration of high precision differential astrometry for exoplanets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13699, pp.136995L. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3072791⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04746895v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in focal plane and telescope calibration for high-precision space astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13092, pp.130920B. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3019233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FU Orionis disk outburst: Evidence for a gravitational instability scenario triggered in a magnetically dead zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bourdarot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lesur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 676, pp.A124. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202245757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marceau Challet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dangles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Janicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (4), pp.e0000049. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pstr.0000049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large Interferometer For Exoplanets (LIFE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Quanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ottiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Fontanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kammerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Menti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 664, pp.A21. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202140366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faint objects in motion: the new frontier of high precision astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Krone-Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Amorim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillem Anglada-Escudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51 (3), pp.845-886. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10686-021-09781-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A family portrait of disk inner rims around Herbig Ae/Be stars. Hunting for warps, rings, self shadowing, and misalignments in the inner astronomical units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kluska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lazareff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/201833774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03020130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Life and Times of AMBER: The VLTI's Astronomical Multi-BEam combineR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem-Jan de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Wittkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Rantakyrö</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Schöller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Mérand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Messenger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18727/0722-6691/5106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The binary Be star $\delta$ Scorpii at high spectral and spatial resolution : II The circumstellar disk evolution after the periastron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Meilland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Spang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Massi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00771649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circumstellar disks and planets. Science cases for next-generation optical/infrared long-baseline interferometers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Wolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Alexander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michelle Creech-Eakman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20, pp.52. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00159-012-0052-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High precision astrometry mission for the detection and characterization of nearby habitable planetary systems with the Nearby Earth Astrometric Telescope (NEAT)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Goullioud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 34 (2), pp.385-413. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10686-011-9246-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00620712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong near-infrared emission in the sub-AU disk of the Herbig Ae star HD163296: evidence for refractory dust?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonella Natta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Isella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Massi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Interstellar and circumstellar matter, 511, pp.A74. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/200912898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEGASE, an infrared interferometer to study stellar environments and low mass companions around nearby stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ollivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Absil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bordé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 23, pp.403-434. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/S10686-008-9133-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00405901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometry basics in practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Ségransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Astronomy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52, pp.208. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.newar.2008.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00398516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First direct detection of a Keplerian rotating disk around the Be star $\alpha$ Arae using the VLTI/AMBER instrument.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Meilland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armando Domiciano de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 464, pp.59. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20064848⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00078768v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optics for astronomical interferometry - VI. Coupling the light of the VLTI in K band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Labeye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatemeh Zabihian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 450, Issue 3, pp.1259-1264. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20054258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00016223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid-infrared sizes of circumstellar disks around Herbig Ae/Be stars measured with MIDI on the VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ch. Leinert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. van Boekel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.B.F.M. Waters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 423, pp.537-548. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20047178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00419009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The vertical structure of T Tauri accretion discs. III. Consistent interpretation of spectra and visibilities with a two-layer model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Lachaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Monin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 400 (1), pp.185-202. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361:20021037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planar Integrated Optics and astronomical interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Haguenauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Perraut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 2, numéro 1, pp.111-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00007573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optics for astronomical interferometry. I. Concept and astronomical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Schanen-Duport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Rousselet-Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics Supplement Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 138 (1), pp.135-145. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/aas:1999496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Dynamic Range Imaging Using a Deformable Mirror for Space Coronography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeff W. Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Shao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications of the Astronomical Society of the Pacific</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 107 (710), pp.386. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/133563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting T Tauri disks with optical long-baseline interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bertout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy and Astrophysics Supplement Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 113, pp.369. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.astro-ph/9505061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theia: the technological challenges of ultra-high-precision space astrometry conducted in Grenoble to explore exoplanets and dark matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier scientiqfique "Grenoble - Alpes Space Research" - GASPER 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Moraux, Estelle, Sep 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de la pollution lumineuse sur la métropole Grenoble Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Katz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Daveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Première Journée du GDR 2202 LUMEN (Lumière et environnement nocturne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Samuel Challéat; Johan Milian, Dec 2025, Aubervilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05402668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décarbonons l’astronomie ! Un défi entre recherche de pointe et responsabilité environnementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MaTerrathon de Sciences Po Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simon Persico; Florent Gougou, Oct 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very High Precision Astrometry for Exoplanets and Dark Matter with the Habitable Worlds Observatory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Amiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Ardellier-Desages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Doumayrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-A. Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the Habitable Worlds Observatory: Visionary Science and Transformational Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lee, Janice, Jul 2025, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theia and HWO astrometric power for Giant Exoplanets around solar-type stars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-O. Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th anniversary of the discovery of planet 51 Peg b, cool giant planets and their systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boisse, Isabelle; Vigan, Arthur, Oct 2025, Observatoire Haute Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exoplanètes : une planète B pour l’humanité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pint of Science 2025 - Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pint of science, May 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">System Analysis for a high-precision high-accuracy Astrometric instrument for HWO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Amiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Ardellier-Desages</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Doumayrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Antoine Frugier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the Habitable Worlds Observatory: Visionary Science and Transformational Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Space Telescope Science Institute; NASA Goddard Space Flight Center; NASA Jet Propulsion Laboratory, Jul 2025, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental tests of the calibration of high precision differential astrometry for HWO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Leger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the Habitable Worlds Observatory: Visionary Science and Transformational Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Washingtion, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05311522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nous n'irons pas sur Mars !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres de la Galerie Eurêka</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Galerie Eurêka, Feb 2025, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coup de projecteur sur la pollution lumineuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nuit des Chercheurs à Chambéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metrology studies for high precision astrometry in Theia / HWO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Milky Way Gaia Doctororal Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nic Walton, Jul 2025, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads between astronomy and ecology: exploring links between urban skyglow and nocturnal bird migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Villemur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaüzère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Desjonquères</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Drillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées 2025 de la Société Francaise d'Astronomie et d'Astrophysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SF2A, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05305853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling Habitable Worlds with high precision astrometry for next-generation Direct Imaging missions like LIFE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Lagage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology for the Era of LIFE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sascha Quanz; Ignasi Ribas, Nov 2025, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05379383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the limits of astrometry with THEIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High precision astrometry post-Gaia: from habitable planets, black holes to dark matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lin, Doug N. C.; Ji, Jianghui, Nov 2024, Nanjing (distanciel), China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying the nearest rocky exoplanets with high-precision differential astrometry in space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rocky Worlds 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paolo Sossi; Sascha Quanz; Caroline Dorn; Emeline Bolmont; Tim Lichtenberg; Christophe Lovis; Amy Bonsor; Paul Tackley, Jan 2024, Zurich (CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action Research in Astronomy and Ecology: The observatory of the night environment in Grenoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merlin Boribon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Deverchere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Drillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine de l'Astrophysique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bethermin; K. Bailli; N. Lagarde; J. Malzac; R.-M. Ouazzani; J. Richard; O. Venot; A. Siebert, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SF2A Environmental Transition Commission: What kind of astrophysics research for a sustainable world?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Bouffard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Hennebelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compte-rendus de la semaine de l’astrophysique française 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Béthermin, K. Baillié, N. Lagarde, J. Malzac, R.-M. Ouazzani, J. Richard, O. Venot, A. Siebert, Jun 2024, Marseille (13), France. pp.295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">My Earth'' Astrophysics and Planets - a serious game to build low carbon scenarios in the astronomy academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Santerne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Champollion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SF2A 2024 - Journées 2024 de la Société Française d’Astronomie &amp; d’Astrophysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bethermin; K. Baillié; N. Lagarde; J. Malzac; R.-M. Ouazzani; J. Richard; O. Venot; A. Siebert, Jun 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04733241v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axes du Labex FOCUS sur les détecteurs spatiaux et les applications spatiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Détecteurs Optoélectroniques pour Applications Scientifiques Spatiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNES, Jun 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des données à l’OSUG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de sensibilisation à la science ouverte et à la gestion des données de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche de Djibouti (CERD), May 2024, Djibouti (Djibouti), Djibouti</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration des architectures des systèmes exoplanétaires proches par astrométrie spatiale à haute précision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lépine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exosystèmes IV "Quelle recherche exoplanétaire en France en 2030 ?" (2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Clément Baruteau; Isabelle Boisse; Maud Langlois; Antoine Strugarek; Comité Exoplanète Transverse, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pushing the Limits of Astrometry: Technological Advances and Scientific Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A future space mission with very high precision astrometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mamon, Gary A.; Malbet, Fabien, Sep 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l’optique-photonique dans l’observation de l’Univers. Présentation du LabEx FOCUS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique Optique-Photonique et spatial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Minalogic, Sep 2024, Grenoble (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental transition: overview of actions to reduce the environmental footprint of astronomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Leboulleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faustine Cantalloube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Alice Foujols</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Giard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Guilet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées SF2A 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Astronomie et d'Astrophysique, Jun 2023, Strasbourg, France. pp.531L</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theia : science cases and mission profiles for high precision astrometry in the future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary A. Mamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mike Shao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Space Telescopes and Instrumentation 2022: Optical, Infrared, and Millimeter Wave</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPIE, Jul 2022, Montréal, Canada. pp.121801F, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2629927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03739615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A serious game to build decarbonization scenarios in the astronomy academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Douté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Montillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri-Claude Nataf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomers for Planet Earth Symposium 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sarah Wagner (chair), Beatriz Mingo (co-chair), Lola Balaguer-Núñez, Gaurav Waratkar, Parit Mehta, Volker Ossenkopf-Okada, Rika Kobayashi, Ken Rice, Catarina Fernandes, Adrianne Cool, Leo Burtscher, Agnieszka Janiuk, Andrea Gokus, Steve Agnos, Jessica Agnos, Didier Barret, Julie Bolduc-Duval, Abigail Frost, Katriona Gould, Annie Hughes, Alexander Kappes, Miriam Keppler, Fatemeh Zahra Majidi, Travis Rector, Adam Stevens, Charles Takalana, Kshitij Thorat, Lan Tran, Vivienne Wild, Kathryn Williamson, and Paul Woods, Nov 2022, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner disk regions revealed by infrared interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAU Symposium No. 243: Star-disk interaction in young stars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Grenoble, France. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00168158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMBER on the VLTI: data processing and calibration issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tatulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESO calibration workshop 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, Garching bei München, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00145686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First astrophysical results from AMBER/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tatulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States. pp.626802, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.673100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First astrophysical results from AMBER/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Stee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tatulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Stellar Interferometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VSI: a milli-arcsec spectro-imager for the VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Jocou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Stellar Interferometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VLTI-AMBER observations of Eta Carinae with high spatial resolution and spectral resolutions of 1,500 and 10,000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerd Weigelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kris Davidson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armando Domiciano de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Astronomical Telescopes + Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Orlando, United States. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.671582⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VITRUV - Science Cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo J. V. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Phillipe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romano Corradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Forveille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim Harries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Power of Optical/IR Interferometry: Recent Scientific Results and 2nd Generation VLTI Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Southern Observatory (ESO), 2005, Garching bei München, Germany. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00007673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling the wind and the disk in the close surrounding of the young stellar object MWC297 with AMBER/VLTI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benisty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.J. de Wit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kraus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Meilland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Power of Optical/IR Interferometry: Recent Scientific Results and 2nd Generation VLTI Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Garching bei München, Germany. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00005887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VITRUV - Imaging close environments of stars and galaxies with the VLTI at milli-arcsec resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Perraut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Power of Optical/IR Interferometry: Recent Scientific Results and 2nd Generation VLTI Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Southern Observatory (ESO), 2005, Garching bei München, Germany. in press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00005889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science program of the AMBER consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas M. Driebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fraix-Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Frontiers in Stellar Interferometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Glasgow, United Kingdom. pp.1722</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrophysical potential of the AMBER/VLTI instrument</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bloecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fraix-Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interferometry for Optical Astronomy II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Waikoloa, Hawaii, United States. pp.917-923, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.458907⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00199891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Science opportunities with AMBER, the near-IR VLTI instrument</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Richichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bloecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fraix-Burnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interferometry in Optical Astronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Münich, Germany. pp.80-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00200144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMBER: the near-infrared focal instrument for the Very Large Telescope Interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain G. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Richichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl-Heinz Hofmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Mourard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Telescopes and Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2000, Garching, Germany. pp.68, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.390256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMBER data simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Berio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Forveille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomical Telescopes and Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Munich, Germany. pp.217, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.390211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02480012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental tests of the calibration of high precision differential astrometry for exoplanets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Pancher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Soler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exoplanets V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the architectures of nearby exoplanetary systems using high-precision space astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lizzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mamon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Labadie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exoplanets 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Leiden, Netherlands. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04704208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma Terre en 180 Minutes: a transition support system to build decarbonization scenarios in the academic community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Champollion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Anquetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Aumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baehr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelly Bardet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Vienna, Austria. , </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Large Interferometer For Exoplanets (LIFE): a space mission for mid-infrared nulling interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Glauser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sascha Quanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonah Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Dannert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Ireland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical and Infrared Interferometry and Imaging IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13095, SPIE, pp.130951D, 2024, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.3019090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04714545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerro Paranal, la pureté du ciel chilien menacée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Éléphant, Hors-Série "Autour du monde"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hors Série 33, Scrinéo, pp.66, 2025, 9782381674193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrometry as an Exoplanet Discovery Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Sozzetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Exoplanets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.689-704, 2018, 978-3-319-55332-0. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-55333-7_196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grenoble : développement du parcours éducatif au travers de l'évolution du périscolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CÉDIS : Centre d'éco-développement &amp; d'initiative sociale (France). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les politiques éducatives locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Montreuil :; Neuvy-en-Champagne : le Passager clandestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.95, 2016, Les pratiques / CÉDIS, 978-2-36935-056-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03417473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometry Basics in Practice: Exercises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Millour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Ségransan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Duvert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circumstellar Disks and Planets at Very High Angular Resolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.newar.2008.04.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00273488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plus grands télescopes du monde menacés par un projet industriel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jour de la nuit : comment mesurer l’impact de la pollution lumineuse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la nuit doit rester noire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Milli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A publication database for optical long baseline interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Mella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lawson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther Taillifet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lafrasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomorrow optical interferometry: astrophysical prospects and instrumental issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00094329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on the AU-scale circumstellar structure of FU Orionis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Lachaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Mark Colavita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Di Folco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the close environment of young stellar objects with interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00000235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schéma Stratégique du Numérique OSUG 2021-2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Roch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Boutherin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS; UGA - Université Grenoble Alpes; INRAE; IRD; Météo France. 2022, 82 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04173038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESA Voyage 2050 white paper -- Faint objects in motion: the new frontier of high precision astrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Abbas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Boehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Institut Planetologie Astrophysique de Grenoble. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement circumstellaire des étoiles jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Paris-Diderot - Paris VII, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00003233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des conditions physiques dans les disques protoplanétaires par interférométrie. Théorie, instrumentation et premières observations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Malbet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Astrophysique [astro-ph]. Université Joseph-Fourier - Grenoble I, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00189697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId308"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1769FD60"/>
+    <w:nsid w:val="A71F367C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="94F40192"/>
+    <w:nsid w:val="20E8EA92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="DF955A24"/>
+    <w:nsid w:val="3B33F78F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="FE2A6DCF"/>
+    <w:nsid w:val="BA7B5497"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -791,51 +791,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-malbet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8029-4226" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077258185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/insu-04029179" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333779" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333811" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333712" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333829" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199694" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620712" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/insu-03691488" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/abs/1609.02477" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020130" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/abs/2004.01594" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417261" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labexfocus.osug.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752621v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pancher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Soler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Malbet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lizzana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3075199" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758479v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary A. Mamon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Labadie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sozzetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3072792" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746895v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Soler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3072791" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681289v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;ger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019233" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306253v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourdarot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Berger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lesur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perraut" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245757" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876316v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quanz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ottiger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fontanet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kammerer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140366" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417261v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boehm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Krone-Martins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Amorim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09781-1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020130v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kluska" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lazareff" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benisty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833774" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem-Jan de Wit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Wittkowski" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Rantakyr&#246;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Sch&#246;ller" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine M&#233;rand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5106" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771649v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Meilland" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stee" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Spang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Massi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685526v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Wolf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Alexander" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Creech-Eakman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00159-012-0052-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620712v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Shao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Goullioud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Lagage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-011-9246-1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511356v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Benisty" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Natta" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Isella" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912898" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398516v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Millour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S&#233;gransan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duvert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newar.2008.04.015" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078768v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vannier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Domiciano de Souza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20064848" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016223v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Le Bouquin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labeye" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jocou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Zabihian" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054258" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419009v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Leinert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Boekel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B.F.M. Waters" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chesneau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20047178" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333793v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lachaume" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Monin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20021037" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007573v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haguenauer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Perraut" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333829v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schanen-Duport" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rousselet-Perraut" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aas:1999496" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333712v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff W. Yu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/133563" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333811v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertout" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.astro-ph/9505061" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304690v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Labadie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sozzetti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Lagage" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lizzana" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304695v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pancher" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rousset" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soler" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402668v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Katz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Daveau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Colas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412352v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304671v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amiaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ardellier-Desages" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Doumayrou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Frugier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401759v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353323v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amiaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ardellier-Desages" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Doumayrou" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Frugier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311522v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Leger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401745v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401682v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379628v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05305853v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Villemur" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ga&#252;z&#232;re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Desjonqu&#232;res" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Drillat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379383v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797774v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704124v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734836v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Boribon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deverchere" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904863v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Barret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hennebelle" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733241v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Santerne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704375v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704364v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455734v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry L&#233;pine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797748v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704380v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302665v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Foujols" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guilet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739615v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Shao" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629927" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732729v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dout&#233;" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Montillaud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168158v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145686v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain G. Petrov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tatulli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080756v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Weigelt" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417040v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petrov" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.673100" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199782v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Davidson" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.671582" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085140v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Garcia" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005887v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. de Wit" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kraus" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meilland" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007673v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo J. V. Garcia" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Berger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romano Corradi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Forveille" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Harries" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005889v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199888v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Driebe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Foy" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fraix-Burnet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mathias" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199891v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bloecker" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.458907" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200144v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Richichi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lopez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480068v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Heinz Hofmann" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mourard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.390256" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480012v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berio" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.390211" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704208v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#233;ger" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mamon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677656v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714545v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Glauser" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Quanz" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonah Hansen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Dannert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ireland" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019090" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387789v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447689v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-55333-7_196" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417473v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Martin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cedis-formation.org/blog/2016/08/16/guide-pratique-n-21-les-politiques-educatives-locales/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273488v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duvert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387828v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799468v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815783v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512822v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mella" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lawson" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Taillifet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lafrasse" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094329v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004596v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mark Colavita" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Folco" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000235v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173038v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roch" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Boutherin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444146v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Abbas" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alves" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boehm" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Brown" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003233v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00189697v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-malbet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8029-4226" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077258185" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/insu-04029179" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333779" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333811" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333712" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333829" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199694" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620712" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/insu-03691488" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/abs/1609.02477" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020130" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/abs/2004.01594" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417261" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labexfocus.osug.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752621v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pancher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Soler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Malbet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lizzana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kern" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3075199" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758479v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary A. Mamon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Labadie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Sozzetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3072792" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746895v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Soler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3072791" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681289v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;ger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019233" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306253v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourdarot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Berger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lesur" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Perraut" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245757" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876316v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quanz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ottiger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fontanet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kammerer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140366" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417261v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boehm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Krone-Martins" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Amorim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Anglada-Escud&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09781-1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020130v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kluska" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lazareff" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benisty" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201833774" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447626v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem-Jan de Wit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Wittkowski" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Rantakyr&#246;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Sch&#246;ller" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine M&#233;rand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18727/0722-6691/5106" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771649v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Meilland" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stee" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Spang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Massi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685526v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Wolf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Alexander" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Creech-Eakman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00159-012-0052-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620712v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Shao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Goullioud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Lagage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-011-9246-1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511356v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Benisty" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Natta" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Isella" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/200912898" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00405901v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ollivier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Absil" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Allard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bord&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10686-008-9133-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398516v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Millour" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S&#233;gransan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duvert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newar.2008.04.015" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078768v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vannier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Domiciano de Souza" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20064848" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016223v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Le Bouquin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labeye" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jocou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Zabihian" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20054258" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419009v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Leinert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Boekel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.B.F.M. Waters" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Chesneau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20047178" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333793v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Lachaume" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Monin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20021037" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007573v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Haguenauer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Perraut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333829v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schanen-Duport" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Rousselet-Perraut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/aas:1999496" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333712v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff W. Yu" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/133563" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333811v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertout" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.astro-ph/9505061" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304695v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lizzana" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pancher" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rousset" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soler" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402668v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Milli" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Katz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Daveau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Colas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412352v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304671v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amiaux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ardellier-Desages" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Doumayrou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Frugier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304690v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Labadie" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sozzetti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Lagage" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401759v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353323v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amiaux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ardellier-Desages" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Doumayrou" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Frugier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311522v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Leger" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401745v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401682v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379628v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05305853v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Villemur" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ga&#252;z&#232;re" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Desjonqu&#232;res" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Drillat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379383v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797774v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704124v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734836v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merlin Boribon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deverchere" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904863v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Cantalloube" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Barret" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bouffard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hennebelle" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733241v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Santerne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lamy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704375v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704364v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455734v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry L&#233;pine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797748v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704380v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302665v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leboulleux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Foujols" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Giard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guilet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739615v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Shao" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629927" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732729v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dout&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Montillaud" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Claude Nataf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168158v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145686v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain G. Petrov" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tatulli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417040v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petrov" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Weigelt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.673100" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080756v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085140v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Garcia" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199782v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chesneau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Davidson" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.671582" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007673v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo J. V. Garcia" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Berger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romano Corradi" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Forveille" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Harries" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005887v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.J. de Wit" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kraus" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meilland" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005889v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199888v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M. Driebe" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Foy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fraix-Burnet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mathias" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199891v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bloecker" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.458907" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200144v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Richichi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lopez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480068v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Heinz Hofmann" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mourard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.390256" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02480012v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berio" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.390211" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677656v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704208v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L&#233;ger" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mamon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199599v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baehr" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bardet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6356" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714545v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Glauser" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Quanz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonah Hansen" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Dannert" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ireland" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3019090" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387789v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447689v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-55333-7_196" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417473v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Martin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cedis-formation.org/blog/2016/08/16/guide-pratique-n-21-les-politiques-educatives-locales/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273488v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duvert" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387828v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799468v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815783v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512822v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mella" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lawson" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Taillifet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lafrasse" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094329v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004596v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mark Colavita" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Di Folco" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000235v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173038v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roch" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Boutherin" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444146v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Abbas" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alves" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boehm" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Brown" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003233v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00189697v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>