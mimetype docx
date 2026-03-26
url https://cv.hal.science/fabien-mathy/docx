--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabien Mathy </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Université Côte d'Azur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking space and ordinal position in working memory: A multi-level meta-analysis of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 266, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2025.106276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing order in short-term memory is spatially biased in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 252, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2024.106171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing order in short-term memory is spatially biased in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 252, pp.1-36. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2024.106171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitional Probabilities, Prediction and Backward Associations in Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année Psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’Année psychologique, 124 (3), pp.347-374. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.243.0347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional associations in short-term memory can vanish in long-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (8), pp.2073-2091. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-024-01577-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The order of stimuli matters when learning second-order transitional probabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Learning and Behavior, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13420-024-00646-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can compression take place in working memory without a central contribution of long-term memory?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, pp.1726 - 1736. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-023-01474-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized experimental designs to best detect spatial positional association of response codes in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85 (5), pp.1661-1680. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02666-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized experimental designs to best detect spatial positional association of response codes in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85, pp.1661-1680. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02666-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to fit transfer models to learning data: a segmentation/clustering approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavior Research Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13428-023-02166-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03738160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probability, Dependency, and Frequency Are Not All Equally Involved in Statistical Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 69 (5), pp.241-252. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04016782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Higher-Order Transitional Probabilities in Nonhuman Primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Tosatto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (46), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04908700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hold-out strategy for selecting learning models: application to categorization subjected to presentation orders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 109 (102691), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmp.2022.102691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284595v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An order-dependent transfer model in categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 107 (102634), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmp.2021.102634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating interactions between types of order in categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (21625), pp.21625. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-25776-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03349792v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Higher‐Order Transitional Probabilities in Nonhuman Primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Tosatto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (4), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fate of visual long term memories for images across weeks in adults and children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Thorpe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.21763. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-26002-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits and pitfalls of data compression in visual working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-021-02333-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compressibility account of the color-sharing bonus in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 83 (4), pp.1613-1628. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-020-02231-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neglected factors bearing on reaction time in language production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45, pp.article 13050. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of unbalanced exclusive-or temporal sequences in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (2), pp.e0246826. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0246826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory complex span tasks and fluid intelligence: Does the positional structure of the task matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin &amp; Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1--11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: can individuals reverse the cultural direction of their thoughts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Mosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzysztof Cipora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477 (1), pp.113--125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced deficits observed in children and adolescents with developmental language disorder using proper nonverbalizable span tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seçkin Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Broc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Developmental Disabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 96, pp.103522. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ridd.2019.103522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of working memory spatialization revealed by using the cave paradigm in a two-alternative spatial choice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477 (1), pp.54--70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s working memory develops at similar rates for sequences differing in compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 120 (2), pp.175-202. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.202.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory develops at a similar rate across diverse stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.104735 -. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2019.104735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03488456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower verbalizability of visual stimuli modulates differences in estimates of working memory capacity between children with and without developmental language disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seçkin Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Broc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autism &amp; Developmental Language Impairments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.239694152094551. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/2396941520945519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s working memory develops at similar rates for sequences differing in compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 120 (2), pp.175--202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dual-process memory account of how to make an evaluation from complex and complete information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Rafaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guerci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Lambert-Mogiliansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70 (6), pp.1079-1094. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.706.1079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression in Working Memory and Its Relationship With Fluid Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42, pp.904 - 922. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.12601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory is related to literacy and reading direction: Culture “literarily” directs our thoughts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Megreya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.96 - 100. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2018.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and Complex Working Memory Tasks Allow Similar Benefits of Information Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical transcription of the `time-based resource sharing'theory of working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Mathematical and Statistical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 71 (1), pp.146-166. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bmsp.12112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The inﬂuence of presentation order on category transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.59-69. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Abilities to Form Chunks in Immediate Memory and Its Non-Relationship to Span Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner Speech sustains Predictable Task Switching: Direct Evidence in Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/20445911.2016.1164173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunk formation in immediate memory and how it relates to data compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 155, pp.96 - 107. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2016.05.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rule-based category use in preschool children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Courenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 131, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2014.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A snapshot is all it takes to encode object locations into spatial memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry H. Haladjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vision Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 107, pp.133-145. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.visres.2014.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01236011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retention-error patterns in complex alphanumeric serial-recall tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Varré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21, pp.945-968</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The simplicity bias in concept learning: a response to Goodwin & Johnson-Laird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cognitive Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Online comment</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity-Dissimilarity Competition in Disjunctive Classification Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Haroutioun Haladjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob. L. Goldstone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, 26, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compression de l’information dans l’apprentissage de catégories artiﬁcielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 112, n°4, pp.593-629</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s magic about magic numbers? Chunking and data compression in short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 122, pp.346-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inhibition verbale dans les Troubles Déficitaires de l’Attention avec Hyperactivité (TDAH)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Bouriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Campello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended study of the nonindependence of stimulus properties in human classification learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 64, pp.41-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing conceptual complexity and compressibility using information gain and mutual information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tutorials in Quantitative Methods for Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Vol. 6, Issue 1, pp.16-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The long term effect of relational information in Type VI concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, pp.360-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rule-based presentation order facilitates category learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 16, pp.1050-1057</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response times seen as decompression time in Boolean concept use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 72, pp.211-234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An estimate of the Flynn effect: Evolution of the IQ of 10-year-old French children between 1965 and 1988</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 99, pp.743-746. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2466/PR0.99.3.743-746⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elégance, complexité et subtilités de la formalisation des plans expérimentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 59, pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compréhension de la coïncidence chez l'enfant de 3 à 7 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2005/2 (Vol. 57), pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theory of the graceful complexification of concepts and their learnability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Psychologie Cognitive - Current Psychology of Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 22, pp.39-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared cerebral bases for the recognition of visual and auditory information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signatures of compression of information in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal probing in experimental designs to best detect spatial positional association of response codes for visual vs verbal information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification de patterns de catégorisation chez l'humain par deux modèles d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDS 2020 : 52-ièmes journées de Statistique de la Société Française de Statistique (SFdS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Nice (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When do westerners start thinking from left to right?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory impairments extend to non-verbal domains in post-stroke aphasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seçkin Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semra Selvi Balo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Broc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">İlknur Maviş</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Aphasia 57th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Macau, Macau SAR China. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/conf.fnhum.2019.01.00065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allegedly phonological processes in sequential processing of lexical, grammatical, and phonological information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning transitional probabilities in nonhuman primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Convention of Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to determine whether an alleged phonological process is real</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Old World Conference in Phonology (OCP15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre en dormant : effet du sommeil sur l'apprentissage incident de l'orthographe lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59ème congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to detect the presence / absence of morphological activity in language production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Psychologie, Aug 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Purer estimates of storage capacity in working memory obtained using nonchunkable material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium [(Learning, restructuring), (grouping, chunking)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum-Like learning: a theoretical and experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duchêne S Rafai I Guerci E Lambert-Mogiliansky A</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Worshop Quantum-like Models of Cognition II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond transitional probabilities: learning XOR in non-human primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth Implicit Learning Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lancaster University, Jun 2016, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage de combinaisons XOR: cortex et comportement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Station de primatologie UPS 846 CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rousset, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation of chunks in working memory and its relation to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited talk in Randall Engle's lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Georgia-Tech, Atlanta, GA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation of chunks in working memory and data compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited talk in Nelson Cowan's lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, University of Missouri, Columbia, MO, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Categorization and chunking in immediate memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited talk at the Department of Psychological and Brain Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Indiana University, IN, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct evidence of gestural encoding in memory tasks using laryngeal electromyography in human participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Gestural views of verbal memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, MSHS Sud-Est, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A test of a Time-Based Resource-Sharing & Switching (TBR−S2) model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Chicago, IL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An introduction to agents and knowledge transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium An introduction to agents and knowledge transmission</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, MSHS Sud-Est, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Pasadena, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mécanismes de l'oubli et les capacités de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine du cerveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Théâtre du grand château, Campus Valrose, Université de Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin et al. (2009) en modalité non-invasive : expérience pilote et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demian Wassermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'axe MTC-NSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Université Nice Sophia antipolis, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus moteurs en mémoire à court terme verbale: Une analyse par électromyographie laryngée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Precioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'axe MTC-NSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Université Nice Sophia antipolis, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et sélection de modèles par le rasoir d'Occam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYCOVISO Worshop, Modélisation et computation en sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, MSHS Sud-Est, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking on the fly in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Long Beach, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicariance in adolescents’ judgment of time: A view from Absolute Judgment Of Recency (AJOR)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conscious Experience of Time: Its Significance and Interpretation in Neuroscience and Philosophy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation of chunks in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Annual Convention of the Association for Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, San Francisco, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term memory tasks coupled with online chunking: a straight measure of working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 18th Conference of the European Cognitive Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Budapest, Hungary, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du langage intérieur dans la flexibilité mentale – Étude électromyographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by L. Laurent presented at the 55e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est le rôle du langage intérieur dans les fonctions exécutives ? Une approche électromyographique laryngée de l'alternance de tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Equipe d'Accueil EA 4649 - Psychologie des Actions Langagières et Motrices (PALM), Université de Caen Basse-Normandie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking memory span of categorizable stimuli varying in number, order and compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 53rd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Minneapolis, MN, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner speech and task switching in adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented by L. Laurent at the 34th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production de langage intériorisé dans l'exécution d'activités complexes alternées en fonction de l'âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by L. Laurent at the Congrès National du Réseau des Maisons des Sciences de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empan mnésique et chunking d'objets variant en nombre, ordre et compressibilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by M. Chekaf presented at the 54e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémorisation et catégorisation par compression de l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Laboratoire de Psychologie et Neurocognition CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Université Pierre Mendès Grenoble II, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blindness increases accuracy of absolute judgment of recency for sounds: An Expertise Effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Viennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by E. Laurent presented at the 52nd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Seattle, WA., United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation order effects on category learning and category generalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressibilité de l'information dans l'apprentissage par règles et les processus de chunking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Laboratoire de Psychologie Cognitive CNRS, Pôle 3C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Université de Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’une batterie d’épreuves contribuant au dépistage des Troubles Déficitaires de l’Attention avec Hyperactivité (TDA/H)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Campello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented by L. Bouillet at the 21e Congrès de la Société Francaise de Neurologie Pédiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snapshot encoding of spatial information: Location memory for visual-short-term- and short-term-memory exposures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Haroutioun Haladjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented by H. H. Haladjian at the 19th Annual Object, Perception, Attention, &amp; Memory (OPAM) Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Seattle, WA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nombres magiques: capacité compressée et décompactée en MCT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Cognitive Neuroimaging Unit, INSERM-CEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term memory, working memory, chunking memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Special talk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Rutgers Center for Cognitive Science, Rutgers State University of New Jersey, New Brunswick, NJ, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking and data compression in short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 51st Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, St-Louis, MO, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronométrie mentale et mesures neurophysiologiques des performances dans l'apprentissage et la mémorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ere Journée Jeunes Chercheurs de la Maison des Sciences de L'Homme et de l'Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronométrie mentale et mesures neurophysiologiques des performances dans l'apprentissage et la mémorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 1ere Journée Jeunes Chercheurs de la Maison des Sciences de L'Homme et de l'Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking and data compression in short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 51st Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Saint Louis (MO), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmic distances versus geometrical distances in categorization processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of the XXIX International Congress of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concept learnability in children aged from 4 to 7 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Proceedings of the Second Bisontine Conference for the Conceptual and Linguistic Development in the Child Aged from 1 to 6 years,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle multi-agent de la complexité conceptuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In M. P. Gleizes &amp; P. Marcenac (Eds.), Ingénierie des Systèmes multi-agents, Actes des 7e Journées Francophones d'Intelligence Artificielle et Systèmes Multi-agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Saint-Gilles de la Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed model of conceptual development : communication protocols in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Proceedings of the First Bisontine Conference for the conceptual and Linguistic Development in the Child Aged from 1 to 6 years</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Caroline Floccia, Dec 1999, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la requête calculatoire inhérente aux concepts linéairement séparables et inséparables.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du IIIe Colloque Jeunes Chercheurs en Sciences Cognitives, Interdisciplinarité et Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Soulac, France. pp.154-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different patterns of activation for the recognition of visual vs. auditory verbal information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les caractéristiques sémantiques n’influencent pas la spatialisation en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Dieppe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization and its link to working memory capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ‘Relations between space, language, and numbers’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tubingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergence d’un biais spatial dans le traitement de l’information ordinale chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of spatial-positional associations in working memory in school-aged children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Relations between space, language, and numbers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No evidence for Spatial-Positional Associations in children's working memory using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Hurtado Woenckhaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial associations in short-term memory vanish as memory consolidates using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic content, concreteness and verbalization effects on spatialization in verbal working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodies spatialization : making SPoARCs appear and disappear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation spatiale des informations visuelles et auditives en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Spatial Bias in the Processing of Ordinal Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New-york, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do children map order onto space in working memory? Investigating the development of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San Fransisco (California), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does faster presentation pace hinder spatialisation in working memory ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization tested via the SPoARC effect is modulated by the number of items to be memorized in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can spatial-positional associations be transferred from short-term to long-term memory? Investigating the SPoARC effect using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trying to kill musicians’ SPoARC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signatures of information compression in a large-scale naturalistic memory data set</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Interdisciplinary Advances in Statistical Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory depends upon the number of items probed during a recognition task: the role of scanning items repetitively</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: is the SPoARC effect influenced by the type of stimulus presented during a recognition task?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using transitional probabilities in adjacent pairs is the most efficient way to learn associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential use of Transitional Probabilities and Frequency in Statistical Learning of Pseudowords</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Interdisciplinary Advances in Statistical Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03688991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compressibility account of the developmental abilities to reorganize information in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptual redundancy and semantic grouping effects among real-world objects in visual working memory come from different processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candice Morey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, St. Pete Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A factorial analysis of contextual cueing reveals the primacy of local context surrounding the target</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Poulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Didierjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th Virtual annual meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching costs in verbal working memory complex span task performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Learning of Second-Order Transitional Probabilities in Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62nd Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtuel, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching costs in verbal working memory complex span task performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Nouvelle Orléans, LA (virtual), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilities, dependencies and frequency are not all equally involved in artificial word learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual APS Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilities, Dependencies and Frequency Are Not All Equally Involved in Artificial Word Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Virtual APS Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of second-order transitional probabilities in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62nd Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refreshing and consolidation effects in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Houston, Texas (virtual), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data from a Scientific Museum shows Evidence for Compression Processes in Working Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented at the 100th convention of the Western Psychological Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual conference, United States. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity and compression of information effects on color-based boost in visual working</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory complex span tasks and fluid intelligence : Does the structure of the task matter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual meeting of the Psychonomic Society, #1065</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sleep Enhances Retention and Relearning Speed of Textual Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International meeting of the LabEx CORTEX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organization in Working Memory is Driven by the Compressibility of Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of adjacent and non-adjacent pairs in non-linguistic short sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tenerife, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Sleep on Relearning and Long-term Retention of Verbal Items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tenerife, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of first and second order transitional probabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël R Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Advances in Statistical Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation and switching cost effects in working memory complex span tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Convention of Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of compression in working memory using a large data set gathered from an exhibit devoted to memory in a scientific museum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual meeting of the Psychonomic Society, #3127</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre en dormant : Effets du sommeil sur l’apprentissage incident de l’orthographe lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième Rencontre C@UCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-based resource-sharing and switching cost accounts of performance in complex span tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauvrit Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related improvements in immediate memory result from a genuine increase in storage capacity across different stimulus classes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children's working memory capacity and the compressibility of stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the Society for Research in Child Development (SRCD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Austin (TX), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressibilité de l’information dans des tâches d’empan simple et complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58th Annual Conference of the Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and complex working memory tasks allow similar benefits of information compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and complex working memory tasks allow similar benefits of information compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory vs. mental picture in the context of learning: An experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Rafaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guerci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Lambert-Mogiliansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th international conference on Quantum Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, San Fransisco, United States. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make a simple span task as complex as a complex span task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chekaf M Cowan N</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oppositions et hybridations entre modèles à exemplaires et modèles fondés sur des règles dans la catégorisation perceptive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 50e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemplar models seen as a mixture of decision rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel versus sequential processing in concept learning., Osnabrück, Germany.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In F. Schmalhofer, R. M. Young &amp; G. Katz (Eds). Proceedings of EuroCogSci 03, The European Cognitive Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Osnabruck, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressibility and communications in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Psychological Society Developmental Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent model of communicational complexity in short term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xth European Conference on Developmental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La complexité des communications en mémoire de travail dans l'acquisition de concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GROFRED</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pouvoirs insoupçonnés de votre mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mardaga. Mardaga, 2022, 9782804720896. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mard.mathy.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation et modélisation en sciences cognitives: MATLAB, SPSS, Excel et E-Prime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions - Elsevier, 2018, 9781784055264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments and Modeling in Cognitive Science: MATLAB, SPSS, Excel and E-Prime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Press - Elsevier, 2018, 178548284X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society (CogSci 2015): Mind, Technology, and Society : Proceedings of a meeting held 22-25 July 2015, Pasadena, California, USA. / Noelle, D. C., Dale, R., Warlaumont, A. S., Yoshimi, J., Matlock, T., Jennings, C. D., &amp; Maglio, P. P. (Eds.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cognitive Science Society, pp.333-338, 2015, 9781510809550</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dual process in memory: how to make an evaluation from complex and complete information? — An experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guerci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Lambert-Mogiliansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Rafaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concept learnability measured by a multi-agent model of working memory communication complexity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychology. Université Reims Champage Ardennes, 2002. English. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04933388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage, Chunking et Capacité de la Mémoire chez l’Adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychology. Université de Franche-Comté, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04933394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId301"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fabien Mathy </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Université Côte d'Azur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking space and ordinal position in working memory: A multi-level meta-analysis of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernand Gobet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Campitelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Sala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 266, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2025.106276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing order in short-term memory is spatially biased in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 252, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2024.106171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional association of response codes is modulated by the number of items in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 53 (7), pp.2126-2153. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-025-01702-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing order in short-term memory is spatially biased in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 252, pp.1-36. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2024.106171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional associations in short-term memory can vanish in long-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (8), pp.2073-2091. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-024-01577-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial–positional associations in short-term memory can vanish in long-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52, pp.2073 - 2091. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-024-01577-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transitional Probabilities, Prediction and Backward Associations in Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année Psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’Année psychologique, 124 (3), pp.347-374. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.243.0347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04806287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The order of stimuli matters when learning second-order transitional probabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Learning and Behavior, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13420-024-00646-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can compression take place in working memory without a central contribution of long-term memory?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, pp.1726 - 1736. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-023-01474-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized experimental designs to best detect spatial positional association of response codes in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85, pp.1661-1680. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02666-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized experimental designs to best detect spatial positional association of response codes in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85 (5), pp.1661-1680. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02666-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to fit transfer models to learning data: a segmentation/clustering approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavior Research Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13428-023-02166-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03738160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probability, Dependency, and Frequency Are Not All Equally Involved in Statistical Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 69 (5), pp.241-252. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04016782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An order-dependent transfer model in categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 107 (102634), </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmp.2021.102634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating interactions between types of order in categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (21625), pp.21625. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-25776-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03349792v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hold-out strategy for selecting learning models: application to categorization subjected to presentation orders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 109 (102691), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmp.2022.102691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284595v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Higher‐Order Transitional Probabilities in Nonhuman Primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Tosatto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (4), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03631173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The fate of visual long term memories for images across weeks in adults and children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Goujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Thorpe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.21763. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-26002-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Higher-Order Transitional Probabilities in Nonhuman Primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Tosatto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 46 (46), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04908700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compressibility account of the color-sharing bonus in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 83 (4), pp.1613-1628. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-020-02231-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neglected factors bearing on reaction time in language production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 45, pp.article 13050. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.13050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03505517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of unbalanced exclusive-or temporal sequences in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (2), pp.e0246826. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0246826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits and pitfalls of data compression in visual working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-021-02333-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory complex span tasks and fluid intelligence: Does the positional structure of the task matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin &amp; Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1--11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced deficits observed in children and adolescents with developmental language disorder using proper nonverbalizable span tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seçkin Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Broc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Olive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Developmental Disabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 96, pp.103522. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ridd.2019.103522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of working memory spatialization revealed by using the cave paradigm in a two‐alternative spatial choice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477, pp.54 - 70. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nyas.14433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: can individuals reverse the cultural direction of their thoughts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Mosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzysztof Cipora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477 (1), pp.113--125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of working memory spatialization revealed by using the cave paradigm in a two-alternative spatial choice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477 (1), pp.54--70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s working memory develops at similar rates for sequences differing in compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 120 (2), pp.175-202. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.202.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05504006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory develops at a similar rate across diverse stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 191, pp.104735 -. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2019.104735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03488456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lower verbalizability of visual stimuli modulates differences in estimates of working memory capacity between children with and without developmental language disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seçkin Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Broc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autism &amp; Developmental Language Impairments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.239694152094551. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/2396941520945519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s working memory develops at similar rates for sequences differing in compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 120 (2), pp.175--202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03123383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: can individuals reverse the cultural direction of their thoughts?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Mosinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krzysztof Cipora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1477, pp.113 - 125. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nyas.14499⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dual-process memory account of how to make an evaluation from complex and complete information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Rafaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guerci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Lambert-Mogiliansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Economique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 70 (6), pp.1079-1094. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reco.706.1079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and Complex Working Memory Tasks Allow Similar Benefits of Information Compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory is related to literacy and reading direction: Culture “literarily” directs our thoughts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Megreya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Lavielle-Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 175, pp.96 - 100. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2018.02.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression in Working Memory and Its Relationship With Fluid Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 42, pp.904 - 922. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.12601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01873321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical transcription of the `time-based resource sharing'theory of working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Mathematical and Statistical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 71 (1), pp.146-166. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bmsp.12112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental Abilities to Form Chunks in Immediate Memory and Its Non-Relationship to Span Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7-201</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner Speech sustains Predictable Task Switching: Direct Evidence in Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/20445911.2016.1164173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunk formation in immediate memory and how it relates to data compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 155, pp.96 - 107. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cognition.2016.05.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The inﬂuence of presentation order on category transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.59-69. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rule-based category use in preschool children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Courenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 131, pp.1-18. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jecp.2014.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A snapshot is all it takes to encode object locations into spatial memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry H. Haladjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vision Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 107, pp.133-145. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.visres.2014.12.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01236011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The simplicity bias in concept learning: a response to Goodwin & Johnson-Laird</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cognitive Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Online comment</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity-Dissimilarity Competition in Disjunctive Classification Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Haroutioun Haladjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob. L. Goldstone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, 26, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retention-error patterns in complex alphanumeric serial-recall tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Stéphane Varré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21, pp.945-968</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'inhibition verbale dans les Troubles Déficitaires de l’Attention avec Hyperactivité (TDAH)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Bouriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Campello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s magic about magic numbers? Chunking and data compression in short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 122, pp.346-362</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compression de l’information dans l’apprentissage de catégories artiﬁcielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 112, n°4, pp.593-629</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended study of the nonindependence of stimulus properties in human classification learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 64, pp.41-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The long term effect of relational information in Type VI concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 22, pp.360-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rule-based presentation order facilitates category learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 16, pp.1050-1057</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing conceptual complexity and compressibility using information gain and mutual information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tutorials in Quantitative Methods for Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Vol. 6, Issue 1, pp.16-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response times seen as decompression time in Boolean concept use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 72, pp.211-234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An estimate of the Flynn effect: Evolution of the IQ of 10-year-old French children between 1965 and 1988</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 99, pp.743-746. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2466/PR0.99.3.743-746⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elégance, complexité et subtilités de la formalisation des plans expérimentaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 59, pp.187-193</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compréhension de la coïncidence chez l'enfant de 3 à 7 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enfance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 2005/2 (Vol. 57), pp.109-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theory of the graceful complexification of concepts and their learnability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Psychologie Cognitive - Current Psychology of Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 22, pp.39-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shared cerebral bases for the recognition of visual and auditory information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal probing in experimental designs to best detect spatial positional association of response codes for visual vs verbal information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Banks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signatures of compression of information in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification de patterns de catégorisation chez l'humain par deux modèles d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Mezzadri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDS 2020 : 52-ièmes journées de Statistique de la Société Française de Statistique (SFdS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Nice (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When do westerners start thinking from left to right?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allegedly phonological processes in sequential processing of lexical, grammatical, and phonological information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning transitional probabilities in nonhuman primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Convention of Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory impairments extend to non-verbal domains in post-stroke aphasia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seçkin Arslan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semra Selvi Balo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Broc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">İlknur Maviş</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academy of Aphasia 57th Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Macau, Macau SAR China. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/conf.fnhum.2019.01.00065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to determine whether an alleged phonological process is real</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Old World Conference in Phonology (OCP15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre en dormant : effet du sommeil sur l'apprentissage incident de l'orthographe lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59ème congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to detect the presence / absence of morphological activity in language production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Psychologie, Aug 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Purer estimates of storage capacity in working memory obtained using nonchunkable material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium [(Learning, restructuring), (grouping, chunking)]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum-Like learning: a theoretical and experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duchêne S Rafai I Guerci E Lambert-Mogiliansky A</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Worshop Quantum-like Models of Cognition II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond transitional probabilities: learning XOR in non-human primates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth Implicit Learning Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lancaster University, Jun 2016, Lancaster, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation of chunks in working memory and its relation to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited talk in Randall Engle's lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Georgia-Tech, Atlanta, GA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A test of a Time-Based Resource-Sharing & Switching (TBR−S2) model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Chicago, IL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct evidence of gestural encoding in memory tasks using laryngeal electromyography in human participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Gestural views of verbal memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, MSHS Sud-Est, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation of chunks in working memory and data compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited talk in Nelson Cowan's lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, University of Missouri, Columbia, MO, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Categorization and chunking in immediate memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited talk at the Department of Psychological and Brain Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Indiana University, IN, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An introduction to agents and knowledge transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium An introduction to agents and knowledge transmission</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, MSHS Sud-Est, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Pasadena, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mécanismes de l'oubli et les capacités de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semaine du cerveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Théâtre du grand château, Campus Valrose, Université de Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin et al. (2009) en modalité non-invasive : expérience pilote et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demian Wassermann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'axe MTC-NSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Université Nice Sophia antipolis, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus moteurs en mémoire à court terme verbale: Une analyse par électromyographie laryngée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Precioso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Scheer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'axe MTC-NSC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Université Nice Sophia antipolis, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage de combinaisons XOR: cortex et comportement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Station de primatologie UPS 846 CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rousset, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation et sélection de modèles par le rasoir d'Occam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SYCOVISO Worshop, Modélisation et computation en sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, MSHS Sud-Est, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking on the fly in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Long Beach, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicariance in adolescents’ judgment of time: A view from Absolute Judgment Of Recency (AJOR)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conscious Experience of Time: Its Significance and Interpretation in Neuroscience and Philosophy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The formation of chunks in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th Annual Convention of the Association for Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, San Francisco, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du langage intérieur dans la flexibilité mentale – Étude électromyographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by L. Laurent presented at the 55e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est le rôle du langage intérieur dans les fonctions exécutives ? Une approche électromyographique laryngée de l'alternance de tâches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Equipe d'Accueil EA 4649 - Psychologie des Actions Langagières et Motrices (PALM), Université de Caen Basse-Normandie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term memory tasks coupled with online chunking: a straight measure of working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 18th Conference of the European Cognitive Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Budapest, Hungary, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking memory span of categorizable stimuli varying in number, order and compressibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 53rd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Minneapolis, MN, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner speech and task switching in adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented by L. Laurent at the 34th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Sapporo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production de langage intériorisé dans l'exécution d'activités complexes alternées en fonction de l'âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Camos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Floccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by L. Laurent at the Congrès National du Réseau des Maisons des Sciences de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empan mnésique et chunking d'objets variant en nombre, ordre et compressibilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by M. Chekaf presented at the 54e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blindness increases accuracy of absolute judgment of recency for sounds: An Expertise Effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charline Viennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk by E. Laurent presented at the 52nd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Seattle, WA., United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition d’une batterie d’épreuves contribuant au dépistage des Troubles Déficitaires de l’Attention avec Hyperactivité (TDA/H)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Campello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ballot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented by L. Bouillet at the 21e Congrès de la Société Francaise de Neurologie Pédiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation order effects on category learning and category generalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Seattle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressibilité de l'information dans l'apprentissage par règles et les processus de chunking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Laboratoire de Psychologie Cognitive CNRS, Pôle 3C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Université de Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snapshot encoding of spatial information: Location memory for visual-short-term- and short-term-memory exposures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harry Haroutioun Haladjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented by H. H. Haladjian at the 19th Annual Object, Perception, Attention, &amp; Memory (OPAM) Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Seattle, WA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nombres magiques: capacité compressée et décompactée en MCT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Cognitive Neuroimaging Unit, INSERM-CEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémorisation et catégorisation par compression de l'information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Talk, Laboratoire de Psychologie et Neurocognition CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Université Pierre Mendès Grenoble II, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking and data compression in short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Feldman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 51st Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, St-Louis, MO, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronométrie mentale et mesures neurophysiologiques des performances dans l'apprentissage et la mémorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 1ere Journée Jeunes Chercheurs de la Maison des Sciences de L'Homme et de l'Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronométrie mentale et mesures neurophysiologiques des performances dans l'apprentissage et la mémorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ere Journée Jeunes Chercheurs de la Maison des Sciences de L'Homme et de l'Environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking and data compression in short-term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Talk at the 51st Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Saint Louis (MO), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term memory, working memory, chunking memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Special talk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Rutgers Center for Cognitive Science, Rutgers State University of New Jersey, New Brunswick, NJ, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01359344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmic distances versus geometrical distances in categorization processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of the XXIX International Congress of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concept learnability in children aged from 4 to 7 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Proceedings of the Second Bisontine Conference for the Conceptual and Linguistic Development in the Child Aged from 1 to 6 years,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un modèle multi-agent de la complexité conceptuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In M. P. Gleizes &amp; P. Marcenac (Eds.), Ingénierie des Systèmes multi-agents, Actes des 7e Journées Francophones d'Intelligence Artificielle et Systèmes Multi-agents</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1999, Saint-Gilles de la Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A distributed model of conceptual development : communication protocols in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Proceedings of the First Bisontine Conference for the conceptual and Linguistic Development in the Child Aged from 1 to 6 years</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Caroline Floccia, Dec 1999, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la requête calculatoire inhérente aux concepts linéairement séparables et inséparables.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du IIIe Colloque Jeunes Chercheurs en Sciences Cognitives, Interdisciplinarité et Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1999, Soulac, France. pp.154-161</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different patterns of activation for the recognition of visual vs. auditory verbal information in the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les caractéristiques sémantiques n’influencent pas la spatialisation en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Dieppe, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émergence d’un biais spatial dans le traitement de l’information ordinale chez l’enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No evidence for Spatial-Positional Associations in children's working memory using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Hurtado Woenckhaus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial associations in short-term memory vanish as memory consolidates using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic content, concreteness and verbalization effects on spatialization in verbal working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of spatial-positional associations in working memory in school-aged children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Relations between space, language, and numbers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melodies spatialization : making SPoARCs appear and disappear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation spatiale des informations visuelles et auditives en mémoire de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydiane Mondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du Collectif Cognitif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Spatial Bias in the Processing of Ordinal Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, New-york, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization and its link to working memory capacity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ‘Relations between space, language, and numbers’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Tubingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do children map order onto space in working memory? Investigating the development of the SPoARC effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San Fransisco (California), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does faster presentation pace hinder spatialisation in working memory ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, San francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization tested via the SPoARC effect is modulated by the number of items to be memorized in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can spatial-positional associations be transferred from short-term to long-term memory? Investigating the SPoARC effect using repeated sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signatures of information compression in a large-scale naturalistic memory data set</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Interdisciplinary Advances in Statistical Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using transitional probabilities in adjacent pairs is the most efficient way to learn associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential use of Transitional Probabilities and Frequency in Statistical Learning of Pseudowords</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Interdisciplinary Advances in Statistical Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03688991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory depends upon the number of items probed during a recognition task: the role of scanning items repetitively</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Ramanoël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22th Conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04944990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatialization in working memory: is the SPoARC effect influenced by the type of stimulus presented during a recognition task?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ftaïta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëliss Vivion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04972127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compressibility account of the developmental abilities to reorganize information in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Fartoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">63rd Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perceptual redundancy and semantic grouping effects among real-world objects in visual working memory come from different processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candice Morey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, St. Pete Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trying to kill musicians’ SPoARC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Porret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Relations between space, language, and numbers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilities, dependencies and frequency are not all equally involved in artificial word learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual APS Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching costs in verbal working memory complex span task performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical Learning of Second-Order Transitional Probabilities in Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62nd Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtuel, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching costs in verbal working memory complex span task performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Nouvelle Orléans, LA (virtual), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilities, Dependencies and Frequency Are Not All Equally Involved in Artificial Word Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Virtual APS Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03509434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of second-order transitional probabilities in humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">62nd Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A factorial analysis of contextual cueing reveals the primacy of local context surrounding the target</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Poulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Didierjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th Virtual annual meeting of the Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refreshing and consolidation effects in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Houston, Texas (virtual), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity and compression of information effects on color-based boost in visual working</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanane Ramzaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th Virtual annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual Conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data from a Scientific Museum shows Evidence for Compression Processes in Working Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster presented at the 100th convention of the Western Psychological Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Virtual conference, United States. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organization in Working Memory is Driven by the Compressibility of Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sleep Enhances Retention and Relearning Speed of Textual Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International meeting of the LabEx CORTEX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of adjacent and non-adjacent pairs in non-linguistic short sequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Conference of the European Society for Cognitive Psychology (ESCOP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tenerife, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Sleep on Relearning and Long-term Retention of Verbal Items</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st conference of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tenerife, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical learning of first and second order transitional probabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Lazartigues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud R Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël R Fagot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lavigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Advances in Statistical Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02486635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation and switching cost effects in working memory complex span tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Convention of Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of compression in working memory using a large data set gathered from an exhibit devoted to memory in a scientific museum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual meeting of the Psychonomic Society, #3127</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working memory complex span tasks and fluid intelligence : Does the structure of the task matter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual meeting of the Psychonomic Society, #1065</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre en dormant : Effets du sommeil sur l’apprentissage incident de l’orthographe lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Rebillart-Sauvaigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Gerbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Aguilar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième Rencontre C@UCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02487095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related improvements in immediate memory result from a genuine increase in storage capacity across different stimulus classes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-based resource-sharing and switching cost accounts of performance in complex span tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Debraise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gauvrit Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and complex working memory tasks allow similar benefits of information compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressibilité de l’information dans des tâches d’empan simple et complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58th Annual Conference of the Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children's working memory capacity and the compressibility of stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ori Friedman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the Society for Research in Child Development (SRCD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Austin (TX), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple and complex working memory tasks allow similar benefits of information compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Cowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Annual Conference of the Cognitive Science Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to make a simple span task as complex as a complex span task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chekaf M Cowan N</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Annual meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory vs. mental picture in the context of learning: An experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Rafaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guerci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Lambert-Mogiliansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th international conference on Quantum Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, San Fransisco, United States. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01372023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oppositions et hybridations entre modèles à exemplaires et modèles fondés sur des règles dans la catégorisation perceptive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 50e Congrès de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemplar models seen as a mixture of decision rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel versus sequential processing in concept learning., Osnabrück, Germany.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In F. Schmalhofer, R. M. Young &amp; G. Katz (Eds). Proceedings of EuroCogSci 03, The European Cognitive Science Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Osnabruck, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressibility and communications in working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Psychological Society Developmental Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-agent model of communicational complexity in short term memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xth European Conference on Developmental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La complexité des communications en mémoire de travail dans l'acquisition de concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bradmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GROFRED</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pouvoirs insoupçonnés de votre mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mardaga. Mardaga, 2022, 9782804720896. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mard.mathy.2022.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04933167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation et modélisation en sciences cognitives: MATLAB, SPSS, Excel et E-Prime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Editions - Elsevier, 2018, 9781784055264</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments and Modeling in Cognitive Science: MATLAB, SPSS, Excel and E-Prime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ISTE Press - Elsevier, 2018, 178548284X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01953878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chunking in working memory and its relationship to intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Chekaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Guida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th Annual Meeting of the Cognitive Science Society (CogSci 2015): Mind, Technology, and Society : Proceedings of a meeting held 22-25 July 2015, Pasadena, California, USA. / Noelle, D. C., Dale, R., Warlaumont, A. S., Yoshimi, J., Matlock, T., Jennings, C. D., &amp; Maglio, P. P. (Eds.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cognitive Science Society, pp.333-338, 2015, 9781510809550</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01874153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dual process in memory: how to make an evaluation from complex and complete information? — An experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Duchêne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Guerci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Lambert-Mogiliansky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ismaël Rafaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concept learnability measured by a multi-agent model of working memory communication complexity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychology. Université Reims Champage Ardennes, 2002. English. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04933388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage, Chunking et Capacité de la Mémoire chez l’Adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Mathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychology. Université de Franche-Comté, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04933394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId306"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503935v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Guida" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Gobet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Campitelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sala" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106276" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503968v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Vivion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fta&#239;ta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2024.106171" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441064v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ramano&#235;l" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-025-01702-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504030v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945796v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04806287v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lazartigues" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lavigne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.243.0347" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972190v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Fartoukh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-024-01577-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04717906v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Aguilar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lavigne" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13420-024-00646-z" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933231v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Friedman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauvrit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-023-01474-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972185v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Banks" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02666-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503972v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738160v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mezzadri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lalo&#235;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Reynaud-Bouret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-023-02166-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016782v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000561" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908700v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fagot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tosatto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13121" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284595v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmp.2022.102691" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225670v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmp.2021.102634" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349792v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25776-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631173v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Goujon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thorpe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26002-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285561v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Cowan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02333-x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506778v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Ramzaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-020-02231-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505517v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Scheer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13050" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147542v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0246826" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123381v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Debraise" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123380v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mosinski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Cipora" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick No&#235;l" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388824v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#231;kin Arslan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Broc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Olive" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2019.103522" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123379v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fartoukh" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504006v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.202.0175" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488456v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2019.104735" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929714v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396941520945519" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123383v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02346005v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Rafa&#239;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Duch&#234;ne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guerci" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Lambert-Mogiliansky" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.706.1079" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873321v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Chekaf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.12601" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873300v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Megreya" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lavielle-Guida" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2018.02.013" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953817v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953816v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bmsp.12112" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372000v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Feldman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000312" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358896v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371987v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laurent" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Millot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Andrieu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Floccia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20445911.2016.1164173" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372012v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2016.05.024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358897v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courenq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2014.10.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236011v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry H. Haladjian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2014.12.014" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358901v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Varr&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358899v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358898v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Haroutioun Haladjian" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laurent" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob. L. Goldstone" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358902v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358903v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358904v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bouillet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouriot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Campello" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Ropers" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358905v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bradmetz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358908v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358906v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358907v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358909v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358911v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PR0.99.3.743-746" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358910v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358912v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358913v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944951v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Mondot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938363v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938452v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508398v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938201v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357910v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi Balo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;lknur Mavi&#351;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2019.01.00065" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02546481v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938110v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964532v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487115v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Rebillart-Sauvaigo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gerbier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02546476v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937970v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933561v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duch&#234;ne S Rafai I Guerci E Lambert-Mogiliansky A" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372017v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359301v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359319v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359318v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359325v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359323v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359320v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359324v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359326v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359321v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359317v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Wassermann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359322v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Precioso" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359329v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359330v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359327v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359328v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359331v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359333v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359332v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359336v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359335v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359334v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359337v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359342v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359343v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Laurent" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Viennet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933532v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359341v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359338v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ballot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359339v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359340v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359344v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372164v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933498v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359345v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933507v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933488v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933435v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933337v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933354v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933290v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441145v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441118v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945021v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972162v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972160v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977528v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hurtado Woenckhaus" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938413v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945061v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977534v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Porret" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945049v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972175v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972158v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945007v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944997v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972148v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938423v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938329v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944990v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972127v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938376v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688991v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938398v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanni" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938322v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Morey" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938207v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Poulet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Didierjean" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938314v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509457v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523304v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938216v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509434v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938227v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523287v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938172v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938180v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938162v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487135v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486690v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486663v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487151v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486635v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R Rey" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l R Fagot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938097v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lemaire" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938154v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487095v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938085v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauvrit Nicolas" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lemaire" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938080v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933583v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933599v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933589v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938059v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372023v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933575v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chekaf M Cowan N" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933480v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933474v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933465v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933452v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933399v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933421v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933167v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mard.mathy.2022.01" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953820v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953878v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874153v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954930v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04933388v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04933394v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503935v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Guida" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand Gobet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Campitelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Sala" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2025.106276" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441064v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;liss Vivion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ramano&#235;l" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-025-01702-3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503968v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fta&#239;ta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2024.106171" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504030v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945796v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972190v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Fartoukh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-024-01577-w" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503970v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04806287v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lazartigues" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lavigne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.243.0347" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04717906v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Aguilar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lavigne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13420-024-00646-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933231v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ori Friedman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauvrit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-023-01474-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503972v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Banks" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02666-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972185v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03738160v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mezzadri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lalo&#235;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Reynaud-Bouret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-023-02166-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016782v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000561" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225670v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmp.2021.102634" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349792v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25776-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284595v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmp.2022.102691" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631173v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Rey" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fagot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tosatto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Goujon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thorpe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26002-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908700v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506778v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Ramzaoui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-020-02231-8" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505517v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Scheer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13050" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147542v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0246826" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285561v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Cowan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02333-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123381v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Debraise" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388824v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#231;kin Arslan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Broc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Olive" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2019.103522" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503950v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14433" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123380v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Mosinski" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Cipora" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick No&#235;l" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123379v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fartoukh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504006v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.202.0175" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488456v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2019.104735" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929714v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396941520945519" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123383v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503945v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.14499" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02346005v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Rafa&#239;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Duch&#234;ne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guerci" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Lambert-Mogiliansky" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.706.1079" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953817v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Chekaf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873300v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Megreya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lavielle-Guida" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2018.02.013" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01873321v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.12601" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953816v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bmsp.12112" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358896v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371987v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laurent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Millot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Andrieu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camos" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Floccia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20445911.2016.1164173" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372012v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2016.05.024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372000v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Feldman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000312" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358897v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Courenq" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2014.10.008" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236011v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry H. Haladjian" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2014.12.014" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358899v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358898v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Haroutioun Haladjian" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laurent" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob. L. Goldstone" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358901v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-St&#233;phane Varr&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358904v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bouillet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bouriot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Campello" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Ropers" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358903v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358902v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358905v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bradmetz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358906v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358907v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358908v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358909v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358911v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PR0.99.3.743-746" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358910v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358912v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358913v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944951v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Mondot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938452v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938363v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508398v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938201v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02546481v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938110v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357910v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi Balo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;lknur Mavi&#351;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2019.01.00065" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964532v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487115v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Rebillart-Sauvaigo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gerbier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02546476v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937970v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933561v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duch&#234;ne S Rafai I Guerci E Lambert-Mogiliansky A" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372017v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359319v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359320v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359323v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359318v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359325v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359324v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359326v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359321v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359317v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Wassermann" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359322v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Precioso" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359301v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359329v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359330v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359327v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359328v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359333v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359332v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359331v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359336v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359335v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359334v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359337v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359343v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Laurent" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Viennet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359338v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ballot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933532v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359341v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359339v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359340v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359342v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372164v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359345v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933498v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933507v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359344v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933488v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933435v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933337v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933354v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933290v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441145v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441118v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972162v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977528v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hurtado Woenckhaus" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938413v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945061v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972160v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977534v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Porret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945049v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972175v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945021v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972158v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945007v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944997v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972148v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938329v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938376v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944990v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972127v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938398v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanni" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938322v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Morey" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938423v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938216v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938314v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509457v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523304v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509434v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938227v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938207v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Poulet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Didierjean" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523287v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938180v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938172v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486690v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487135v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486663v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487151v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486635v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud R Rey" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l R Fagot" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938097v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lemaire" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portrat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938154v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938162v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487095v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938080v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938085v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauvrit Nicolas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lemaire" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933589v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933599v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933583v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938059v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933575v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chekaf M Cowan N" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372023v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933480v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933474v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933465v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933452v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933399v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933421v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933167v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mard.mathy.2022.01" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953820v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953878v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01874153v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954930v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04933388v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04933394v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>