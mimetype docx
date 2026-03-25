--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -153,3929 +153,4063 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HDR (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travaux expérimentaux sur la caractérisation multiphysique de liners acoustiques et de la transition laminaire-turbulent</w:t>
+                <w:t xml:space="preserve">Metamaterials and Fluid Flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Francesco Avallone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bosia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giada Colombo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Craster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-026-70163-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laminar–turbulent transition experiment on the effect of surface imperfections on a natural laminar flow profile in compressible flow conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Methel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">tel-05443748v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vermeersch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Forte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Rouviere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 66 (9), pp.175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-025-04102-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrication and characterization of a streamlined micro hot wire probe to reduce aerodynamic disturbances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Baradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Chamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Combette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Micro and Nano Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.100326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mne.2025.100326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A micro-hot-wire anemometry probe with elongated stubs for turbulent boundary layer measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Baradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Giani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Combette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65 (9), pp.133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-024-03871-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05077549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aspect ratio-dependent etching in silicon using XeF&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;: experimental investigation and comparative analysis with dry etching methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Baradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Combette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Giani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Micromechanics and Microengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (12), pp.125002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6439/ad8c52⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of Porous Ti64 by Partial Densification in Spark Plasma Sintering for Laminar Flow Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Egreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Davoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vermeersch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Engineering Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.2401096. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adem.202401096⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acoustic liner demonstrator for a turning vane of S1MA wind tunnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Roncen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlon Botte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Ostorero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Aircraft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 60 (4), pp.1314-1322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.C037048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neural prediction model for transition onset of a boundary layer in presence of two-dimensional surface defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Rouviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehouarn Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Gratton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLOW, applications of fluid mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.E20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/flo.2023.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04165542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aerodynamic characterisation of porous fairings: pressure drop and Laser Doppler Velocimetry measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Sebbane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (39), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-01934-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03947247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aerothermal Computations for Laminar–Turbulent Transition Onset Measurement Using Infrared Imaging Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vermeersch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Reulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Forte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (1), pp.145-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.J062048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental and Numerical Study on Wall Impedance Effects on Tollmien–Schlichting Waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Rouviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Methel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vermeersch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Forte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60 (1), pp.508-519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.J060536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatially-varying impedance model for locally reacting acoustic liners at a high sound intensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Roncen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 524, pp.116741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.116741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03282696v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liner multiphysics coupling between grazing flow, thermal gradients, and sound pressure levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60 (8), pp.4754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.J061322⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444506v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surface temperature measurement of acoustic liners in presence of grazing flow and thermal gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Reulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 62 (4), pp.82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-021-03184-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03220702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wavenumber-Based Impedance Eduction with a Shear Grazing Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Roncen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael G Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.J059100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02859909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de la traînée de frottement de liners acoustiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Kraemer</w:t>
+                <w:t xml:space="preserve">Construction d'une Base de Données Expérimentale par Mesure Optique pour l'Etude des Interactions Aéroacoustiques en Présence de Liners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Ambrosiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Méry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Léon</w:t>
+                <w:t xml:space="preserve">Francesco Avallone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365052v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Laminar Flow Control Investigation of Microperforated Skin With Variable Porosity Suction Device</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Mesure de la traînée de frottement de liners acoustiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Kraemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Léon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA SCITECH 2025 Forum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05133113v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d'une Base de Données Expérimentale par Mesure Optique pour l'Etude des Interactions Aéroacoustiques en Présence de Liners</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Hybrid Laminar Flow Control Investigation of Microperforated Skin With Variable Porosity Suction Device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Forte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA SCITECH 2025 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Orlando, United States. pp.AIAA 2025-1646, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2025-1646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05364547v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05133113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liners acoustiques dans un conduit avec écoulement : récentes avancées à l'ONERA sur leur modélisation et leur caractérisation expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Roncen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Lafont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the impact of forced pitching oscillations in transonic flow on the transition onset and the aeroelastic behaviour of an airfoil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Italo Cafarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Liauzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Methel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Forte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFASD 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, La Haye, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed wind-tunnel investigation of major aerodynamic challenges for HLFC technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Manufacturing of a porous metallic panel by spark plasma sintering for hybrid laminar flow control application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Egreteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Davoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Godard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Vermeersch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56th 3AF International Conference on Applied Aerodynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">World PM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EPMA, Oct 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03716339v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03944609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manufacturing of a porous metallic panel by spark plasma sintering for hybrid laminar flow control application</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A new windtunnel for bypass transition : Design, Manufacturing and Characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Daswani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vermeersch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World PM 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EPMA, Oct 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">56th 3AF International Conference on Applied Aerodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03944609v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new windtunnel for bypass transition : Design, Manufacturing and Characterization</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">High-speed wind-tunnel investigation of major aerodynamic challenges for HLFC technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56th 3AF International Conference on Applied Aerodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05008986v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural prediction model for transition onset of a boundary-layer in presence of 2D surface defects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Rouviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehouarn Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Gratton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56th 3AF International Conference on Applied Aerodynamics (AERO 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Aéronautique et Astronautique de France (3AF), Mar 2022, Toulouse, France. pp.1073, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/6.2022-1073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03909124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laminar Flow Control along the Attachment Line of a Swept Wing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Methel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Forte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vermeersch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 8th European Congress on Computational Methods in Applied Sciences and Engineering, ECCOMAS Congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Oslo, Norway. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23967/eccomas.2022.160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural Prediction Model for Transition Onset of a Boundary-Layer in Presence of 2D Surface Defects (ODAS 2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Rouvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehouarn Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Gratton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22th ONERA-DLR Aerospace Symposium (ODAS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Hambourg, Germany. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and optimization of acoustic liners with a shear grazing flow: OPAL software applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Design and optimization of acoustic liners with a shear grazing flow: OPAL software platform description</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Roncen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">InterNoise 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2021, Washington DC, United States. pp.IN21_1308, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3397/IN-2021-1308⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2021, Washington DC, United States. pp.IN21_1496, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN-2021-1496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03327839v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LEONAR liner concept: multiphysics coupling in presence of grazing flow, thermal gradients and high sound levels</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Design and optimization of acoustic liners with a shear grazing flow: OPAL software applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Roncen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vuillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Simon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA Aviation 2021 Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/6.2021-2204⟩</w:t>
+              <w:t xml:space="preserve">InterNoise 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Washington DC, United States. pp.IN21_1308, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN-2021-1308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03416243v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03327839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and optimization of acoustic liners with a shear grazing flow: OPAL software platform description</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">LEONAR liner concept: multiphysics coupling in presence of grazing flow, thermal gradients and high sound levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Simon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InterNoise 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3397/IN-2021-1496⟩</w:t>
+              <w:t xml:space="preserve">AIAA Aviation 2021 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Online, United States. pp.AIAA 2021-2204, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2021-2204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329066v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03416243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instabilités globales d'un écoulement à grand nombre de Reynolds sur une paroi présentant une cavité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Casalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03390891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laminar–turbulent transition experiment on the effect of surface imperfections on a natural laminar flow profile in compressible flow conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Travaux expérimentaux sur la caractérisation multiphysique de liners acoustiques et de la transition laminaire-turbulent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1684 lines deleted...]
-                <w:t xml:space="preserve">hal-02859909v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Physique [physics]. Université toulouse 3 Paul Sabatier, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05443748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A micro-hot-wire anemometry probe with elongated stubs for turbulent boundary layer measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Baradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Giani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Combette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Léon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04648653v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-wall aerodynamic response of an acoustic liner to harmonic excitation with grazing flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Méry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Conte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId105"/>
+      <w:footerReference w:type="default" r:id="rId111"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4143,51 +4277,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0855A5CD"/>
+    <w:nsid w:val="4D0947B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4374,51 +4508,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-mery" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1408-2003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162538707" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05443748v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien M&#233;ry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365052v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kraemer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Piot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133113v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mery" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Forte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Aguilar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Godard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-1646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364547v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ambrosiani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Avallone" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322333v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roncen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lafont" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666857v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Italo Cafarelli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Liauzun" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Methel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716339v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arnoult" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardoux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fran&#231;ois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944609v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Egreteau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermeersch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008986v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Daswani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909124v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rouviere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pascal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehouarn Simon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gratton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1073" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716333v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/eccomas.2022.160" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774047v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327839v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vuillemin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Klotz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Simon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1308" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416243v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-2204" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329066v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1496" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390891v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Casalis" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04102-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344624v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Baradel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chamard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Combette" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2025.100326" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077549v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-024-03871-4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818083v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ad8c52" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753677v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202401096" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021941v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Botte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ostorero" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.C037048" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165542v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2023.17" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947247v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sebbane" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-01934-5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361895v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J060536" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982940v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lalande" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reulet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062048" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282696v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116741" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444506v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J061322" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220702v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03184-w" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859909v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Jones" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J059100" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648653v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087873v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Conte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-mery" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1408-2003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/162538707" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547619v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Avallone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bosia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Chen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Colombo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Craster" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-026-70163-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266998v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Methel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien M&#233;ry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermeersch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Forte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rouviere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-025-04102-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344624v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Baradel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;on" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chamard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Combette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mne.2025.100326" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077549v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-024-03871-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818083v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6439/ad8c52" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753677v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Egreteau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Davoine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202401096" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021941v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roncen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Simon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Botte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ostorero" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.C037048" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165542v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Pascal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehouarn Simon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gratton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/flo.2023.17" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947247v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sebbane" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-01934-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982940v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lalande" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reulet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J062048" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361895v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J060536" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282696v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Piot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Klotz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.116741" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444506v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Lafont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J061322" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220702v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03184-w" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02859909v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Jones" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J059100" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364547v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ambrosiani" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365052v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kraemer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133113v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mery" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Aguilar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Godard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-1646" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322333v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666857v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Italo Cafarelli" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Liauzun" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944609v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008986v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Daswani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716339v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Arnoult" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardoux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fran&#231;ois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909124v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1073" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716333v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/eccomas.2022.160" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774047v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329066v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vuillemin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1496" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327839v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1308" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416243v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-2204" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390891v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Casalis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05443748v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648653v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087873v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Conte" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>