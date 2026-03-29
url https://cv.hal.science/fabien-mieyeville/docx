--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1061,329 +1061,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01719249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative robust linear parameter varying H∞ vibration control of flexible structures for saving the control energy</w:t>
+                <w:t xml:space="preserve">Performance Evaluation of IEEE 802.15.4 Sensor Networks in Industrial Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Zhang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Mieyeville</w:t>
+                <w:t xml:space="preserve">Wan Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1045389X14538529⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Communication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 28 (10), pp.1657-1674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dac.2756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01009959v1</w:t>
+                <w:t xml:space="preserve">hal-01489892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation of IEEE 802.15.4 Sensor Networks in Industrial Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantitative robust linear parameter varying H∞ vibration control of flexible structures for saving the control energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Scorletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wan Du</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Communication Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/dac.2756⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (8), pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389X14538529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01489892v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01009959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust active vibration control of piezoelectric flexible structures using deterministic and probabilistic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 25 (6), pp.10.1177/1045389X13500574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1417,51 +1417,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and simulation of networked low-power embedded systems: a taxonomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1649,334 +1649,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01489888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SystemC fine-grained HW–SW fully heterogeneous WSN simulation and UML metamodel behavioural extraction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ian O'Connor</w:t>
+                <w:t xml:space="preserve">Phase and gain control policies for robust active vibration control of flexible structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Scorletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ichchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.075025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0964-1726/22/7/075025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957390v1</w:t>
+                <w:t xml:space="preserve">hal-00839744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase and gain control policies for robust active vibration control of flexible structures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Mieyeville</w:t>
+                <w:t xml:space="preserve">SystemC fine-grained HW–SW fully heterogeneous WSN simulation and UML metamodel behavioural extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihai Galos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mieyeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian O'Connor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 77 (2), pp.123-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0964-1726/22/7/075025⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00839744v1</w:t>
+                <w:t xml:space="preserve">hal-01957390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless sensor networks for active vibration control in automobile structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 21 (7), pp.Article number075009. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2022,51 +2022,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IDEA1: A validated SystemC-based system-level design and simulation environment for wireless sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2152,51 +2152,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">System-level graphical simulations for wireless sensor networks design space exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3359,51 +3359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Salvia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second International Conference on Acoustics and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4358,51 +4358,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Galos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SENSORCOMM 2012 : The Sixth International Conference on Sensor Technologies and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Rome, Italy. pp.292-295</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4544,90 +4544,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust vibration control of flexible structures using smart materials with uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Ichchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Scorletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Vienne, Austria. pp.75-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4868,51 +4868,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless Sensor Networks for active control noise reduction in automotive domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idris Daikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4989,51 +4989,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Galos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5101,51 +5101,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hardware and software system-level simulator for wireless sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5339,51 +5339,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A VHDL-AMS library of hierarchical optoelectronic device models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Briere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5891,51 +5891,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Galos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5990,51 +5990,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A VHDL-AMS library of hierarchical optoelectronic device models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Briere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6141,229 +6141,229 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of MIMO control methodologies for vibration reduction in Self-Sensing multi-piezoelectric systems</w:t>
+                <w:t xml:space="preserve">Active vibration control of smart structures using a single self-sensing piezoelectric actuator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Ould Lahsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anton Korniienko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Julien Huillery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05058229v2</w:t>
+                <w:t xml:space="preserve">hal-04864033v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active vibration control of smart structures using a single self-sensing piezoelectric actuator</w:t>
+                <w:t xml:space="preserve">Comparative study of MIMO control methodologies for vibration reduction in Self-Sensing multi-piezoelectric systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Ould Lahsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julien Huillery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anton Korniienko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mieyeville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04864033v3</w:t>
+                <w:t xml:space="preserve">hal-05058229v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6760,51 +6760,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626085v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pangsui Usifu Linge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anvesh Pandey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gerges" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13132499" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pietrelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mieyeville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16186501" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287495v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13020034" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495752v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Viet Linh Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13010019" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670831v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Nkemeni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tsafack" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/computation10040055" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670846v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20185204" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947049v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zielinski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bareille" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44354-6_14" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719249v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick P&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gaultier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.028.0083" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009959v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Scorletti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ichchou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mieyeville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X14538529" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489892v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan Du" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dac.2756" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B75GVHSB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X13500574" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489900v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carrel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2014-106" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489888v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Galos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957390v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839744v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/22/7/075025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793946v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/21/7/075009" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/D78C822F22228FA76FF20B7E498C44F1494AB8AE/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957420v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Connor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2011-143" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957414v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947279v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jacquemod" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaffiot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belleville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398202v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pechereau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Goral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04133151v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250026v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04110297v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04035287v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140704v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bareille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986104v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612385v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lallart" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ndoga" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670865v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Verdier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389768v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Collet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Salvia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074232v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zielinski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330909" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074419v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Silberzahn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994031v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Goyon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074454v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074393v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872743" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074382v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zieli&#324;ski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15439/2014F246" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074484v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109177v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074106v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2012.6328993" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793952v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074128v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074211v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074362v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Daikh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109236v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanhao Zhu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109274v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.09.089" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077107v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briere" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Drouard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2005.25" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984154v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaffiot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110153v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986137v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03877369v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Antoine-Santoni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Baala" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Kirsch Pinheiro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mocquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/resilient-and-sustainable-cities/allam/978-0-323-91718-6" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-91718-6.00020-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074548v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Wireless-Sensor-Networks-Current-Status-and-Future-Trends/Khan-Pathan-Alrajeh/p/book/9781138199873" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090478v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. O'Connor" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058229v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Ould Lahsen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Huillery" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Korniienko" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864033v3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505241v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Scaffi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325986v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Rousseau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626085v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pangsui Usifu Linge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anvesh Pandey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Gerges" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13132499" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Augusto Berlitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pietrelli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mieyeville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pillonnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16186501" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287495v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bevilacqua" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13020034" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495752v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Viet Linh Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea13010019" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670831v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Nkemeni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tsafack" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/computation10040055" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670846v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20185204" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947049v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zielinski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bareille" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44354-6_14" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719249v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick P&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gaultier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.028.0083" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489892v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan Du" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dac.2756" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B75GVHSB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01009959v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Scorletti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ichchou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mieyeville" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X14538529" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859441v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X13500574" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489900v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian O'Connor" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carrel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2014-106" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489888v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Galos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839744v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/22/7/075025" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957390v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793946v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Navarro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/21/7/075009" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/D78C822F22228FA76FF20B7E498C44F1494AB8AE/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957420v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Connor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2011-143" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957414v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947279v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jacquemod" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaffiot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belleville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398202v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Pechereau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Goral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joubert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04133151v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Mou&#235;l" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250026v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04110297v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04035287v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140704v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bareille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986104v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612385v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lallart" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ndoga" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670865v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Verdier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389768v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Collet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Salvia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074232v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zielinski" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8330909" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074419v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Silberzahn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994031v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Goyon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074454v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074393v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRIME.2014.6872743" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074382v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Zieli&#324;ski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15439/2014F246" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074484v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109177v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074106v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2012.6328993" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793952v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074128v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074211v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074362v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Daikh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109236v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanhao Zhu" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109274v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.09.089" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077107v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Briere" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Drouard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RSP.2005.25" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984154v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaffiot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110153v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986137v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03877369v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Antoine-Santoni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Baala" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Kirsch Pinheiro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Mocquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/resilient-and-sustainable-cities/allam/978-0-323-91718-6" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-91718-6.00020-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074548v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com/Wireless-Sensor-Networks-Current-Status-and-Future-Trends/Khan-Pathan-Alrajeh/p/book/9781138199873" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090478v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. O'Connor" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864033v3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Ould Lahsen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Korniienko" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Huillery" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058229v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505241v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Scaffi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325986v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Rousseau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>