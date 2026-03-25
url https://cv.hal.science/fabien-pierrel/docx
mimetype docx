--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04662598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COQ4 is required for the oxidative decarboxylation of the C1 carbon of coenzyme Q in eukaryotic cells</w:t>
+                <w:t xml:space="preserve">An organic O donor for biological hydroxylation reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Katayoun Kazemzadeh Ferizhendi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiorella Tonello</w:t>
+                <w:t xml:space="preserve">Emmanuel Séchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abigail Bartlett</w:t>
+                <w:t xml:space="preserve">Roache Arulanandam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 84 (5), pp.981-989. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 121 (13), pp.e2321242121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molcel.2024.01.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2321242121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04450030v1</w:t>
+                <w:t xml:space="preserve">pasteur-04665824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An organic O donor for biological hydroxylation reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">COQ4 is required for the oxidative decarboxylation of the C1 carbon of coenzyme Q in eukaryotic cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pelosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katayoun Kazemzadeh Ferizhendi</w:t>
+                <w:t xml:space="preserve">Laura Morbiato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Simon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Pelosi</w:t>
+                <w:t xml:space="preserve">Arthur Burgardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Séchet</w:t>
+                <w:t xml:space="preserve">Fiorella Tonello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roache Arulanandam</w:t>
+                <w:t xml:space="preserve">Abigail Bartlett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 121 (13), pp.e2321242121. </w:t>
+              <w:t xml:space="preserve">Molecular Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84 (5), pp.981-989. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2321242121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molcel.2024.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04665824v1</w:t>
+                <w:t xml:space="preserve">hal-04450030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The acyl-CoA synthetase Tg ACS1 allows neutral lipid metabolism and extracellular motility in Toxoplasma gondii through relocation via its peroxisomal targeting sequence (PTS) under low nutrient conditions</w:t>
               </w:r>
@@ -1325,51 +1325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversification of ubiquinone biosynthesis via gene duplications, transfers, losses, and parallel evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katayoun Kazemzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1459,77 +1459,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the Escherichia coli ubiquinone-synthesizing UbiUVT pathway in adaptation to changing respiratory conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Arias-Cartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katayoun Kazemzadeh Ferizhendi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Séchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Loeuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1574,689 +1574,689 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213722v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in the metabolic pathways and microbial production of coenzyme Q</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional spectrum and specificity of mitochondrial ferredoxins FDX1 and FDX2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jin-Ho Lee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Pelosi</w:t>
+                <w:t xml:space="preserve">Vinzent Schulz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volker Wendisch</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Somsuvro Basu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven-A. Freibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Webert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Boss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11274-022-03242-3⟩</w:t>
+              <w:t xml:space="preserve">Nature Chemical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41589-022-01159-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03677653v1</w:t>
+                <w:t xml:space="preserve">hal-03836706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of a non-canonical menaquinone-linked formate dehydrogenase</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gerbaud</w:t>
+                <w:t xml:space="preserve">Towards Molecular Understanding of the Functional Role of UbiJ-UbiK2 Complex in Ubiquinone Biosynthesis by Multiscale Molecular Modelling Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elin Teppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S Abby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.101384⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms231810323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03431446v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational Engineering of Non-Ubiquinone Containing Corynebacterium glutamicum for Enhanced Coenzyme Q10 Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Burgardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Burgardt</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hajj Chehade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volker Wendisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (5), pp.428. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/metabo12050428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03677651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Molecular Understanding of the Functional Role of UbiJ-UbiK2 Complex in Ubiquinone Biosynthesis by Multiscale Molecular Modelling Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Launay</w:t>
+                <w:t xml:space="preserve">Recent advances in the metabolic pathways and microbial production of coenzyme Q</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pierrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Burgardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin-Ho Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elin Teppa</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Volker Wendisch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">World Journal of Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (4), pp.58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11274-022-03242-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms231810323⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03800688v1</w:t>
+                <w:t xml:space="preserve">hal-03677653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional spectrum and specificity of mitochondrial ferredoxins FDX1 and FDX2</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Somsuvro Basu</w:t>
+                <w:t xml:space="preserve">Identification and characterization of a non-canonical menaquinone-linked formate dehydrogenase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Arias-Cartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sven-A. Freibert</w:t>
+                <w:t xml:space="preserve">Alexandre Uzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holger Webert</w:t>
+                <w:t xml:space="preserve">Farida Seduk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Boss</w:t>
+                <w:t xml:space="preserve">Guillaume Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Chemical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 298 (2), pp.101384. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41589-022-01159-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.101384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836706v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The [PSI + ] prion modulates cytochrome c oxidase deficiency caused by deletion of COX12</w:t>
               </w:r>
@@ -3219,51 +3219,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katayoun Kazemzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Vragniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3304,511 +3304,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02944115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitamin K2 cannot substitute Coenzyme Q10 as electron carrier in the mitochondrial respiratory chain of mammalian cells</w:t>
+                <w:t xml:space="preserve">Vanillic Acid Restores Coenzyme Q Biosynthesis and ATP Production in Human Cells Lacking COQ6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Cerqua</w:t>
+                <w:t xml:space="preserve">Manuel Acosta Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Casarin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Pierrel</w:t>
+                <w:t xml:space="preserve">Eva Trevisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Vazquez Fonseca</w:t>
+                <w:t xml:space="preserve">Marcella Canton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giampiero Viola</w:t>
+                <w:t xml:space="preserve">Luis Vazquez-Fonseca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Morbidoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-43014-y⟩</w:t>
+              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2019/3904905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02324041v1</w:t>
+                <w:t xml:space="preserve">hal-02323996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ubiquinone Biosynthesis over the Entire O2 Range: Characterization of a Conserved O2-Independent Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chau-Duy-Tam Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Saphia Abby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérengère Rascalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/mBio.01319-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanillic Acid Restores Coenzyme Q Biosynthesis and ATP Production in Human Cells Lacking COQ6</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vitamin K2 cannot substitute Coenzyme Q10 as electron carrier in the mitochondrial respiratory chain of mammalian cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Trevisson</w:t>
+                <w:t xml:space="preserve">Cristina Cerqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcella Canton</w:t>
+                <w:t xml:space="preserve">Alberto Casarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Vazquez-Fonseca</w:t>
+                <w:t xml:space="preserve">Luis Vazquez Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Morbidoni</w:t>
+                <w:t xml:space="preserve">Giampiero Viola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2019, pp.1-11. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2019/3904905⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-43014-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323996v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02324041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Soluble Metabolon Synthesizes the Isoprenoid Lipid Ubiquinone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hajj Chehade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cameron David Fyfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérengère Rascalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Chemical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 26 (4), pp.482-492.e7. </w:t>
@@ -3937,51 +3937,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The COQ2 genotype predicts the severity of coenzyme Q 10 deficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Andrea Desbats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Morbidoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micol Silic-Benussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4058,51 +4058,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The UbiK protein is an accessory factor necessary for bacterial ubiquinone (UQ) biosynthesis and forms a complex with the UQ biogenesis factor UbiJ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cameron Fyfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4244,51 +4244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John  C. Willison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akio Kihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Chemical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 23 (10), pp.1241 - 1250. </w:t>
@@ -4594,77 +4594,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Ubiquinone Biosynthesis: Multiple Proteobacterial Enzymes with Various Regioselectivities To Catalyze Three Contiguous Aromatic Hydroxylation Reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Ducluzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Barras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4767,51 +4767,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeinab Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farida Seduk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Sylvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4875,51 +4875,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coq6 Is Responsible for the C4-deamination Reaction in Coenzyme Q Biosynthesis in Saccharomyces cerevisiae *</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Ozeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Ismail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5022,51 +5022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Brazzolotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Pelosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 460 (1), pp.79-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5113,51 +5113,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ubiJ, a New Gene Required for Aerobic Growth and Proliferation in Macrophage, Is Involved in Coenzyme Q Biosynthesis in Escherichia coli and Salmonella enterica Serovar Typhimurium.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hajj Chehade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5260,51 +5260,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Aussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pierrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5381,51 +5381,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of vanillic acid on COQ6 mutants identified in patients with coenzyme Q10 deficiency.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mara Doimo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Trevisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rannar Airik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5515,51 +5515,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new gene involved in coenzyme Q biosynthesis in Escherichia coli: UbiI functions in aerobic C5-hydroxylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Hajj Chehade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5930,51 +5930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Ozeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulrich Mühlenhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holger Webert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Lill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8122,51 +8122,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679398v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix J Elling" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pierrel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Carole Chobert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S Abby" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Evans" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2421994122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302505v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roger-Margueritat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Beltran" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Schnoebelen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Flandrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Rezali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70272" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229188v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cherrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uzel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arias-Cartin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-025-01607-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04886577v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Berraies" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wrae253" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662598v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Launay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andr&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.4c00304" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450030v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pelosi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Morbiato" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Burgardt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Tonello" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Bartlett" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2024.01.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04665824v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katayoun Kazemzadeh Ferizhendi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Simon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel S&#233;chet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roache Arulanandam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2321242121" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779560v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charital" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Shunmugam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Dass" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Alazzi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-S&#233;bastien Arnold" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00427-24" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213714v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sturm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lehours" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Genevay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jleuko/qiad014" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04256893v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katayoun Kazemzadeh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Chenal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hajj Chehade" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad219" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213722v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Arias-Cartin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Loeuillet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03298-22" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677653v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Ho Lee" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Wendisch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-022-03242-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03431446v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Uzel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Seduk" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.101384" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677651v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12050428" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03800688v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Teppa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Martins" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231810323" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836706v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinzent Schulz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somsuvro Basu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven-A. Freibert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Webert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Boss" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-022-01159-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836554v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar Saini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Dawitz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Aufschnaiter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Bondarev" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinsu Thom" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E21-10-0499" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836582v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Diessl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Berndtsson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Broeskamp" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Habernig" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Kohler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33641-x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357541v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Hourdoir" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Doroth&#233;e Brunet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caspar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00400-21" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456819v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Sebastien Arnold" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Katris" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22956-w" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896344v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Fino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vestergaard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Ingmer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenn Gerdes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1064" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896357v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Szyttenholm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chaspoul" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bauzan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Ducluzeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2020.148252" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02746713v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chau-Duy-Tam Vo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Michaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Elsen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faivre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bouveret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA120.013748" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944115v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Abby" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vragniau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2020.148259" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324041v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cerqua" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Casarin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Vazquez Fonseca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Viola" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43014-y" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183791v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Saphia Abby" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loiseau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Rascalou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01319-19" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323996v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Acosta Lopez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Trevisson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Canton" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Vazquez-Fonseca" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Morbidoni" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/3904905" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071798v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron David Fyfe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2018.12.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583835v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00436" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635280v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Andrea Desbats" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micol Silic-Benussi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Doimo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Ciminale" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddw257" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615493v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Fyfe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aussel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara B. Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.789164" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424510v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie-Anne Payet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Leroux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#160; C. Willison" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akio Kihara" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2016.08.008" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424495v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan&#160;a. Stefely" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriana Licitra" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Laredj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew&#160;g. Reidenbach" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary&#160;a. Kemmerer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2016.06.030" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424489v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ismail" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Smadja" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gonzalez" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Lombard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1004690" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424513v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barras" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schneider" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00091-16" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429032v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rendon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pilet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Fahs" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sylvi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2015.05.001" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424487v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ozeir" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mellot-Draznieks" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontecave" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.675744" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961552v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brazzolotto" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20140107" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917119v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pocachard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01065-13" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077983v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2014.01.015" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904926v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rannar Airik" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bergdoll" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Santos-Oca&#241;a" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2013.10.007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904907v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pecqueur" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.480368" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904902v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian X Xie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeniffer y Tang" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia y Chen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie-Kieffer Jaquinod" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.360354" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236935v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ozeir Ozeir" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian X. Xie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeniffer Y. Tang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie-Kieffer Jacquinod" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2012.06.249" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630764v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich M&#252;hlenhoff" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lill" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2011.07.008" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497916v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamelin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douki" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2010.03.014" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497920v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Bestwick" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleh Khalimonchuk" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis R Winge" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00869-09" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630763v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Molik" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; R Godoy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta A Uzarska" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richter" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2010.08.001" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375430v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Cobine" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00057-08" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376153v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjatta Son" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scot C Leary" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Romain" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M708523200" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375432v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rigby" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.00132-08" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375433v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10534-006-9052-9" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374057v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan L Bestwick" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A Cricco" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601861" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377635v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather L. Hernandez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elleingand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Garcia-Serres" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boi Hanh Huynh" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069738v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mathevon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Oddou" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Blondin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0704338104" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376137v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Sasarman" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yih-Chern Horng" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M600496200" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376121v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M606839200" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376149v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2006.03.002" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M90SRFXH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338460v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraj Kanwar" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lerouxel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelle Varoquaux" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402829v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinsu Thomas" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Amblard" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679398v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix J Elling" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pierrel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie-Carole Chobert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S Abby" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Evans" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2421994122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302505v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roger-Margueritat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Beltran" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Schnoebelen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Flandrin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Rezali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.70272" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229188v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cherrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Uzel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arias-Cartin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Arnoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-025-01607-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04886577v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Berraies" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wrae253" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04662598v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Launay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andr&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.4c00304" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04665824v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katayoun Kazemzadeh Ferizhendi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Simon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pelosi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel S&#233;chet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roache Arulanandam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2321242121" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Morbiato" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Burgardt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Tonello" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Bartlett" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2024.01.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779560v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charital" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Shunmugam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Dass" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria Alazzi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-S&#233;bastien Arnold" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00427-24" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213714v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sturm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lehours" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Genevay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jleuko/qiad014" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04256893v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katayoun Kazemzadeh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Chenal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hajj Chehade" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad219" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213722v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Arias-Cartin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Loeuillet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03298-22" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836706v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinzent Schulz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somsuvro Basu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven-A. Freibert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Webert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Boss" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-022-01159-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03800688v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Teppa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Martins" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231810323" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677651v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Wendisch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12050428" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677653v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Ho Lee" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11274-022-03242-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03431446v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Uzel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Seduk" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gerbaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.101384" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836554v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawan Kumar Saini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Dawitz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Aufschnaiter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Bondarev" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinsu Thom" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E21-10-0499" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836582v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Diessl" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Berndtsson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Broeskamp" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Habernig" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Kohler" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33641-x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357541v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Hourdoir" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Doroth&#233;e Brunet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Caspar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00400-21" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456819v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Berry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe-Sebastien Arnold" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Katris" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22956-w" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896344v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Fino" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vestergaard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Ingmer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenn Gerdes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1064" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896357v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Szyttenholm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chaspoul" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bauzan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Ducluzeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2020.148252" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02746713v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chau-Duy-Tam Vo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Michaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Elsen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faivre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bouveret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA120.013748" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944115v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Abby" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vragniau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2020.148259" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323996v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Acosta Lopez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Trevisson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Canton" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Vazquez-Fonseca" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Morbidoni" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2019/3904905" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183791v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Saphia Abby" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loiseau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Rascalou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01319-19" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324041v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cerqua" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Casarin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Vazquez Fonseca" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Viola" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43014-y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071798v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron David Fyfe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2018.12.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583835v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2017.00436" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635280v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Andrea Desbats" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micol Silic-Benussi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Doimo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Ciminale" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddw257" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615493v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Fyfe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aussel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara B. Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.789164" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424510v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie-Anne Payet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Leroux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#160; C. Willison" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akio Kihara" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2016.08.008" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424495v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan&#160;a. Stefely" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriana Licitra" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Laredj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew&#160;g. Reidenbach" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary&#160;a. Kemmerer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2016.06.030" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424489v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ismail" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leroux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Smadja" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gonzalez" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Lombard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1004690" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424513v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Barras" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schneider" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00091-16" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429032v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rendon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pilet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Fahs" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Sylvi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2015.05.001" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424487v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ozeir" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mellot-Draznieks" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fontecave" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.675744" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961552v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Brazzolotto" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20140107" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917119v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Pocachard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01065-13" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01077983v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2014.01.015" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904926v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rannar Airik" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bergdoll" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Santos-Oca&#241;a" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2013.10.007" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904907v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pecqueur" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.480368" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904902v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian X Xie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeniffer y Tang" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia y Chen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie-Kieffer Jaquinod" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.360354" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236935v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ozeir Ozeir" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Letian X. Xie" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeniffer Y. Tang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie-Kieffer Jacquinod" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2012.06.249" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630764v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich M&#252;hlenhoff" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lill" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2011.07.008" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497916v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hamelin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douki" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Kieffer-Jaquinod" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2010.03.014" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497920v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Bestwick" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleh Khalimonchuk" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis R Winge" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00869-09" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630763v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Molik" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; R Godoy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta A Uzarska" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richter" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2010.08.001" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375430v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul A Cobine" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00057-08" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376153v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjatta Son" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scot C Leary" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Romain" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M708523200" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375432v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rigby" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.00132-08" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00375433v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10534-006-9052-9" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374057v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan L Bestwick" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A Cricco" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601861" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00377635v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather L. Hernandez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Elleingand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Garcia-Serres" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boi Hanh Huynh" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069738v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Mathevon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Oddou" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Blondin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0704338104" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376137v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Sasarman" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yih-Chern Horng" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M600496200" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376121v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M606839200" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376149v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2006.03.002" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M90SRFXH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338460v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suraj Kanwar" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lerouxel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelle Varoquaux" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402829v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinsu Thomas" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Amblard" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>