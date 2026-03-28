--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -606,217 +606,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques discrètes d’écologie populaire dans le Grand Paris. Migrantes chinoises et cueillette de plantes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kaduna-Eve Demailly</w:t>
+                <w:t xml:space="preserve">Cueillir des plantes dans le Grand Paris. Un compagnonnage avec la flore urbaine à rebours des catégories végétales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flaminia Paddeu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire AIRE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sciences Po, Feb 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">MAUVAISES HERBES De la lutte contre les nuisibles à l'éloge de la végétation spontanée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Gustave Eiffel, May 2025, Marne la Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04964342v1</w:t>
+                <w:t xml:space="preserve">hal-05479202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cueillir des plantes dans le Grand Paris. Un compagnonnage avec la flore urbaine à rebours des catégories végétales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pratiques discrètes d’écologie populaire dans le Grand Paris. Migrantes chinoises et cueillette de plantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bochaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaduna-Eve Demailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaminia Paddeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Roussel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flaminia Paddeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MAUVAISES HERBES De la lutte contre les nuisibles à l'éloge de la végétation spontanée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Gustave Eiffel, May 2025, Marne la Vallée, France</w:t>
+              <w:t xml:space="preserve">Séminaire AIRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05479202v1</w:t>
+                <w:t xml:space="preserve">hal-04964342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cueillette de plantes par les migrantes chinoises dans le Grand Paris : enquête sur des pratiques populaires écoféministes</w:t>
               </w:r>
@@ -2750,51 +2750,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="33ED5F50"/>
+    <w:nsid w:val="70AAA5BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2981,51 +2981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-roussel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9038-1879" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241054249" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496909v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Paddeu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaduna-Eve Demailly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964356v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359539v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cou&#235;til" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479219v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Didier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964342v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479202v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964333v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868894v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515957v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121345v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Mathieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.891.0145" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121335v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.762.0192" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479175v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Morel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15erh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342835v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342845v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.17344" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703057v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342831v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina J.E. Schulp" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. Verburg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Ja van Teeffelen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919147v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003243496-15" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702959v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Flegeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100330980&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342874v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703051v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701346v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guitard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/medihal-02086295v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791291v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fl&#233;geau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01700840v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02377408v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017USPCD079" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabien-roussel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9038-1879" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241054249" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496909v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Paddeu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Roussel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bochaton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaduna-Eve Demailly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964356v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359539v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cou&#235;til" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479219v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Didier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479202v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964342v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964333v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868894v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gr&#233;sillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515957v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121345v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Mathieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.891.0145" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121335v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.762.0192" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479175v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Morel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15erh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342835v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342845v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.17344" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703057v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342831v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina J.E. Schulp" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter H. Verburg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Ja van Teeffelen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919147v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003243496-15" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702959v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Flegeau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100330980&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342874v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703051v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701346v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guitard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/medihal-02086295v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791291v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fl&#233;geau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01700840v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02377408v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017USPCD079" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>