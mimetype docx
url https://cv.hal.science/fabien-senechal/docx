--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -374,377 +374,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04591177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The specificity of pectate lyase VdPelB from Verticilium dahliae is highlighted by structural, dynamical and biochemical characterizations</w:t>
+                <w:t xml:space="preserve">Mutation of AtPME2, a pH-Dependent Pectin Methylesterase, Affects Cell Wall Structure and Hypocotyl Elongation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josip Safran</w:t>
+                <w:t xml:space="preserve">Ludivine Hocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Ung</w:t>
+                <w:t xml:space="preserve">Olivier Habrylo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bouckaert</w:t>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Habrylo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roland Molinié</w:t>
+                <w:t xml:space="preserve">Corinne Pau-Roblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2023.123137⟩</w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcad154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03947228v2</w:t>
+                <w:t xml:space="preserve">hal-04406079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutation of AtPME2, a pH-Dependent Pectin Methylesterase, Affects Cell Wall Structure and Hypocotyl Elongation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The specificity of pectate lyase VdPelB from Verticilium dahliae is highlighted by structural, dynamical and biochemical characterizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josip Safran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine Hocq</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Vanessa Ung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bouckaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Pau-Roblot</w:t>
+                <w:t xml:space="preserve">Roland Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 231, pp.123137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcad154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2023.123137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04406079v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03947228v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant polygalacturonase structures specify enzyme dynamics and processivities to fine-tune cell wall pectins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josip Safran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafae Tabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Ung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-19. </w:t>
@@ -776,377 +776,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04106623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a Protein with Improved Thermal Stability by an Evolution‐Based Generative Model</w:t>
+                <w:t xml:space="preserve">Biochemical characterization of Pectin Methylesterase Inhibitor 3 from Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pengfei Tian</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Fan Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Gonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvina Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Viviane Antonietti</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202202711⟩</w:t>
+              <w:t xml:space="preserve">The Cell Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tcsw.2022.100080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03911209v1</w:t>
+                <w:t xml:space="preserve">hal-04334961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical characterization of Pectin Methylesterase Inhibitor 3 from Arabidopsis thaliana</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of a Protein with Improved Thermal Stability by an Evolution‐Based Generative Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvina Faucher</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Pengfei Tian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Sénéchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
+                <w:t xml:space="preserve">Viviane Antonietti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cell Surface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8, </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (50), </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tcsw.2022.100080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202202711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04334961v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03911209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into the specificity and processivity of two novel pectinases from Verticillium dahliae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josip Safran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 176, pp.165-176. </w:t>
@@ -1184,77 +1184,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Experimental and Computational Approaches Reveal Distinct pH Dependence of Pectin Methylesterase Inhibitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Hocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Senechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1331,64 +1331,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and dynamical characterization of the pH-dependence of the pectin methylesterase–pectin methylesterase inhibitor complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Hocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Domon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1844,278 +1844,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabidopsis PECTIN METHYLESTERASE17 is co-expressed with and processed by SBT3.5, a subtilisin-like serine protease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Senechal</w:t>
+                <w:t xml:space="preserve">Homogalacturonan-modifying enzymes: structure, expression, and roles in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Graff</w:t>
+                <w:t xml:space="preserve">Christopher Wattier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ogier Surcouf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paulo Marcelo</w:t>
+                <w:t xml:space="preserve">Christine Rustérucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Rayon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Pelloux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 114 (6), pp.1161-1175. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (18), pp.5125-5160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/aob/mcu035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eru272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204134v1</w:t>
+                <w:t xml:space="preserve">hal-04461491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homogalacturonan-modifying enzymes: structure, expression, and roles in plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Sénéchal</w:t>
+                <w:t xml:space="preserve">Arabidopsis PECTIN METHYLESTERASE17 is co-expressed with and processed by SBT3.5, a subtilisin-like serine protease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Senechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Wattier</w:t>
+                <w:t xml:space="preserve">Lucile Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Rustérucci</w:t>
+                <w:t xml:space="preserve">Ogier Surcouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Marcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Pelloux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Catherine Rayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 65 (18), pp.5125-5160. </w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 114 (6), pp.1161-1175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/eru272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcu035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461491v1</w:t>
+                <w:t xml:space="preserve">hal-01204134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of pectin methylesterase 3 as a basic pectin methylesterase isoform involved in adventitious rooting in Arabidopsis thaliana</w:t>
               </w:r>
@@ -2206,614 +2206,1646 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2011.03797.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01000974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arabidopsis polygalacturonases differ in their biochemical specificities and in their effects on plants and mimetic membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae Tabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Touzard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Hocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josip Safran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Habrylo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVI Plant Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Malaga, Spain, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pectin remodeling belongs to a homeostatic system and triggers trasncriptomic and hormonal modulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Jobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Guénin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kieran Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13èmes journées du Réseau Français des parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis and remodelling of Homogalacturonan-type pectins: What drives temperature-induced growth in plants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Trezel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Paic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Rouffle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Bassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3èmes journées du Réseau Français des parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Versailes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating the role of WAKL7 in sensing PME17 activity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wang Ying</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Desprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hormone/Cell wall symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Stephanie Robert, Mar 2022, Umea, Suède, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04561307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating the role of WAKL7 in sensing PME17 activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Desprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Séchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gutierrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Plant Cell Wall Biology Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Sapporo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04471817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The mode of action of pectin methylesterases as a determinant of pectin structure, cell wall mechanics and growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Senechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Voxeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Habrylo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Peaucelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVth Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combined experimental and computational approaches reveal distinct pH-controlled inhibiting capacities of Arabidopsis pectin methylesterase inhibitors (PMEIs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Hocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Senechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc J.-M. Domon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIVth Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Chania, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01841152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implication des pectines methylesterases dans la croissance et régulation de leur activité par un inhibiteur chez Arabidopsis Thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Hocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Senechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guerineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Demailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mareck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Congrès du Réseau Français des parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pectin methylesterification modulates cell wall properties to promote neighbour proximity-induced hypocotyl growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04461425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The structural, dynamical and biochemical characterizations of Verticillium dahliae pectate lyase, VdPelB, highlight its specificities</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roland Molinié</w:t>
+                <w:t xml:space="preserve">Robustness of organ morphology is associated with modules of co-expressed genes related to plant cell wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego A Hartasánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annamaria Kiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Battu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Dumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charline Soraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03858972v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness of organ morphology is associated with modules of co-expressed genes related to plant cell wall</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charline Soraru</w:t>
+                <w:t xml:space="preserve">Differences in the structure of plant polygalacturonases specify enzymes’ dynamics and processivities to fine-tune pectins and root development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josip Safran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae Tabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Ung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03832424v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in the structure of plant polygalacturonases specify enzymes’ dynamics and processivities to fine-tune pectins and root development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The structural, dynamical and biochemical characterizations of Verticillium dahliae pectate lyase, VdPelB, highlight its specificities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josip Safran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wafae Tabi</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Ung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bouckaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Ung</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivier Habrylo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03764722v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pectin remodeling belongs to a homeostatic system and triggers transcriptomic and hormonal modulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Guénin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Voxeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kieran Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2823,176 +3855,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of WAKL receptors in the sensing of PME17 activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Akary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Coquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Pelloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Cell Wall Meeting: XVI PCWM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Malaga, Spain, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characterization of an Arabidopsis pectin methylesterase AtPME3 and a pectin methylesterase inhibitor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3001,1889 +4033,857 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie L’enfant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Domon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ogier Surcouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Quéméner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIth Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of pectin methylesterases (PMEs) by subtilases (SBTs) and pectin methylesterases inhibitors (PMEIs) during root growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ogier Surcouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Marcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIth Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A role for pectin methylesterases (PMEs) in dark-grown hypocotyl elongation in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Hocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ogier Surcouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Demailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mareck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIIth Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characterization and regulation of AtPME3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mareck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Placide Assoumou Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Réseau Français des Parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02127621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characterization and regulation of AtPME3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mareck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Placide Assoumou Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ième Journées de l’Ecole Doctorale NBISE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02127646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The degree of methylesterification of pectins and the control of elongation rate in dark-grown hypocotyls in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Placide Assoumou Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mareck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIth Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02127167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The degree of methylesterification of pectins and the control of elongation rate in dark-grown hypocotyls in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lamour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Placide Assoumou Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mareck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIième Journée IFRMP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02127188v1</w:t>
-              </w:r>
-[...1030 lines deleted...]
-                <w:t xml:space="preserve">hal-02076862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId140"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5038,51 +5038,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011833v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Battu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Kiss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Delgado-Vaquera" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mollier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qpb.2025.5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Robinson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert van Schaik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tr&#233;visan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Saxena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.584" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03947228v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josip Safran" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ung" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouckaert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Habrylo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.123137" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406079v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Hocq" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Voxeur" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pau-Roblot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcad154" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04106623v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Tabi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad134" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03911209v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Tian" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Antonietti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202202711" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04334961v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Xu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gonneau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvina Faucher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefebvre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2022.100080" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196910v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.02.035" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777664v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Senechal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lehner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Domon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01790" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948144v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Domon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Marcelo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA117.000197" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03610917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kohnen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Schmid-Siegert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Trevisan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Allenbach Petrolati" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.16.00463" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01841080v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Senechal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie L&#8217;enfant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Rosiau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Crepeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.639534" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01841087v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Mareck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lerouge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Pelloux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/15592324.2014.983351" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204134v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Graff" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogier Surcouf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rayon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu035" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461491v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wattier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rust&#233;rucci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pelloux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru272" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000974v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Guenin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Rayon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Lamour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Placide Assoumou Ndong" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.03797.x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461425v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858972v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832424v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego A Hartas&#225;nchez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dumond" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Soraru" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764722v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776672v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jobert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;nin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Lee" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523427v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desprez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Coquel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115331v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115317v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115287v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demailly" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mareck" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127621v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lamour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127646v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127167v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127188v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561454v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Touzard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561307v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Ying" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sechet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gutierrez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561478v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trezel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Paic" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rouffle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bassard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523560v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471817v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien S&#233;chet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02181524v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peaucelle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01841152v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076862v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerineau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011833v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Battu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Kiss" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Delgado-Vaquera" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mollier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qpb.2025.5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Robinson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert van Schaik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tr&#233;visan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Saxena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.584" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406079v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Hocq" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Habrylo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Voxeur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pau-Roblot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcad154" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03947228v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josip Safran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Ung" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bouckaert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Molini&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.123137" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04106623v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Tabi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lemaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad134" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04334961v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Xu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gonneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvina Faucher" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefebvre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2022.100080" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03911209v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengfei Tian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Antonietti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202202711" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196910v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lecomte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2021.02.035" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01777664v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Senechal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lehner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Domon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.01790" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948144v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Domon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Marcelo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA117.000197" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03610917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kohnen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Schmid-Siegert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Trevisan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Allenbach Petrolati" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.16.00463" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01841080v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Senechal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie L&#8217;enfant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Rosiau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Crepeau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.639534" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01841087v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Mareck" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lerouge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Pelloux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/15592324.2014.983351" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461491v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wattier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rust&#233;rucci" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pelloux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru272" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204134v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Graff" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ogier Surcouf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rayon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu035" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000974v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Guenin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Rayon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R. Lamour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Placide Assoumou Ndong" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2011.03797.x" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561454v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Touzard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523560v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jobert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;nin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Lee" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561478v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trezel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Paic" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rouffle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bassard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561307v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Ying" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desprez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sechet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gutierrez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471817v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien S&#233;chet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02181524v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peaucelle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01841152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076862v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guerineau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demailly" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mareck" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461425v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832424v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego A Hartas&#225;nchez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dumond" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Soraru" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03764722v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858972v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776672v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523427v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Coquel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115331v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115317v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02115287v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127621v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lamour" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127646v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127167v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127188v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>