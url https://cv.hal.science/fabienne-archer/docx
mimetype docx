--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1548,295 +1548,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02192905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in the study of transmissible respiratory tumours in small ruminants</w:t>
+                <w:t xml:space="preserve">Early Steps of Jaagsiekte Sheep Retrovirus-Mediated Cell Transformation Involve the Interaction between Env and the RALBP1 Cellular Protein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Monot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Archer</w:t>
+                <w:t xml:space="preserve">Margaux Monot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Erny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Gineys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gomes</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sophie Desloire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Dolmazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2015.08.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89 (16), pp.8462-8473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00590-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02192902v1</w:t>
+                <w:t xml:space="preserve">hal-01953669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Steps of Jaagsiekte Sheep Retrovirus-Mediated Cell Transformation Involve the Interaction between Env and the RALBP1 Cellular Protein</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advances in the study of transmissible respiratory tumours in small ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Monot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Archer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margaux Monot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Barbara Gineys</w:t>
+                <w:t xml:space="preserve">M. Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Desloire</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-François Mornex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 89 (16), pp.8462-8473. </w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 181 (1-2), pp.170-177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JVI.00590-15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2015.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01953669v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02192902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lung progenitors from lambs can differentiate into specialized alveolar or bronchiolar epithelial cells.</w:t>
               </w:r>
@@ -1848,51 +1848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Abi Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Desloire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Dolmazon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2103,51 +2103,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between JSRV, an oncogenic retrovirus and the pulmonary epithelium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2317,265 +2317,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02645124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milestones in lymphangioleiomyomatosis research</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relationship between JSRV, an oncogenic retrovirus and pulmonary stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Abi Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mornex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Review</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 98, pp.S51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643611v1</w:t>
+                <w:t xml:space="preserve">hal-02643158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between JSRV, an oncogenic retrovirus and pulmonary stem cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Milestones in lymphangioleiomyomatosis research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Leroux</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Respiratory Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (119), pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/09059180.00000311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02643158v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lymphangioléiomyomatose pulmonaire</w:t>
               </w:r>
@@ -2613,51 +2613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahera Khouatra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Lazor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Presse Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 39 (1), pp.116-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2987,295 +2987,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02656882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alveolar type II cells isolated from pulmonary adenocarcinoma: a model for JSRV expression in vitro</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Archer</w:t>
+                <w:t xml:space="preserve">Jaagsiekte Sheep Retrovirus (JSRV): from virus to lung cancer in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Jacquier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Vincent Cottin</w:t>
+                <w:t xml:space="preserve">Timothy Greenland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1165/rcmb.2006-0285OC⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 38 (2), pp.211-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/vetres:2006060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661850v1</w:t>
+                <w:t xml:space="preserve">hal-00902865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaagsiekte Sheep Retrovirus (JSRV): from virus to lung cancer in sheep</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Girard</w:t>
+                <w:t xml:space="preserve">Alveolar type II cells isolated from pulmonary adenocarcinoma: a model for JSRV expression in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Archer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 38 (2), pp.211-228. </w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 36 (5), pp.534-540. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/vetres:2006060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1165/rcmb.2006-0285OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00902865v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JSRV (jaagsiekte sheep retrovirus) et cancer du poumon associé chez le mouton</w:t>
               </w:r>
@@ -3438,51 +3438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Croze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Respiratory Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 27 (6), pp.1175-1182. </w:t>
@@ -3706,51 +3706,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Mensuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 123, pp.26-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3773,338 +3773,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02673080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultured peripheral neuroglial cells are highly permissive to sheep prion infection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PrPSc binding antibodies are potent inhibitors of prion replication in cell lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Béringue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vilette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Mallinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Perrot</w:t>
+                <w:t xml:space="preserve">Maria Kaisar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 78 (1), pp.482-490. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 279 (38), pp.39671-39676. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JVI.78.1.482-490.2004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M402270200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02682207v1</w:t>
+                <w:t xml:space="preserve">hal-02682962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PrPSc binding antibodies are potent inhibitors of prion replication in cell lines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cultured peripheral neuroglial cells are highly permissive to sheep prion infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Archer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Béringue</w:t>
+                <w:t xml:space="preserve">Corinne Bachelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Vilette</w:t>
+                <w:t xml:space="preserve">Olivier Andréoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gary Mallinson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Archer</w:t>
+                <w:t xml:space="preserve">Nathalie Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Kaisar</w:t>
+                <w:t xml:space="preserve">Grégory Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 279 (38), pp.39671-39676. </w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 78 (1), pp.482-490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M402270200⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JVI.78.1.482-490.2004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02682962v1</w:t>
+                <w:t xml:space="preserve">hal-02682207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cells release prions in association with exosomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Février</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4194,51 +4194,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New in vivo and ex vivo models for the experimental study of sheep scrapie: development and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert H. Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5162,51 +5162,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Poupy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Gineys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5270,64 +5270,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine des cellules tumorales transformées suite à l'infection par JSRV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Torresilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Desloire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5430,51 +5430,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Suau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées du Cancéropole Grand Sud-Ouest, 15-16 octobre, Montpellier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cancéropôle Grand Sud-Ouest. FRA., Oct 2008, Montpellier, France</w:t>
@@ -5779,51 +5779,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mornex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Groupements Techniques Vétérinaires (GTV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5842,627 +5842,627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation de la télomérase au cours de l'adénocarcinome pulmonaire ovin induit par le rétrovirus JSRV</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Telomerase activation but not Akt phosphorylation plays a role in carcinogenesis associated with JSRV infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Suau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mornex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Congrès de Pneumologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Lille, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">96. Annual Meeting of American Association for Cancer Research (AACR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, Anaheim, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02828490v1</w:t>
+                <w:t xml:space="preserve">hal-02762113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumocytes de type II et rétrovirus JRSV au cours de l'adénocarcinome pulmonaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’activation de la télomerase participe à l’oncogenèse pulmonaire induite par le rétrovirus JSRV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Suau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rpk Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Chastang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Congrès de Pneumologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Lille, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département de Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Batz-sur-Mer, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02827892v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02828306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JSRV et pneumocytes de type II au cours de l’adénocarcinome pulmonaire ovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département de Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Batz-sur-Mer, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’activation de la télomerase participe à l’oncogenèse pulmonaire induite par le rétrovirus JSRV</w:t>
+                <w:t xml:space="preserve">Activation de la télomérase au cours de l'adénocarcinome pulmonaire ovin induit par le rétrovirus JSRV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Suau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rpk Charles</w:t>
+                <w:t xml:space="preserve">Rp Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Chastang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Animation Scientifique du Département de Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Batz-sur-Mer, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">9e Congrès de Pneumologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Lille, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02828306v1</w:t>
+                <w:t xml:space="preserve">hal-02828490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telomerase activation but not Akt phosphorylation plays a role in carcinogenesis associated with JSRV infection</w:t>
+                <w:t xml:space="preserve">Pneumocytes de type II et rétrovirus JRSV au cours de l'adénocarcinome pulmonaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Mornex</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">96. Annual Meeting of American Association for Cancer Research (AACR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2005, Anaheim, United States</w:t>
+              <w:t xml:space="preserve">9e Congrès de Pneumologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Lille, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762113v1</w:t>
+                <w:t xml:space="preserve">hal-02827892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pneumocytes de type II et rétrovirus JSRV au cours de l’adénocarcinome pulmonaire</w:t>
               </w:r>
@@ -6569,77 +6569,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cellules myélinisantes périphériques: une cible d’infection pour les prions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Andréoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Bachelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Le Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6707,51 +6707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Le Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6931,64 +6931,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de modèles cellulaires pour comprendre le déterminisme génétique des maladies à prions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vilette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Andréoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elifsu Sabuncu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7917,51 +7917,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Nenci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint meeting CLARA-DFKZ-CGE on infection and cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2009, Lyon, France. pp.Inconnu, 2009</w:t>
@@ -7984,273 +7984,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumocytes de type II isolés d’adénocarcinome pulmonaire ovin : un modèle pour l’expression de JSRV in vitro</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapamycin sharpens the sensitivity to cisplatin of cells isolated from ovine pulmonary adenocarcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Nenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e Congrès de Pneumologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Lyon, France. pp.Inconnu, 2007</w:t>
+              <w:t xml:space="preserve">19th International Workshop on Retroviral Pathogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Vienna, Austria. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02822041v1</w:t>
+                <w:t xml:space="preserve">hal-02814268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapamycin sharpens the sensitivity to cisplatin of cells isolated from ovine pulmonary adenocarcinoma</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pneumocytes de type II isolés d’adénocarcinome pulmonaire ovin : un modèle pour l’expression de JSRV in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Jacquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Workshop on Retroviral Pathogenesis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Vienna, Austria. pp.Inconnu, 2007</w:t>
+              <w:t xml:space="preserve">11e Congrès de Pneumologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lyon, France. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02814268v1</w:t>
+                <w:t xml:space="preserve">hal-02822041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle et régulation de l’epidermal growth factor receptor au cour de l’adénocarcinome pulmonaire ovin induit par Jaagsiekte Sheep Retrovirus</w:t>
               </w:r>
@@ -8275,51 +8275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8521,51 +8521,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8597,269 +8597,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JSRV et pneumocytes de type II au cours de l'adénocarcinome pulmonaire ovin</w:t>
+                <w:t xml:space="preserve">JSRV et pneumocytes de type II au cours de l’adénocarcinome pulmonaire ovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e Congrès annuel de la Société Française de Thérapie Cellulaire et Génique</w:t>
+              <w:t xml:space="preserve">4e Congrès de la Société Francophone de Thérapie Cellulaire et Génique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Lyon, France. pp.Inconnu, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02827733v1</w:t>
+                <w:t xml:space="preserve">hal-02827775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JSRV et pneumocytes de type II au cours de l’adénocarcinome pulmonaire ovin</w:t>
+                <w:t xml:space="preserve">JSRV et pneumocytes de type II au cours de l'adénocarcinome pulmonaire ovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Jacquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Lyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf Mornex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e Congrès de la Société Francophone de Thérapie Cellulaire et Génique</w:t>
+              <w:t xml:space="preserve">4e Congrès annuel de la Société Française de Thérapie Cellulaire et Génique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Lyon, France. pp.Inconnu, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02827775v1</w:t>
+                <w:t xml:space="preserve">hal-02827733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet d'un stress physique sur l'infection des cellules par les prions</w:t>
               </w:r>
@@ -8897,51 +8897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert H. Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vilette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Séminaire sur les recherches engagées à l'INRA sur les ESST et les Prions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2003, Le Croisic, France. 1 p., 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9005,51 +9005,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Le Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Béringue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jl Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9117,51 +9117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetan Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vilette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Le Dur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9843,51 +9843,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320279v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Archer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Erny" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Nanquette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lac&#244;te" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gaurivaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpath.2025.108081" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marquette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin da Sousa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Chocarro-Wrona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin-Joffrey Courtial" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2024.e00351" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171731v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Remot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chottin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Drajac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.2.7574" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299075v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bobet-Erny" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Gomes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00946-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carreras" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Coup&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz-Deblauwe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria L Boschiroli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.696525" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02963107v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desbrousses" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Colin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Champav&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biologicals.2020.03.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323217v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Thery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Witwer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Aikawa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jose Alcaraz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathon Anderson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2018.1535750" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959655v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Chebib" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bobet Erny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leroux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cottin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-32795-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gineys" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dolmazon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-017-0480-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02192919v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vituret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Gallay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Confort" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najate Ftaich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. I. Matei" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2015.144" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02192905v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chebib" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chah&#233;ra Khouatra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lazor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2015.10.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02192902v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mornex" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2015.08.008" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953669v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Monot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desloire" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00590-15" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://confremo.hal.science/hal-00903667v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Abi Rizk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-6148-9-224" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650848v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pompei Bolfa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nolf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornel Catoi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9716-44-113" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642718v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645124v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Viginier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Lantier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0041965" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643611v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cordier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09059180.00000311" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643158v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658178v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahera Khouatra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lazor" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2009.10.006" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662778v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653525v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Varela" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Golder" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo de Las Heras" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2007.09.041" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661850v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jacquier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Lyon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chastang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/rcmb.2006-0285OC" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00902865v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Greenland" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres:2006060" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656495v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Suau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Croze" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667534v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Suau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.06.00125105" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682200v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Blanc-Brude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Leoni" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Derian" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Bolsover" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2004.10.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673080v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Cordier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682207v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bachelin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Besnard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Perrot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.78.1.482-490.2004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682962v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;ringue" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vilette" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Mallinson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kaisar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M402270200" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683290v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit F&#233;vrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damarys Loew" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Faigle" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0308413101" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678274v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Laude" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Le Dur" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Soulier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(02)01393-8" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696695v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Finn" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Weil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Siman" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Srinivasan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697504v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doherty" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Collins" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen R. Bolsover" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1460-9568.1999.00773.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2CA33243CEA871DCFA4721AC0BFC8E096CF904AF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695561v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bolsover" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Ashworth" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7793.1999.0002z.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685516v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331523v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331526v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sohier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331527v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Epardaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751288v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poupy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752239v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Torresilla" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753920v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Nenci" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816083v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Girard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jacquier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814823v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Suau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Mornex" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758546v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828490v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rp Charles" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Chastang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827892v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lyon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Mornex" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829842v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828306v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rpk Charles" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762113v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829510v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Lyon M Mornex" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831330v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827428v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Perrot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besnard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771822v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vilotte" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soulier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Essalmani" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Stinnakre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lepourry" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771433v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elifsu Sabuncu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Madelaine" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02908159v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Labas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907509v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775456v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778702v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Rock" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775662v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738077v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821508v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Femenia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Roda" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fraguas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Longin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815046v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822041v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814268v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812090v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815601v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812374v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827733v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827775v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826272v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;za Etessami" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paquet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830013v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Vilette" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839718v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02806344v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007%2F978-1-4899-1901-4" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840988v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Monin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02838152v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320279v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Archer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Erny" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Nanquette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lac&#244;te" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gaurivaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpath.2025.108081" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marquette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin da Sousa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Chocarro-Wrona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin-Joffrey Courtial" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2024.e00351" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171731v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Remot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphyne Descamps" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chottin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Drajac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.2.7574" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299075v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bobet-Erny" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Gomes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-021-00946-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carreras" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Coup&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz-Deblauwe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria L Boschiroli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2021.696525" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02963107v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Desbrousses" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Colin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Champav&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biologicals.2020.03.002" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323217v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Thery" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Witwer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Aikawa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jose Alcaraz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathon Anderson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20013078.2018.1535750" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959655v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Chebib" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bobet Erny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leroux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cottin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-32795-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gineys" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Dolmazon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-017-0480-z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02192919v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Vituret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Gallay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Confort" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najate Ftaich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. I. Matei" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2015.144" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02192905v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Chebib" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chah&#233;ra Khouatra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lazor" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2015.10.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953669v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Monot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desloire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00590-15" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02192902v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gomes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mornex" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2015.08.008" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://confremo.hal.science/hal-00903667v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Abi Rizk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-6148-9-224" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650848v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pompei Bolfa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nolf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornel Catoi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9716-44-113" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642718v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645124v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Viginier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lantier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Lantier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0041965" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643158v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643611v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cordier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09059180.00000311" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658178v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahera Khouatra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lazor" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2009.10.006" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662778v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653525v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Varela" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Golder" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo de Las Heras" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2007.09.041" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00902865v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Greenland" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/vetres:2006060" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661850v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jacquier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Lyon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chastang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/rcmb.2006-0285OC" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656495v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Suau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Croze" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667534v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Suau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.06.00125105" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682200v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P. Blanc-Brude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Leoni" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Derian" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Bolsover" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2004.10.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673080v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Cordier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682962v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;ringue" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vilette" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Mallinson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kaisar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M402270200" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682207v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bachelin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Besnard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Perrot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.78.1.482-490.2004" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683290v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit F&#233;vrier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damarys Loew" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Faigle" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0308413101" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678274v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Laude" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Le Dur" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Soulier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(02)01393-8" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696695v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John T. Finn" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Weil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Siman" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Srinivasan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697504v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Doherty" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Collins" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen R. Bolsover" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1460-9568.1999.00773.x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2CA33243CEA871DCFA4721AC0BFC8E096CF904AF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695561v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bolsover" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Ashworth" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7793.1999.0002z.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685516v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vignon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331523v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331526v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sohier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331527v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736323v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Epardaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Doz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751288v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poupy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752239v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Torresilla" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753920v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Nenci" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816083v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Girard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Jacquier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814823v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Suau" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Mornex" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758546v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762113v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828306v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rpk Charles" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Chastang" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829842v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lyon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Mornex" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828490v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rp Charles" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827892v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829510v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf Lyon M Mornex" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831330v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827428v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Perrot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Besnard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771822v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vilotte" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soulier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Essalmani" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Stinnakre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lepourry" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771433v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elifsu Sabuncu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Madelaine" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02908159v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Labas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907509v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775456v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778702v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Rock" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775662v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738077v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821508v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Femenia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Roda" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fraguas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Longin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815046v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814268v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822041v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812090v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815601v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812374v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827775v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827733v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02826272v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;za Etessami" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paquet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830013v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Vilette" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839718v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02806344v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840991v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007%2F978-1-4899-1901-4" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840988v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Monin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02838152v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>