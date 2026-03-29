--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -636,307 +636,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dysregulation of apoptosis and autophagy gene expression in peripheral blood mononuclear cells of efficiently treated HIV-infected patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interaction of Alpha-synuclein with Cytogaligin, a protein encoded by the proapoptotic gene GALIG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fréderic Moal</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Prazuck</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Legac</w:t>
+                <w:t xml:space="preserve">Martine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 495 (1), pp.787-792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2017.11.078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/QAD.0000000000001851⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01936094v1</w:t>
+                <w:t xml:space="preserve">hal-01966108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of Alpha-synuclein with Cytogaligin, a protein encoded by the proapoptotic gene GALIG</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dysregulation of apoptosis and autophagy gene expression in peripheral blood mononuclear cells of efficiently treated HIV-infected patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Chloé Robin</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Dubois</w:t>
+                <w:t xml:space="preserve">Thierry Prazuck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Legac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2017.11.078⟩</w:t>
+              <w:t xml:space="preserve">AIDS. Official journal of the international AIDS Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (12), pp.1579 - 1587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/QAD.0000000000001851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01966108v1</w:t>
+                <w:t xml:space="preserve">hal-01936094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opposing Mcl-1, the GALIG proapoptotic gene is upregulated as neutrophils die and underexpressed in Acute Myeloid Leukemia cells.</w:t>
               </w:r>
@@ -948,51 +948,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Mollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Aurouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1208,277 +1208,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00529397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional properties of the HIV-1 RNA-tRNA(Lys)3 primer complex annealed by the nucleocapsid protein: comparison with the heat-annealed complex</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure-function relationships of the initiation complex of HIV-1 reverse transcription: the case of mutant viruses using tRNAHis as primer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rigourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Goldschmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Brulé-Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wainberg Ma</w:t>
+                <w:t xml:space="preserve">Morrow Cd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roques Bp</w:t>
+                <w:t xml:space="preserve">B. Ehresmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 8, pp.8-15</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 31, pp.5764-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00095179v1</w:t>
+                <w:t xml:space="preserve">hal-00095128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-function relationships of the initiation complex of HIV-1 reverse transcription: the case of mutant viruses using tRNAHis as primer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural and functional properties of the HIV-1 RNA-tRNA(Lys)3 primer complex annealed by the nucleocapsid protein: comparison with the heat-annealed complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Brulé-Morabito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rigourd</w:t>
+                <w:t xml:space="preserve">R. Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Goldschmidt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Brulé-Morabito</w:t>
+                <w:t xml:space="preserve">L. Rong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morrow Cd</w:t>
+                <w:t xml:space="preserve">Wainberg Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ehresmann</w:t>
+                <w:t xml:space="preserve">Roques Bp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 31, pp.5764-75</w:t>
+              <w:t xml:space="preserve">RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 8, pp.8-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00095128v1</w:t>
+                <w:t xml:space="preserve">hal-00095179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1615,527 +1615,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02934905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GALIG, gène inducteur de la mort cellulaire, s’exprime au cours de la différenciation myéloïde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">During efficient Anti-RetroViral (ARV) therapy, the expression of GALIG and its interacting partners involved in macroautophagy are deregulated</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Serrano</w:t>
+                <w:t xml:space="preserve">M. Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Guery</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M Schoenwald</w:t>
+                <w:t xml:space="preserve">Stéphane Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10es Journées du Cancéropole Grand Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Les Sables d'Olonne, France</w:t>
+              <w:t xml:space="preserve">6es Journées Scientifiques du CFATG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03661932v1</w:t>
+                <w:t xml:space="preserve">hal-02934903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genes de l’autophagie : marqueurs sanguins potentiels de la maladie de Parkinson</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">GALIG, gène inducteur de la mort cellulaire, s’exprime au cours de la différenciation myéloïde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Guery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Ozsancak</w:t>
+                <w:t xml:space="preserve">M Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Auzou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F Moal</w:t>
+                <w:t xml:space="preserve">M Schoenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Neurologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">10es Journées du Cancéropole Grand Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Les Sables d'Olonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661930v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytogaligin, one of the proteins produced by the proapoptotic GALIG gene, interacts with autophagy and proteasome molecules</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Genes de l’autophagie : marqueurs sanguins potentiels de la maladie de Parkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S El Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S El Haddad</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Ozsancak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Normand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T Guery</w:t>
+                <w:t xml:space="preserve">P. Auzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Proteasome Autophagy Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journées de Neurologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661923v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">During efficient Anti-RetroViral (ARV) therapy, the expression of GALIG and its interacting partners involved in macroautophagy are deregulated</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Dubois</w:t>
+                <w:t xml:space="preserve">Cytogaligin, one of the proteins produced by the proapoptotic GALIG gene, interacts with autophagy and proteasome molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Charpentier</w:t>
+                <w:t xml:space="preserve">T Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Guery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6es Journées Scientifiques du CFATG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">7th Proteasome Autophagy Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934903v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2393,51 +2393,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762689v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Escot Bocanegra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stancampiano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dozias" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-024-00408-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mestre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Orel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Henze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chauvet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Burhenn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.202300182" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404153v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Binois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Brul&#233;-Morabito" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Demasure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11209598" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501027v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d El Haddad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Serrano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Moal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Normand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Robin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2020.144454" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936094v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prazuck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Legac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001851" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966108v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dubois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2017.11.078" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMSB2HRF-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840170v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mollet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robinet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Aurouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2013.04.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1KSQ1PMW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529397v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gonzalez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Charpentier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2009.12.162" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6XP7F5D-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095179v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rong" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wainberg Ma" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roques Bp" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095128v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rigourd" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Goldschmidt" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morrow Cd" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ehresmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934905v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Haddad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serrano" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mollet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661932v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serrano" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Guery" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S El Haddad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dubois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schoenwald" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661930v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ozsancak" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auzou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Moal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661923v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Normand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934903v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Charpentier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747119v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1996NAN10281" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762689v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Escot Bocanegra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stancampiano" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dozias" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-024-00408-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Mestre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Orel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Henze" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chauvet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Burhenn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.202300182" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404153v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maho" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Binois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Brul&#233;-Morabito" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Demasure" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11209598" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501027v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d El Haddad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Serrano" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Moal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Normand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Robin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2020.144454" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966108v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dubois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2017.11.078" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMSB2HRF-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936094v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prazuck" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Legac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/QAD.0000000000001851" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840170v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Mollet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Robinet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Aurouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2013.04.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1KSQ1PMW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529397v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gonzalez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Charpentier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2009.12.162" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6XP7F5D-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095128v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rigourd" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Goldschmidt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morrow Cd" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ehresmann" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095179v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marquet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wainberg Ma" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roques Bp" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934905v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Haddad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serrano" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mollet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934903v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Charpentier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serrano" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Guery" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S El Haddad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Dubois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Schoenwald" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661930v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ozsancak" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auzou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Moal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661923v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Normand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747119v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1996NAN10281" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>