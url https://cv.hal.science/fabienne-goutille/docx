--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2550,273 +2550,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05167235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels usages de la notion de développement en ergotoxicologie ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse de l’activité des formateurs caisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Aldana Jague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dulion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Goutille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Galey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58e Congrès de la SELF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Nanterre, France. pp.697-703</w:t>
+              <w:t xml:space="preserve">58e congrès de la SELF, Ergonomie, communauté(s) et société : entre héritages et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’Ergonomie de Langue Française; Université Paris Nanterre, Jul 2025, Nanterre, France. pp. 758-766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05168011v1</w:t>
+                <w:t xml:space="preserve">hal-05272098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l’activité des formateurs caisson</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Dulion</w:t>
+                <w:t xml:space="preserve">Quels usages de la notion de développement en ergotoxicologie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58e congrès de la SELF, Ergonomie, communauté(s) et société : entre héritages et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’Ergonomie de Langue Française; Université Paris Nanterre, Jul 2025, Nanterre, France. pp. 758-766</w:t>
+              <w:t xml:space="preserve">58e Congrès de la SELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Nanterre, France. pp.697-703</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05272098v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05168011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From manly pesticide exposure practices to the social lift. Differentiated gender strategies in Karatu agriculture with regard to anthropology and ergonomics</w:t>
               </w:r>
@@ -2891,440 +2891,483 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04302924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestes et récits de professionnelles du bâtiment écologique Implication de l'ergonome au sein du projet de podcast Constructions Pluri[elles]</w:t>
+                <w:t xml:space="preserve">Travail durable et travail soutenable : comment les stratégies individuelles et collectives de genre instruisent l’activité et son analyse ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Thery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Widmaier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Déborah Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Chappert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Laneyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développer l'écologie du travail. Ressource indispensable aux nouvelles formes de souveraineté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alexandre Morais; Philippe Negroni; Thierry Morlet; Arnaud Tran Van, Oct 2023, St Denis La Réunion, France</w:t>
+              <w:t xml:space="preserve">57ème Congrès de la SELF : Développer l’écologie du travail : Ressources indispensables aux nouvelles formes de souverainetés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Saint Denis la Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04302489v1</w:t>
+                <w:t xml:space="preserve">hal-04302834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travail durable et travail soutenable : comment les stratégies individuelles et collectives de genre instruisent l’activité et son analyse ?</w:t>
+                <w:t xml:space="preserve">Gestes et récits de professionnelles du bâtiment écologique Implication de l'ergonome au sein du projet de podcast Constructions Pluri[elles]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Laneyrie</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flavie Widmaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Belle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57ème Congrès de la SELF : Développer l’écologie du travail : Ressources indispensables aux nouvelles formes de souverainetés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Saint Denis la Réunion, France</w:t>
+              <w:t xml:space="preserve">Développer l'écologie du travail. Ressource indispensable aux nouvelles formes de souveraineté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alexandre Morais; Philippe Negroni; Thierry Morlet; Arnaud Tran Van, Oct 2023, St Denis La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302834v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMPRENDER Y TRANSFORMAR EL TRABAJO EN EL CONTEXTO DEL USO CONTROLADO DE LOS PLAGUICIDAS: FIABILIDAD Y ERROR HUMANO EN EL TRABAJO</w:t>
+                <w:t xml:space="preserve">When ergonomics goes to meet farmers who are exposed, who expose themselves and others to pesticides. An essential multiscalar approach to act in prevention at the heart of the agricultural world</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XII Congreso Internacional de Ergonomía de la Sociedad Chilena de Ergonomía, Copiapó 2021: “La Intervención ergonómica para la transformación del trabajo”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Copiapó, Chile. http://www.salud.uda.cl/ajhs/index.php/ajhs/article/view/101</w:t>
+              <w:t xml:space="preserve">Exposer, s'exposer, être exposé aux pesticides. L'exposition au prisme des SHS 3es Journées d'étude du réseau SHS-Pesticides, 17 et 18 mars 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03780667v1</w:t>
+                <w:t xml:space="preserve">hal-03634331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encourager les agriculteurs à témoigner et promouvoir leur activité dans le contexte d’un usage contrôlé des pesticides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proposition d’hybridation entre santé publique et ergotoxicologie pour la prévention des risques de contaminations des soignants aux médicaments anticancéreux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Swierczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Canal-Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'exposition au prisme des SHS 3e Journées d'étude du réseau SHS-Pesticides - 17 et 18 mars 2022, Bordeaux Exposer, s’exposer, être exposé aux pesticides.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Pessac, France</w:t>
+              <w:t xml:space="preserve">56e Congrès de la SELF. Vulnérabilités et risques émergents : penser et agir ensemble pour transformer durablement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève (Germain Poizat; Raphaël Maion; Simon Flandin); Haute Ecole Spécialisée de Suisse Occidentale (Carole Baudin; Bruno Parent; Rafaël Weissbrodt); Centre universitaire de médecine générale et de santé publique (Claire Bauduin); Centre hospitalier universitaire vaudois (Vera Bustamante) Hopitaux Universitaire de Genève (Christine Villaret); Optimance (David Bozier), Jul 2022, Geneve, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03634306v1</w:t>
+                <w:t xml:space="preserve">hal-03924973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de l’ergotoxicologie à une prévention construite en agriculture. Rétro-réflexion à partir de trois recherches interventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3383,277 +3426,234 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56ème Congrès de la SELF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When ergonomics goes to meet farmers who are exposed, who expose themselves and others to pesticides. An essential multiscalar approach to act in prevention at the heart of the agricultural world</w:t>
+                <w:t xml:space="preserve">COMPRENDER Y TRANSFORMAR EL TRABAJO EN EL CONTEXTO DEL USO CONTROLADO DE LOS PLAGUICIDAS: FIABILIDAD Y ERROR HUMANO EN EL TRABAJO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exposer, s'exposer, être exposé aux pesticides. L'exposition au prisme des SHS 3es Journées d'étude du réseau SHS-Pesticides, 17 et 18 mars 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Pessac, France</w:t>
+              <w:t xml:space="preserve">XII Congreso Internacional de Ergonomía de la Sociedad Chilena de Ergonomía, Copiapó 2021: “La Intervención ergonómica para la transformación del trabajo”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Copiapó, Chile. http://www.salud.uda.cl/ajhs/index.php/ajhs/article/view/101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03634331v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition d’hybridation entre santé publique et ergotoxicologie pour la prévention des risques de contaminations des soignants aux médicaments anticancéreux</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Encourager les agriculteurs à témoigner et promouvoir leur activité dans le contexte d’un usage contrôlé des pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hannelore Girardot-Pennors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56e Congrès de la SELF. Vulnérabilités et risques émergents : penser et agir ensemble pour transformer durablement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève (Germain Poizat; Raphaël Maion; Simon Flandin); Haute Ecole Spécialisée de Suisse Occidentale (Carole Baudin; Bruno Parent; Rafaël Weissbrodt); Centre universitaire de médecine générale et de santé publique (Claire Bauduin); Centre hospitalier universitaire vaudois (Vera Bustamante) Hopitaux Universitaire de Genève (Christine Villaret); Optimance (David Bozier), Jul 2022, Geneve, Suisse</w:t>
+              <w:t xml:space="preserve">L'exposition au prisme des SHS 3e Journées d'étude du réseau SHS-Pesticides - 17 et 18 mars 2022, Bordeaux Exposer, s’exposer, être exposé aux pesticides.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03924973v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03634306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre le travail des viticulteurs à l'échelle du territoire pour agir en prévention du risque pesticides</w:t>
               </w:r>
@@ -4190,260 +4190,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03415398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la pénibilité Chantier test de désamiantage et de remise en peinture du Pont d'Aquitaine</w:t>
+                <w:t xml:space="preserve">Les représentations des risques comme objet de dialogue pour construire la prévention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Pasquereau</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Galey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Eric Gruenais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prévention des risques liés à l'amiante 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">52ème Congrès de la SELF - Présent et Futur de l’Ergonomie (Toulouse, 20-22 septembre).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03415411v1</w:t>
+                <w:t xml:space="preserve">hal-03415393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations des risques comme objet de dialogue pour construire la prévention</w:t>
+                <w:t xml:space="preserve">Etude de la pénibilité Chantier test de désamiantage et de remise en peinture du Pont d'Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Judon</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Pasquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ruaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52ème Congrès de la SELF - Présent et Futur de l’Ergonomie (Toulouse, 20-22 septembre).</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Prévention des risques liés à l'amiante 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03415393v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03415411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratique d'intervention sur le genre en ergonomie</w:t>
               </w:r>
@@ -5312,172 +5312,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préface</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Garrigou</w:t>
+                <w:t xml:space="preserve">La notion de marge de manoeuvre en ergotoxicologie : un usage opérant vis-à-vis de l'activité de protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Goutille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exposition aux pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Octarès, 2024, 978-2-36630-139-7</w:t>
+              <w:t xml:space="preserve">Marge.s de manoeuvre : des concepts à la transformation du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Octarès, pp.231-248, 2024, Travail &amp; activité humaine, 978-2-36630-143-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04468762v1</w:t>
+                <w:t xml:space="preserve">hal-04672512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude comparée en ergonomie pour comprendre la chaîne de déterminants de l’exposition aux pesticides : cas du travail d’agriculteurs québécois et français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5493,182 +5489,186 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Fabienne Goutille, Jacqueline Candau, Elisabeth Lambert (Dir.) Exposition aux pesticides - Ce qu’en disent les sciences humaines et sociales. Octares</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2024, 978-2-36630-139-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La notion de marge de manoeuvre en ergotoxicologie : un usage opérant vis-à-vis de l'activité de protection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Louis Galey</w:t>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ève Bureau-Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Candau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agossè Nadège Degbelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabienne Goutille, Jacqueline Candau, Elisabeth Lambert (coord.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marge.s de manoeuvre : des concepts à la transformation du travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Octarès, pp.231-248, 2024, Travail &amp; activité humaine, 978-2-36630-143-4</w:t>
+              <w:t xml:space="preserve">Exposition aux pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Octarès, 2024, 978-2-36630-139-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672512v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04468762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Rules, the Strategies and Gender Regarding Safety</w:t>
               </w:r>
@@ -6754,51 +6754,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8B2D5FFE"/>
+    <w:nsid w:val="E59B37B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6985,51 +6985,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabienne-goutille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8038-4814" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acte.uca.fr/membres/enseignants-chercheurs/fabienne-goutille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bordeaux-population-health.center/fr/les-equipes/epicene/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centrenorbertelias.cnrs.fr/axe-ecologies-soins/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ettis.inrae.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baudin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.881.0055" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036978v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutille Fabienne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoss&#232; Nad&#232;ge Degbelo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calleja Cecilia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrigou Alain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10519815251320014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422183v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Calleja" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-230744" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754412v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fredj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Nascimento" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hug" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Thiebaud-Rizzoni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillet Guillet Laurent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120d0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219372v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Pannetier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.20356" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301840v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8965" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633776v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33981" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.18237" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196197v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garrigou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine E. Laurent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Baldi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colosio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2021.105191" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02959828v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berthet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Colosio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2019.104527" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250468v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jolly" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Morelot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4103" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212416v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415338v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rambaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Pasquereau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#231;al Jackson Filho" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.2930" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415462v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Le Pogam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chollet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bestion" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couray-Targe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2011.12.077" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03642008v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0079" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272060v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Aldana" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Thery" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272124v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Belle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167235v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnemain" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cromer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168011v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272098v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Aldana Jague" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dulion" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morvan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302489v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Widmaier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302834v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Gaudin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chappert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Laneyrie" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780667v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634306v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Girardot-Pennors" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250861v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634331v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924973v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lamarque" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Swierczynski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Canal-Raffin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634389v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634565v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415347v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415408v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720207v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Bordai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Viallesoubranne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415398v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ruaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415411v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415393v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Gruenais" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415375v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caroly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lacomblez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edm&#233;e Ollagnier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Teiger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Vignet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415385v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Th&#233;ry" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chassaing" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Effantin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mercieca" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634280v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634590v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goutille" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352371v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634238v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Crini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jullien" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539662v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Rambaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04468762v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Bureau-Point" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539684v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672512v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415335v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74605-6_54" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678816v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634626v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869752v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Effantin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302203v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771294v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassalle Julie" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boudra" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-0211-0_50" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271995v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-0211-0_25" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqae023.0416" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741785v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fabienne-goutille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8038-4814" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acte.uca.fr/membres/enseignants-chercheurs/fabienne-goutille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bordeaux-population-health.center/fr/les-equipes/epicene/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centrenorbertelias.cnrs.fr/axe-ecologies-soins/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ettis.inrae.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baudin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.881.0055" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036978v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutille Fabienne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agoss&#232; Nad&#232;ge Degbelo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calleja Cecilia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrigou Alain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10519815251320014" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422183v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Calleja" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-230744" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754412v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fredj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Nascimento" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hug" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Thiebaud-Rizzoni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillet Guillet Laurent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120d0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219372v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Pannetier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.20356" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301840v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8965" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633776v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.33981" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517892v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.18237" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196197v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garrigou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine E. Laurent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Baldi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berthet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colosio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2021.105191" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02959828v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berthet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Colosio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2019.104527" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250468v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jolly" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Morelot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4103" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212416v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415338v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rambaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Pasquereau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#231;al Jackson Filho" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.2930" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415462v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Le Pogam" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chollet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bestion" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couray-Targe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2011.12.077" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03642008v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0079" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272060v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Aldana" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Thery" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272124v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Belle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167235v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coutarel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnemain" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cromer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272098v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Aldana Jague" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dulion" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168011v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302924v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morvan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302834v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Gaudin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chappert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Laneyrie" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302489v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Widmaier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634331v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924973v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lamarque" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Swierczynski" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Canal-Raffin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250861v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780667v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634306v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Girardot-Pennors" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634389v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634565v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415347v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415408v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720207v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosjean" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella Bordai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Viallesoubranne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415398v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ruaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415393v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Eric Gruenais" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415411v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415375v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Caroly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Lacomblez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edm&#233;e Ollagnier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Teiger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Vignet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415385v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Th&#233;ry" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chassaing" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Effantin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mercieca" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634280v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634590v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goutille" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352371v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lambert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634238v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Crini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Jullien" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539662v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Rambaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672512v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539684v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04468762v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#200;ve Bureau-Point" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415335v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74605-6_54" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678816v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634626v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869752v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Effantin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302203v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771294v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassalle Julie" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boudra" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-0211-0_50" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05271995v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-0211-0_25" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqae023.0416" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741785v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>